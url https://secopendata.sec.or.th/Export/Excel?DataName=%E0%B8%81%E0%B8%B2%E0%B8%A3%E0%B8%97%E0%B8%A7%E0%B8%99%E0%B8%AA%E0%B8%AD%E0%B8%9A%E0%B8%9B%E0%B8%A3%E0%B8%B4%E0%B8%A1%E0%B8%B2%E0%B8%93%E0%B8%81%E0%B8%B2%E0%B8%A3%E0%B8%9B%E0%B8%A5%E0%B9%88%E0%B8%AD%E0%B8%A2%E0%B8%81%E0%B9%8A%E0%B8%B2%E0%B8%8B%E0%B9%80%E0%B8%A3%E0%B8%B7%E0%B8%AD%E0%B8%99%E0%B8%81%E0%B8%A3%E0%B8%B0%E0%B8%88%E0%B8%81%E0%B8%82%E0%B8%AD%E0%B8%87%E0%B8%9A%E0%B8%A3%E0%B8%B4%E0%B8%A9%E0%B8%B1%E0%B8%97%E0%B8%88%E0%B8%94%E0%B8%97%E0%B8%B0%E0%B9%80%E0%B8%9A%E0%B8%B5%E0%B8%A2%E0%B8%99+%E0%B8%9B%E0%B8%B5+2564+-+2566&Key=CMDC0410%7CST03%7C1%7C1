--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0d47e39d514c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f62d799654e4e34aa06a582083f83b6.psmdcp" Id="Rda30725299604fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f28bce2b0ca4c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/707df4454f2e472c9b2e68cd06362083.psmdcp" Id="R200cabbae28e4b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <x:si>
     <x:t>verification_year</x:t>
   </x:si>
   <x:si>
     <x:t>market</x:t>
   </x:si>
   <x:si>