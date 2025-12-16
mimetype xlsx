--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4237f68ba64e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d903dca731d94b53bba41c9fc492fd0e.psmdcp" Id="Rb148f44f96b74e93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e96d78da9b4cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/640aafdf932f4f0fb54c2f96512f652c.psmdcp" Id="Ra25cebd239d64f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>cust_val</x:t>
   </x:si>
   <x:si>
     <x:t>foreign_val</x:t>
   </x:si>
   <x:si>
     <x:t>inst_val</x:t>
   </x:si>
   <x:si>
     <x:t>prop_val</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-15</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -419,615 +419,615 @@
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:20">
       <x:c r="A2" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B2" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>14702714598.55</x:v>
+        <x:v>16781822116.28</x:v>
       </x:c>
       <x:c r="D2" s="0" t="n">
-        <x:v>23511023976.11</x:v>
+        <x:v>24992438707.8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="n">
-        <x:v>4009238153.47</x:v>
+        <x:v>3910454497</x:v>
       </x:c>
       <x:c r="F2" s="0" t="n">
-        <x:v>3771763180.74</x:v>
+        <x:v>3769944064.51</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:20">
       <x:c r="A3" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>19765188912.06</x:v>
+        <x:v>15367661815.86</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>29227534856.99</x:v>
+        <x:v>24497415075.83</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>4849002780.08</x:v>
+        <x:v>3856831015.15</x:v>
       </x:c>
       <x:c r="F3" s="0" t="n">
-        <x:v>4730430730.78</x:v>
+        <x:v>3480917289.46</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:20">
       <x:c r="A4" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>16781822116.28</x:v>
+        <x:v>14269659104.38</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>24992438707.8</x:v>
+        <x:v>24437220332.43</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>3910454497</x:v>
+        <x:v>3685715165.95</x:v>
       </x:c>
       <x:c r="F4" s="0" t="n">
-        <x:v>3769944064.51</x:v>
+        <x:v>3398416561.19</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:20">
       <x:c r="A5" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>15367661815.86</x:v>
+        <x:v>13293740541.44</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>24497415075.83</x:v>
+        <x:v>20188779779.17</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>3856831015.15</x:v>
+        <x:v>3522344075.39</x:v>
       </x:c>
       <x:c r="F5" s="0" t="n">
-        <x:v>3480917289.46</x:v>
+        <x:v>2964500564.38</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:20">
       <x:c r="A6" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>14269659104.38</x:v>
+        <x:v>14265558929.72</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>24437220332.43</x:v>
+        <x:v>25119413432.16</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>3685715165.95</x:v>
+        <x:v>4483203202.85</x:v>
       </x:c>
       <x:c r="F6" s="0" t="n">
-        <x:v>3398416561.19</x:v>
+        <x:v>3219606677.46</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:20">
       <x:c r="A7" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B7" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>13293740541.44</x:v>
+        <x:v>15380834119</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
-        <x:v>20188779779.17</x:v>
+        <x:v>24576724446.94</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
-        <x:v>3522344075.39</x:v>
+        <x:v>4084946898.61</x:v>
       </x:c>
       <x:c r="F7" s="0" t="n">
-        <x:v>2964500564.38</x:v>
+        <x:v>3185031674.66</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:20">
       <x:c r="A8" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B8" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>14265558929.72</x:v>
+        <x:v>14349569476.51</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
-        <x:v>25119413432.16</x:v>
+        <x:v>22043327004.72</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
-        <x:v>4483203202.85</x:v>
+        <x:v>3580352852.78</x:v>
       </x:c>
       <x:c r="F8" s="0" t="n">
-        <x:v>3219606677.46</x:v>
+        <x:v>2771454555.13</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:20">
       <x:c r="A9" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B9" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>15380834119</x:v>
+        <x:v>14757361806.61</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
-        <x:v>24576724446.94</x:v>
+        <x:v>22842279817.65</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
-        <x:v>4084946898.61</x:v>
+        <x:v>4075040386.98</x:v>
       </x:c>
       <x:c r="F9" s="0" t="n">
-        <x:v>3185031674.66</x:v>
+        <x:v>2726804185.24</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>14349569476.51</x:v>
+        <x:v>14645436988.06</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>22043327004.72</x:v>
+        <x:v>24105679907.87</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>3580352852.78</x:v>
+        <x:v>3616070596.13</x:v>
       </x:c>
       <x:c r="F10" s="0" t="n">
-        <x:v>2771454555.13</x:v>
+        <x:v>2763912798.2</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>14757361806.61</x:v>
+        <x:v>14426217103.86</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>22842279817.65</x:v>
+        <x:v>23369890246.36</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>4075040386.98</x:v>
+        <x:v>3853195824.72</x:v>
       </x:c>
       <x:c r="F11" s="0" t="n">
-        <x:v>2726804185.24</x:v>
+        <x:v>2777098526.22</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
       <x:c r="A12" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>14645436988.06</x:v>
+        <x:v>13614675437.71</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>24105679907.87</x:v>
+        <x:v>17712682282.44</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>3616070596.13</x:v>
+        <x:v>4205106480.55</x:v>
       </x:c>
       <x:c r="F12" s="0" t="n">
-        <x:v>2763912798.2</x:v>
+        <x:v>2434824426.05</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
       <x:c r="A13" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>14426217103.86</x:v>
+        <x:v>16721857109.09</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>23369890246.36</x:v>
+        <x:v>22098010012.25</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>3853195824.72</x:v>
+        <x:v>4484140571.74</x:v>
       </x:c>
       <x:c r="F13" s="0" t="n">
-        <x:v>2777098526.22</x:v>
+        <x:v>2688941575.41</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>13614675437.71</x:v>
+        <x:v>23373814354.23</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
-        <x:v>17712682282.44</x:v>
+        <x:v>29462790154.1</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
-        <x:v>4205106480.55</x:v>
+        <x:v>5365357367.83</x:v>
       </x:c>
       <x:c r="F14" s="0" t="n">
-        <x:v>2434824426.05</x:v>
+        <x:v>4267194034.82</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>16721857109.09</x:v>
+        <x:v>19533357555.45</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>22098010012.25</x:v>
+        <x:v>25891345502.51</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>4484140571.74</x:v>
+        <x:v>5696731653.71</x:v>
       </x:c>
       <x:c r="F15" s="0" t="n">
-        <x:v>2688941575.41</x:v>
+        <x:v>3596183152.61</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>23373814354.23</x:v>
+        <x:v>15103092956.66</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>29462790154.1</x:v>
+        <x:v>21373217942.37</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>5365357367.83</x:v>
+        <x:v>4653753566.1</x:v>
       </x:c>
       <x:c r="F16" s="0" t="n">
-        <x:v>4267194034.82</x:v>
+        <x:v>3072711273.91</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>19533357555.45</x:v>
+        <x:v>13147858199.42</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
-        <x:v>25891345502.51</x:v>
+        <x:v>20354578232.93</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
-        <x:v>5696731653.71</x:v>
+        <x:v>4587414998.73</x:v>
       </x:c>
       <x:c r="F17" s="0" t="n">
-        <x:v>3596183152.61</x:v>
+        <x:v>2555680381.2</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>15103092956.66</x:v>
+        <x:v>12451701054.68</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
-        <x:v>21373217942.37</x:v>
+        <x:v>19344289316.65</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
-        <x:v>4653753566.1</x:v>
+        <x:v>4701007040.61</x:v>
       </x:c>
       <x:c r="F18" s="0" t="n">
-        <x:v>3072711273.91</x:v>
+        <x:v>2449784825.97</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>13147858199.42</x:v>
+        <x:v>14781253524.75</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
-        <x:v>20354578232.93</x:v>
+        <x:v>28802138701.8</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
-        <x:v>4587414998.73</x:v>
+        <x:v>5374206964.44</x:v>
       </x:c>
       <x:c r="F19" s="0" t="n">
-        <x:v>2555680381.2</x:v>
+        <x:v>3023333286.05</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:20">
       <x:c r="A20" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>12451701054.68</x:v>
+        <x:v>11496874542.68</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>19344289316.65</x:v>
+        <x:v>20767493387.32</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>4701007040.61</x:v>
+        <x:v>3782574258.8</x:v>
       </x:c>
       <x:c r="F20" s="0" t="n">
-        <x:v>2449784825.97</x:v>
+        <x:v>2409440716.67</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:20">
       <x:c r="A21" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>14781253524.75</x:v>
+        <x:v>13379356335.3</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>28802138701.8</x:v>
+        <x:v>19888819434.34</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>5374206964.44</x:v>
+        <x:v>3877904740.05</x:v>
       </x:c>
       <x:c r="F21" s="0" t="n">
-        <x:v>3023333286.05</x:v>
+        <x:v>2219671746.27</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:20">
       <x:c r="A22" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>11496874542.68</x:v>
+        <x:v>12863221596.68</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>20767493387.32</x:v>
+        <x:v>23986818962.05</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>3782574258.8</x:v>
+        <x:v>4130275707.51</x:v>
       </x:c>
       <x:c r="F22" s="0" t="n">
-        <x:v>2409440716.67</x:v>
+        <x:v>2342841941.02</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>13379356335.3</x:v>
+        <x:v>11341558472.38</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
-        <x:v>19888819434.34</x:v>
+        <x:v>22438349499.92</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">
-        <x:v>3877904740.05</x:v>
+        <x:v>3681820659.21</x:v>
       </x:c>
       <x:c r="F23" s="0" t="n">
-        <x:v>2219671746.27</x:v>
+        <x:v>2201710972.33</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>12863221596.68</x:v>
+        <x:v>13286764781.37</x:v>
       </x:c>
       <x:c r="D24" s="0" t="n">
-        <x:v>23986818962.05</x:v>
+        <x:v>22310411300.29</x:v>
       </x:c>
       <x:c r="E24" s="0" t="n">
-        <x:v>4130275707.51</x:v>
+        <x:v>4308345240.89</x:v>
       </x:c>
       <x:c r="F24" s="0" t="n">
-        <x:v>2342841941.02</x:v>
+        <x:v>2718641947.92</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>11341558472.38</x:v>
+        <x:v>17220670175.75</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
-        <x:v>22438349499.92</x:v>
+        <x:v>26080871098.82</x:v>
       </x:c>
       <x:c r="E25" s="0" t="n">
-        <x:v>3681820659.21</x:v>
+        <x:v>4576618505.25</x:v>
       </x:c>
       <x:c r="F25" s="0" t="n">
-        <x:v>2201710972.33</x:v>
+        <x:v>2793766946.93</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>13286764781.37</x:v>
+        <x:v>14783832183.8</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
-        <x:v>22310411300.29</x:v>
+        <x:v>21408229371.91</x:v>
       </x:c>
       <x:c r="E26" s="0" t="n">
-        <x:v>4308345240.89</x:v>
+        <x:v>4284181293.4</x:v>
       </x:c>
       <x:c r="F26" s="0" t="n">
-        <x:v>2718641947.92</x:v>
+        <x:v>2679051398.38</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>