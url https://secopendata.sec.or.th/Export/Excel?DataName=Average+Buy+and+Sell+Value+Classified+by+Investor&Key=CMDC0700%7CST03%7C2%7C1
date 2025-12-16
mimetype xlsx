--- v1 (2025-12-16)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e96d78da9b4cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/640aafdf932f4f0fb54c2f96512f652c.psmdcp" Id="Ra25cebd239d64f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc92495ddd0a45ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ae9371cd13b4b05a5e5f993733168a7.psmdcp" Id="R67280ce946654c75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>