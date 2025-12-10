--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -1,114 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43632aa7d114335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/388d298faa6f4dea85b120e4d7c00556.psmdcp" Id="R7a36f18d6e134450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8a66052fd74ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/299b4e1a26b44d2fb59ca0ef397d7b4b.psmdcp" Id="Rc770f3576c1b40df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>policy_thai_group</x:t>
   </x:si>
   <x:si>
     <x:t>policy_eng_group</x:t>
   </x:si>
   <x:si>
     <x:t>cal_cashflow</x:t>
   </x:si>
   <x:si>
     <x:t>ssf_flag</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
     <x:t>ตราสารทุน</x:t>
   </x:si>
   <x:si>
     <x:t>Equity funds</x:t>
   </x:si>
   <x:si>
     <x:t>N</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
   <x:si>
     <x:t>Y</x:t>
   </x:si>
   <x:si>
     <x:t>ตราสารหนี้</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed-income funds</x:t>
   </x:si>
   <x:si>
     <x:t>ผสม</x:t>
   </x:si>
   <x:si>
     <x:t>Mixed funds</x:t>
   </x:si>
   <x:si>
     <x:t>สินทรัพย์ทางเลือก</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative funds</x:t>
   </x:si>
   <x:si>
     <x:t>อื่น ๆ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ไม่ระบุ เนื่องจากเป็นกองทุนรวมอีทีเอฟแบบ leveraged management หรือ inverse management</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -418,2320 +421,2429 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:T100"/>
+  <x:dimension ref="A1:T105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:20">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:20">
       <x:c r="A2" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B2" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="n">
-        <x:v>-2023061387.32</x:v>
+        <x:v>-752830118.54</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:20">
       <x:c r="A3" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>1954802230.7</x:v>
+        <x:v>3660102352.08</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:20">
       <x:c r="A4" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>25195270740.35</x:v>
+        <x:v>20904071025.83</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:20">
       <x:c r="A5" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>2272004918.64</x:v>
+        <x:v>23846309207.49</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:20">
       <x:c r="A6" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>10779056982.73</x:v>
+        <x:v>508069042.81</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:20">
       <x:c r="A7" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B7" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
-        <x:v>1809902129.37</x:v>
+        <x:v>582367271.11</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:20">
       <x:c r="A8" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B8" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
-        <x:v>2337241518.64</x:v>
+        <x:v>-153688704.52</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:20">
       <x:c r="A9" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B9" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
-        <x:v>84322925.78</x:v>
+        <x:v>108712869.49</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>548056103.1</x:v>
+        <x:v>1789418229.51</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>-6680394029.23</x:v>
+        <x:v>10286271250.49</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
       <x:c r="A12" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>-604171185.42</x:v>
+        <x:v>41794151.1</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
       <x:c r="A13" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>28306292142.24</x:v>
+        <x:v>52187310138.95</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
-        <x:v>23650948371.41</x:v>
+        <x:v>30589642319.09</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>-2233728150.39</x:v>
+        <x:v>7690728452.64</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>8669814.43</x:v>
+        <x:v>-257049113.75</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
-        <x:v>1765644568.42</x:v>
+        <x:v>2098229292.43</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
-        <x:v>51879842.72</x:v>
+        <x:v>30405814.22</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
-        <x:v>674313394.79</x:v>
+        <x:v>2754403750.01</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:20">
       <x:c r="A20" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>-752830118.54</x:v>
+        <x:v>-13823982001.01</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:20">
       <x:c r="A21" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>3660102352.08</x:v>
+        <x:v>-459467876.71</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:20">
       <x:c r="A22" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>20904071025.83</x:v>
+        <x:v>-20823504280.26</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">
-        <x:v>23846309207.49</x:v>
+        <x:v>14503575745.52</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E24" s="0" t="n">
-        <x:v>508069042.81</x:v>
+        <x:v>21169027239.23</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E25" s="0" t="n">
-        <x:v>582367271.11</x:v>
+        <x:v>-184553836.75</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E26" s="0" t="n">
-        <x:v>-153688704.52</x:v>
+        <x:v>-1694005138.83</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:20">
       <x:c r="A27" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B27" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E27" s="0" t="n">
-        <x:v>108712869.49</x:v>
+        <x:v>-209389755.49</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:20">
       <x:c r="A28" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B28" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E28" s="0" t="n">
-        <x:v>1789418229.51</x:v>
+        <x:v>-146074578.31</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:20">
       <x:c r="A29" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B29" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E29" s="0" t="n">
-        <x:v>10286271250.49</x:v>
+        <x:v>-1897005627.23</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:20">
       <x:c r="A30" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B30" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E30" s="0" t="n">
-        <x:v>41794151.1</x:v>
+        <x:v>-901166104.83</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:20">
       <x:c r="A31" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B31" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E31" s="0" t="n">
-        <x:v>52187310138.95</x:v>
+        <x:v>13361773787.42</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:20">
       <x:c r="A32" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B32" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E32" s="0" t="n">
-        <x:v>30589642319.09</x:v>
+        <x:v>12025927819.53</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:20">
       <x:c r="A33" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B33" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E33" s="0" t="n">
-        <x:v>7690728452.64</x:v>
+        <x:v>9699497608.05</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:20">
       <x:c r="A34" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B34" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E34" s="0" t="n">
-        <x:v>-257049113.75</x:v>
+        <x:v>-1536429314.75</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:20">
       <x:c r="A35" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B35" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E35" s="0" t="n">
-        <x:v>2098229292.43</x:v>
+        <x:v>576906635.81</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:20">
       <x:c r="A36" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B36" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E36" s="0" t="n">
-        <x:v>30405814.22</x:v>
+        <x:v>-20235678.99</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:20">
       <x:c r="A37" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B37" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E37" s="0" t="n">
-        <x:v>2754403750.01</x:v>
+        <x:v>-70685939.35</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:20">
       <x:c r="A38" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B38" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E38" s="0" t="n">
-        <x:v>-13823982001.01</x:v>
+        <x:v>-1009783749.35</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:20">
       <x:c r="A39" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B39" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E39" s="0" t="n">
-        <x:v>-459467876.71</x:v>
+        <x:v>550398507.88</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:20">
       <x:c r="A40" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B40" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E40" s="0" t="n">
-        <x:v>-20823504280.26</x:v>
+        <x:v>31225006562</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:20">
       <x:c r="A41" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B41" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E41" s="0" t="n">
-        <x:v>14503575745.52</x:v>
+        <x:v>15939074563.04</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:20">
       <x:c r="A42" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B42" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E42" s="0" t="n">
-        <x:v>21169027239.23</x:v>
+        <x:v>9479606744.19</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:20">
       <x:c r="A43" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B43" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E43" s="0" t="n">
-        <x:v>-184553836.75</x:v>
+        <x:v>-702907440.17</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:20">
       <x:c r="A44" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B44" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E44" s="0" t="n">
-        <x:v>-1694005138.83</x:v>
+        <x:v>-18149366.45</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:20">
       <x:c r="A45" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B45" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E45" s="0" t="n">
-        <x:v>-209389755.49</x:v>
+        <x:v>281708028.14</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:20">
       <x:c r="A46" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B46" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E46" s="0" t="n">
-        <x:v>-146074578.31</x:v>
+        <x:v>1323281333.93</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:20">
       <x:c r="A47" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B47" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E47" s="0" t="n">
-        <x:v>-1897005627.23</x:v>
+        <x:v>-4108545334.03</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:20">
       <x:c r="A48" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B48" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E48" s="0" t="n">
-        <x:v>-901166104.83</x:v>
+        <x:v>-6264071450.93</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:20">
       <x:c r="A49" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B49" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E49" s="0" t="n">
-        <x:v>13361773787.42</x:v>
+        <x:v>6493128798.74</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:20">
       <x:c r="A50" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B50" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E50" s="0" t="n">
-        <x:v>12025927819.53</x:v>
+        <x:v>26903665111.82</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:20">
       <x:c r="A51" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B51" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E51" s="0" t="n">
-        <x:v>9699497608.05</x:v>
+        <x:v>-926031813.74</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:20">
       <x:c r="A52" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B52" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E52" s="0" t="n">
-        <x:v>-1536429314.75</x:v>
+        <x:v>-1037270435.85</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:20">
       <x:c r="A53" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B53" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E53" s="0" t="n">
-        <x:v>576906635.81</x:v>
+        <x:v>756697964.79</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:20">
       <x:c r="A54" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B54" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E54" s="0" t="n">
-        <x:v>-20235678.99</x:v>
+        <x:v>415161573.31</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:20">
       <x:c r="A55" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B55" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E55" s="0" t="n">
-        <x:v>-70685939.35</x:v>
+        <x:v>-76407840.79</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:20">
       <x:c r="A56" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B56" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E56" s="0" t="n">
-        <x:v>-1009783749.35</x:v>
+        <x:v>-11053098748.35</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:20">
       <x:c r="A57" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B57" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E57" s="0" t="n">
-        <x:v>550398507.88</x:v>
+        <x:v>-7028104900.92</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:20">
       <x:c r="A58" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B58" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E58" s="0" t="n">
-        <x:v>31225006562</x:v>
+        <x:v>-16394155512.81</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:20">
       <x:c r="A59" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B59" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E59" s="0" t="n">
-        <x:v>15939074563.04</x:v>
+        <x:v>28795252810.58</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:20">
       <x:c r="A60" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B60" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E60" s="0" t="n">
-        <x:v>9479606744.19</x:v>
+        <x:v>5251240339.34</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:20">
       <x:c r="A61" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B61" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E61" s="0" t="n">
-        <x:v>-702907440.17</x:v>
+        <x:v>-1053733854.28</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:20">
       <x:c r="A62" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B62" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E62" s="0" t="n">
-        <x:v>-18149366.45</x:v>
+        <x:v>-392295599.67</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:20">
       <x:c r="A63" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B63" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E63" s="0" t="n">
-        <x:v>281708028.14</x:v>
+        <x:v>36663279.12</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:20">
       <x:c r="A64" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B64" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E64" s="0" t="n">
-        <x:v>1323281333.93</x:v>
+        <x:v>678653413.4</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:20">
       <x:c r="A65" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B65" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E65" s="0" t="n">
-        <x:v>-4108545334.03</x:v>
+        <x:v>-20524251651.65</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:20">
       <x:c r="A66" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B66" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E66" s="0" t="n">
-        <x:v>-6264071450.93</x:v>
+        <x:v>-13239819311.69</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:20">
       <x:c r="A67" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B67" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E67" s="0" t="n">
-        <x:v>6493128798.74</x:v>
+        <x:v>42419495495.11</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:20">
       <x:c r="A68" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B68" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E68" s="0" t="n">
-        <x:v>26903665111.82</x:v>
+        <x:v>26385275025.01</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:20">
       <x:c r="A69" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B69" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E69" s="0" t="n">
-        <x:v>-926031813.74</x:v>
+        <x:v>5290152248.04</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:20">
       <x:c r="A70" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B70" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E70" s="0" t="n">
-        <x:v>-1037270435.85</x:v>
+        <x:v>-1423791635.06</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:20">
       <x:c r="A71" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B71" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E71" s="0" t="n">
-        <x:v>756697964.79</x:v>
+        <x:v>2440700044.5</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:20">
       <x:c r="A72" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B72" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E72" s="0" t="n">
-        <x:v>415161573.31</x:v>
+        <x:v>43063856.8</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:20">
       <x:c r="A73" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B73" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E73" s="0" t="n">
-        <x:v>-76407840.79</x:v>
+        <x:v>-159088522.4</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:20">
       <x:c r="A74" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B74" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E74" s="0" t="n">
-        <x:v>-11053098748.35</x:v>
+        <x:v>-7662312472.22</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:20">
       <x:c r="A75" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B75" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E75" s="0" t="n">
-        <x:v>-7028104900.92</x:v>
+        <x:v>-3081038418.29</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:20">
       <x:c r="A76" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B76" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E76" s="0" t="n">
-        <x:v>-16394155512.81</x:v>
+        <x:v>-3136116499.99</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:20">
       <x:c r="A77" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B77" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E77" s="0" t="n">
-        <x:v>28795252810.58</x:v>
+        <x:v>63482596491.97</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:20">
       <x:c r="A78" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B78" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E78" s="0" t="n">
-        <x:v>5251240339.34</x:v>
+        <x:v>2393567304.02</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:20">
       <x:c r="A79" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B79" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E79" s="0" t="n">
-        <x:v>-1053733854.28</x:v>
+        <x:v>-2757638980.91</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:20">
       <x:c r="A80" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B80" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E80" s="0" t="n">
-        <x:v>-392295599.67</x:v>
+        <x:v>1379663589.25</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:20">
       <x:c r="A81" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B81" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E81" s="0" t="n">
-        <x:v>36663279.12</x:v>
+        <x:v>248752441.56</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:20">
       <x:c r="A82" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B82" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E82" s="0" t="n">
-        <x:v>678653413.4</x:v>
+        <x:v>906448986.86</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:20">
       <x:c r="A83" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B83" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E83" s="0" t="n">
-        <x:v>-20524251651.65</x:v>
+        <x:v>-4943539466.84</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:20">
       <x:c r="A84" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B84" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E84" s="0" t="n">
-        <x:v>-13239819311.69</x:v>
+        <x:v>-7804605155.27</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:20">
       <x:c r="A85" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B85" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E85" s="0" t="n">
-        <x:v>42419495495.11</x:v>
+        <x:v>-6199119324.08</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:20">
       <x:c r="A86" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B86" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E86" s="0" t="n">
-        <x:v>26385275025.01</x:v>
+        <x:v>57726332784.73</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:20">
       <x:c r="A87" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B87" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E87" s="0" t="n">
-        <x:v>5290152248.04</x:v>
+        <x:v>14891197728.07</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:20">
       <x:c r="A88" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B88" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E88" s="0" t="n">
-        <x:v>-1423791635.06</x:v>
+        <x:v>-2564744109.05</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:20">
       <x:c r="A89" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E89" s="0" t="n">
-        <x:v>2440700044.5</x:v>
+        <x:v>873761737.72</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:20">
       <x:c r="A90" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B90" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E90" s="0" t="n">
-        <x:v>43063856.8</x:v>
+        <x:v>370893250.61</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:20">
       <x:c r="A91" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B91" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E91" s="0" t="n">
-        <x:v>-159088522.4</x:v>
+        <x:v>-158042416.5</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:20">
       <x:c r="A92" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B92" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E92" s="0" t="n">
-        <x:v>-7662312472.22</x:v>
+        <x:v>3746570365.19</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:20">
       <x:c r="A93" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B93" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E93" s="0" t="n">
-        <x:v>-3081038418.29</x:v>
+        <x:v>-4980214614.53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:20">
       <x:c r="A94" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B94" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E94" s="0" t="n">
-        <x:v>-3136116499.99</x:v>
+        <x:v>-28778905440.58</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:20">
       <x:c r="A95" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B95" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E95" s="0" t="n">
-        <x:v>63482596491.97</x:v>
+        <x:v>20822501418.1</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:20">
       <x:c r="A96" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B96" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E96" s="0" t="n">
-        <x:v>2393567304.02</x:v>
+        <x:v>5962410104.81</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:20">
       <x:c r="A97" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B97" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E97" s="0" t="n">
-        <x:v>-2757638980.91</x:v>
+        <x:v>-816405285.08</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:20">
       <x:c r="A98" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B98" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>16</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E98" s="0" t="n">
-        <x:v>1379663589.25</x:v>
+        <x:v>175000000</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:20">
       <x:c r="A99" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B99" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E99" s="0" t="n">
-        <x:v>248752441.56</x:v>
+        <x:v>1784344890.27</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:20">
       <x:c r="A100" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B100" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="n">
+        <x:v>-18151619.63</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="G100" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:20">
+      <x:c r="A101" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="E100" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="G100" s="0" t="s">
+      <x:c r="E101" s="0" t="n">
+        <x:v>7407072630.86</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:20">
+      <x:c r="A102" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="n">
+        <x:v>1726782443.58</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G102" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:20">
+      <x:c r="A103" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="n">
+        <x:v>40743302966.97</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G103" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:20">
+      <x:c r="A104" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="n">
+        <x:v>16885398.76</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G104" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:20">
+      <x:c r="A105" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="n">
+        <x:v>250455142.93</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="G105" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>