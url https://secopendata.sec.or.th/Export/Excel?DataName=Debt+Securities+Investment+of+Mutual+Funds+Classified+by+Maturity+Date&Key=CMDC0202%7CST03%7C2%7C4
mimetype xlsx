--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -1,102 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad66ce25a1d94c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9046ee6703844d9f9d49862ea1205ced.psmdcp" Id="R4eb15479b32c4bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd637a0c91149c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/471ec450a8b54c9da3dad683f1940800.psmdcp" Id="R0d2e9df7443843fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>rating_investment_group</x:t>
   </x:si>
   <x:si>
     <x:t>ttm_group</x:t>
   </x:si>
   <x:si>
     <x:t>assetliab_value</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
-    <x:t>Non-Investment Grade</x:t>
+    <x:t>GOV</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;3m</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investment Grade</x:t>
   </x:si>
   <x:si>
     <x:t>&gt;2y</x:t>
   </x:si>
   <x:si>
-    <x:t>GOV</x:t>
-[...5 lines deleted...]
-    <x:t>Investment Grade</x:t>
+    <x:t>Non-Investment Grade</x:t>
   </x:si>
   <x:si>
     <x:t>6m-1y</x:t>
   </x:si>
   <x:si>
     <x:t>1-2y</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-6m</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -406,2993 +406,2953 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:T147"/>
+  <x:dimension ref="A1:T145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:20">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:20">
       <x:c r="A2" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B2" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E2" s="0" t="n">
-        <x:v>208977306.69</x:v>
+        <x:v>962069565843.28</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:20">
       <x:c r="A3" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>39832631.19</x:v>
+        <x:v>142521038673.28</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:20">
       <x:c r="A4" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>424222132407.46</x:v>
+        <x:v>73453953.72</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:20">
       <x:c r="A5" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>276664250217.87</x:v>
+        <x:v>209927499111.1</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:20">
       <x:c r="A6" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>216992221663.92</x:v>
+        <x:v>185778191489.1</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:20">
       <x:c r="A7" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B7" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
-        <x:v>40048507.26</x:v>
+        <x:v>108455769095.88</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:20">
       <x:c r="A8" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B8" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
-        <x:v>363098347308.96</x:v>
+        <x:v>144570445824.88</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:20">
       <x:c r="A9" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B9" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
-        <x:v>366161691312.4</x:v>
+        <x:v>184236800986.48</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>110212156041.81</x:v>
+        <x:v>40053680.23</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>996518344405.32</x:v>
+        <x:v>12667394.48</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
       <x:c r="A12" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>146707306667.18</x:v>
+        <x:v>124229814400.4</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
       <x:c r="A13" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>109796669204.29</x:v>
+        <x:v>231427208550</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
-        <x:v>12701549.12</x:v>
+        <x:v>389731117491.9</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>273473960727.82</x:v>
+        <x:v>138853595468.59</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>40503221.04</x:v>
+        <x:v>21053421765.76</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
-        <x:v>228721342332.59</x:v>
+        <x:v>426518132514.6</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
-        <x:v>168500992338.87</x:v>
+        <x:v>938333159140.92</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
-        <x:v>265825770125.13</x:v>
+        <x:v>952743123873.23</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:20">
       <x:c r="A20" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>406704047750.85</x:v>
+        <x:v>168091475383.89</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:20">
       <x:c r="A21" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>176488412454.29</x:v>
+        <x:v>426677794243.629</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:20">
       <x:c r="A22" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>224504532694.27</x:v>
+        <x:v>243201694847.36</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">
-        <x:v>269153606659.9</x:v>
+        <x:v>251403773636.68</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E24" s="0" t="n">
-        <x:v>243914746180.74</x:v>
+        <x:v>285815140904.67</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E25" s="0" t="n">
-        <x:v>962069565843.28</x:v>
+        <x:v>12914197.79</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E26" s="0" t="n">
-        <x:v>142521038673.28</x:v>
+        <x:v>41254643.62</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:20">
       <x:c r="A27" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B27" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E27" s="0" t="n">
-        <x:v>73453953.72</x:v>
+        <x:v>956524151797.577</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:20">
       <x:c r="A28" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B28" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E28" s="0" t="n">
-        <x:v>209927499111.1</x:v>
+        <x:v>237808084340.28</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:20">
       <x:c r="A29" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B29" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E29" s="0" t="n">
-        <x:v>185778191489.1</x:v>
+        <x:v>433222299715.023</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:20">
       <x:c r="A30" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B30" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E30" s="0" t="n">
-        <x:v>108455769095.88</x:v>
+        <x:v>12950217.41</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:20">
       <x:c r="A31" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B31" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E31" s="0" t="n">
-        <x:v>144570445824.88</x:v>
+        <x:v>41544154.46</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:20">
       <x:c r="A32" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B32" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E32" s="0" t="n">
-        <x:v>184236800986.48</x:v>
+        <x:v>263377674227.48</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:20">
       <x:c r="A33" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B33" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E33" s="0" t="n">
-        <x:v>40053680.23</x:v>
+        <x:v>256250383875.83</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:20">
       <x:c r="A34" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B34" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E34" s="0" t="n">
-        <x:v>12667394.48</x:v>
+        <x:v>12219687292.56</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:20">
       <x:c r="A35" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B35" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E35" s="0" t="n">
-        <x:v>124229814400.4</x:v>
+        <x:v>212671537143.59</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:20">
       <x:c r="A36" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B36" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E36" s="0" t="n">
-        <x:v>231427208550</x:v>
+        <x:v>368799410012.46</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:20">
       <x:c r="A37" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B37" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E37" s="0" t="n">
-        <x:v>389731117491.9</x:v>
+        <x:v>233835153630.8</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:20">
       <x:c r="A38" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B38" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E38" s="0" t="n">
-        <x:v>138853595468.59</x:v>
+        <x:v>400853639669.88</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:20">
       <x:c r="A39" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B39" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E39" s="0" t="n">
-        <x:v>21053421765.76</x:v>
+        <x:v>107542663272.55</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:20">
       <x:c r="A40" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B40" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E40" s="0" t="n">
-        <x:v>426518132514.6</x:v>
+        <x:v>302051203331.34</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:20">
       <x:c r="A41" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B41" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E41" s="0" t="n">
-        <x:v>938333159140.92</x:v>
+        <x:v>12791606.75</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:20">
       <x:c r="A42" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B42" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E42" s="0" t="n">
-        <x:v>952743123873.23</x:v>
+        <x:v>276451010351.21</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:20">
       <x:c r="A43" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B43" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E43" s="0" t="n">
-        <x:v>168091475383.89</x:v>
+        <x:v>378023991770.726</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:20">
       <x:c r="A44" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B44" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E44" s="0" t="n">
-        <x:v>426677794243.629</x:v>
+        <x:v>390849597031.73</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:20">
       <x:c r="A45" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B45" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E45" s="0" t="n">
-        <x:v>243201694847.36</x:v>
+        <x:v>12876493.63</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:20">
       <x:c r="A46" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B46" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E46" s="0" t="n">
-        <x:v>251403773636.68</x:v>
+        <x:v>220619576536.72</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:20">
       <x:c r="A47" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B47" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E47" s="0" t="n">
-        <x:v>285815140904.67</x:v>
+        <x:v>33138150113.22</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:20">
       <x:c r="A48" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B48" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E48" s="0" t="n">
-        <x:v>12914197.79</x:v>
+        <x:v>368167149998.94</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:20">
       <x:c r="A49" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B49" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E49" s="0" t="n">
-        <x:v>41254643.62</x:v>
+        <x:v>286881061137.93</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:20">
       <x:c r="A50" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B50" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E50" s="0" t="n">
-        <x:v>956524151797.577</x:v>
+        <x:v>32225006336.67</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:20">
       <x:c r="A51" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B51" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E51" s="0" t="n">
-        <x:v>237808084340.28</x:v>
+        <x:v>115389252275.65</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:20">
       <x:c r="A52" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B52" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E52" s="0" t="n">
-        <x:v>433222299715.023</x:v>
+        <x:v>264305937586.83</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:20">
       <x:c r="A53" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B53" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E53" s="0" t="n">
-        <x:v>12950217.41</x:v>
+        <x:v>30682858208.56</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:20">
       <x:c r="A54" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B54" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E54" s="0" t="n">
-        <x:v>41544154.46</x:v>
+        <x:v>84750183854.47</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:20">
       <x:c r="A55" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B55" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E55" s="0" t="n">
-        <x:v>71096054484.26</x:v>
+        <x:v>183132995459.03</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:20">
       <x:c r="A56" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B56" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E56" s="0" t="n">
-        <x:v>125054340321.45</x:v>
+        <x:v>1006788428870.19</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:20">
       <x:c r="A57" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B57" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E57" s="0" t="n">
-        <x:v>106262397497.5</x:v>
+        <x:v>145266572282.18</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:20">
       <x:c r="A58" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B58" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E58" s="0" t="n">
-        <x:v>442564012813.53</x:v>
+        <x:v>395381967982.81</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:20">
       <x:c r="A59" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B59" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E59" s="0" t="n">
-        <x:v>12571042.12</x:v>
+        <x:v>270841093839.08</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:20">
       <x:c r="A60" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B60" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E60" s="0" t="n">
-        <x:v>8457432559.59</x:v>
+        <x:v>429497690142.96</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:20">
       <x:c r="A61" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B61" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E61" s="0" t="n">
-        <x:v>311234415723.06</x:v>
+        <x:v>230550668386.58</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:20">
       <x:c r="A62" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B62" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E62" s="0" t="n">
-        <x:v>39961443.35</x:v>
+        <x:v>39152392489.21</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:20">
       <x:c r="A63" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B63" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E63" s="0" t="n">
-        <x:v>16014527968.9</x:v>
+        <x:v>114438818051.56</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:20">
       <x:c r="A64" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B64" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E64" s="0" t="n">
-        <x:v>18238303011.85</x:v>
+        <x:v>41363111.56</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:20">
       <x:c r="A65" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B65" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E65" s="0" t="n">
-        <x:v>266986193222.28</x:v>
+        <x:v>186134000652.77</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:20">
       <x:c r="A66" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B66" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E66" s="0" t="n">
-        <x:v>209511629226.17</x:v>
+        <x:v>30225551829.52</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:20">
       <x:c r="A67" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B67" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E67" s="0" t="n">
-        <x:v>40143113.53</x:v>
+        <x:v>370069409946.32</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:20">
       <x:c r="A68" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B68" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E68" s="0" t="n">
-        <x:v>157112523020.12</x:v>
+        <x:v>117959517831.09</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:20">
       <x:c r="A69" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B69" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E69" s="0" t="n">
-        <x:v>212267674209.37</x:v>
+        <x:v>296980702382.62</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:20">
       <x:c r="A70" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B70" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E70" s="0" t="n">
-        <x:v>12743934.06</x:v>
+        <x:v>294500670412.1</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:20">
       <x:c r="A71" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B71" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E71" s="0" t="n">
-        <x:v>155263935514.36</x:v>
+        <x:v>117864852103.01</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:20">
       <x:c r="A72" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B72" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E72" s="0" t="n">
-        <x:v>411529140807.954</x:v>
+        <x:v>295658878105.14</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:20">
       <x:c r="A73" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B73" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E73" s="0" t="n">
-        <x:v>163363261663.81</x:v>
+        <x:v>341062684557.21</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:20">
       <x:c r="A74" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B74" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E74" s="0" t="n">
-        <x:v>113765263438.48</x:v>
+        <x:v>246512158319.68</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:20">
       <x:c r="A75" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B75" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E75" s="0" t="n">
-        <x:v>385139824963.71</x:v>
+        <x:v>1010087774575.15</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:20">
       <x:c r="A76" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B76" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E76" s="0" t="n">
-        <x:v>165054056101.41</x:v>
+        <x:v>41912943.72</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:20">
       <x:c r="A77" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B77" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E77" s="0" t="n">
-        <x:v>12838388.42</x:v>
+        <x:v>363098347308.96</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:20">
       <x:c r="A78" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B78" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E78" s="0" t="n">
-        <x:v>1014819610225.06</x:v>
+        <x:v>366161691312.4</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:20">
       <x:c r="A79" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B79" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E79" s="0" t="n">
-        <x:v>24953876964.98</x:v>
+        <x:v>110212156041.81</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:20">
       <x:c r="A80" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B80" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E80" s="0" t="n">
-        <x:v>118968014408.03</x:v>
+        <x:v>996518344405.32</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:20">
       <x:c r="A81" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B81" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E81" s="0" t="n">
-        <x:v>231727062252.37</x:v>
+        <x:v>146707306667.18</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:20">
       <x:c r="A82" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B82" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E82" s="0" t="n">
-        <x:v>1015674185143.49</x:v>
+        <x:v>109796669204.29</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:20">
       <x:c r="A83" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B83" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E83" s="0" t="n">
-        <x:v>203100317823.87</x:v>
+        <x:v>12701549.12</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:20">
       <x:c r="A84" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B84" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E84" s="0" t="n">
-        <x:v>190080047617.12</x:v>
+        <x:v>273473960727.82</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:20">
       <x:c r="A85" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B85" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E85" s="0" t="n">
-        <x:v>883493133922.94</x:v>
+        <x:v>40503221.04</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:20">
       <x:c r="A86" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B86" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E86" s="0" t="n">
-        <x:v>368656270556.25</x:v>
+        <x:v>228721342332.59</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:20">
       <x:c r="A87" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B87" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E87" s="0" t="n">
-        <x:v>876174975590.87</x:v>
+        <x:v>168500992338.87</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:20">
       <x:c r="A88" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B88" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E88" s="0" t="n">
-        <x:v>12702503225.33</x:v>
+        <x:v>265825770125.13</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:20">
       <x:c r="A89" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E89" s="0" t="n">
-        <x:v>73211771.22</x:v>
+        <x:v>406704047750.85</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:20">
       <x:c r="A90" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B90" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E90" s="0" t="n">
-        <x:v>12219687292.56</x:v>
+        <x:v>176488412454.29</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:20">
       <x:c r="A91" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B91" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E91" s="0" t="n">
-        <x:v>212671537143.59</x:v>
+        <x:v>224504532694.27</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:20">
       <x:c r="A92" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B92" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E92" s="0" t="n">
-        <x:v>368799410012.46</x:v>
+        <x:v>269153606659.9</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:20">
       <x:c r="A93" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B93" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E93" s="0" t="n">
-        <x:v>233835153630.8</x:v>
+        <x:v>296240337315.83</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:20">
       <x:c r="A94" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B94" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E94" s="0" t="n">
-        <x:v>400853639669.88</x:v>
+        <x:v>268742553811.06</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:20">
       <x:c r="A95" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B95" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E95" s="0" t="n">
-        <x:v>107542663272.55</x:v>
+        <x:v>107135098496</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:20">
       <x:c r="A96" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B96" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E96" s="0" t="n">
-        <x:v>302051203331.34</x:v>
+        <x:v>271799421115.9</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:20">
       <x:c r="A97" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B97" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E97" s="0" t="n">
-        <x:v>12791606.75</x:v>
+        <x:v>40213748.76</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:20">
       <x:c r="A98" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B98" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E98" s="0" t="n">
-        <x:v>276451010351.21</x:v>
+        <x:v>93765582055.99</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:20">
       <x:c r="A99" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B99" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E99" s="0" t="n">
-        <x:v>378023991770.726</x:v>
+        <x:v>12613588.52</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:20">
       <x:c r="A100" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B100" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E100" s="0" t="n">
-        <x:v>390849597031.73</x:v>
+        <x:v>386644410431.04</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:20">
       <x:c r="A101" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B101" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E101" s="0" t="n">
-        <x:v>12876493.63</x:v>
+        <x:v>111028142709.74</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:20">
       <x:c r="A102" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B102" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E102" s="0" t="n">
-        <x:v>220619576536.72</x:v>
+        <x:v>924088541947.71</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:20">
       <x:c r="A103" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B103" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E103" s="0" t="n">
-        <x:v>33138150113.22</x:v>
+        <x:v>953297129434.72</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:20">
       <x:c r="A104" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B104" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E104" s="0" t="n">
-        <x:v>368167149998.94</x:v>
+        <x:v>216843270711.25</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:20">
       <x:c r="A105" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B105" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E105" s="0" t="n">
-        <x:v>10889483966.7</x:v>
+        <x:v>27471387765.36</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:20">
       <x:c r="A106" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B106" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E106" s="0" t="n">
-        <x:v>171215652242.82</x:v>
+        <x:v>389951623820.81</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:20">
       <x:c r="A107" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B107" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E107" s="0" t="n">
-        <x:v>222255052147.54</x:v>
+        <x:v>41049588.27</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:20">
       <x:c r="A108" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B108" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E108" s="0" t="n">
-        <x:v>75331777410.71</x:v>
+        <x:v>277744835061.71</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:20">
       <x:c r="A109" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B109" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E109" s="0" t="n">
-        <x:v>171681350378.3</x:v>
+        <x:v>40830361.27</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:20">
       <x:c r="A110" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B110" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E110" s="0" t="n">
-        <x:v>336835155925.19</x:v>
+        <x:v>396964911979.617</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:20">
       <x:c r="A111" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B111" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E111" s="0" t="n">
-        <x:v>12518454.26</x:v>
+        <x:v>12982707.4</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:20">
       <x:c r="A112" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B112" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E112" s="0" t="n">
-        <x:v>84750183854.47</x:v>
+        <x:v>413679900036.929</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:20">
       <x:c r="A113" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B113" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E113" s="0" t="n">
-        <x:v>183132995459.03</x:v>
+        <x:v>232365323178.23</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:20">
       <x:c r="A114" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B114" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E114" s="0" t="n">
-        <x:v>1006788428870.19</x:v>
+        <x:v>103203439868.75</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:20">
       <x:c r="A115" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B115" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E115" s="0" t="n">
-        <x:v>145266572282.18</x:v>
+        <x:v>442564012813.53</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:20">
       <x:c r="A116" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B116" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E116" s="0" t="n">
-        <x:v>395381967982.81</x:v>
+        <x:v>12571042.12</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:20">
       <x:c r="A117" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B117" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E117" s="0" t="n">
-        <x:v>270841093839.08</x:v>
+        <x:v>8457432559.59</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:20">
       <x:c r="A118" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B118" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E118" s="0" t="n">
-        <x:v>429497690142.96</x:v>
+        <x:v>311234415723.06</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:20">
       <x:c r="A119" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B119" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E119" s="0" t="n">
-        <x:v>230550668386.58</x:v>
+        <x:v>39961443.35</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:20">
       <x:c r="A120" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B120" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E120" s="0" t="n">
-        <x:v>39152392489.21</x:v>
+        <x:v>16014527968.9</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:20">
       <x:c r="A121" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B121" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E121" s="0" t="n">
-        <x:v>114438818051.56</x:v>
+        <x:v>18238303011.85</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:20">
       <x:c r="A122" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B122" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E122" s="0" t="n">
-        <x:v>41363111.56</x:v>
+        <x:v>266986193222.28</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:20">
       <x:c r="A123" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B123" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E123" s="0" t="n">
-        <x:v>186134000652.77</x:v>
+        <x:v>209511629226.17</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:20">
       <x:c r="A124" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B124" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E124" s="0" t="n">
-        <x:v>30225551829.52</x:v>
+        <x:v>40143113.53</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:20">
       <x:c r="A125" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B125" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E125" s="0" t="n">
-        <x:v>370069409946.32</x:v>
+        <x:v>157112523020.12</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:20">
       <x:c r="A126" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B126" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E126" s="0" t="n">
-        <x:v>117959517831.09</x:v>
+        <x:v>212267674209.37</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:20">
       <x:c r="A127" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B127" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E127" s="0" t="n">
-        <x:v>296980702382.62</x:v>
+        <x:v>12743934.06</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:20">
       <x:c r="A128" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B128" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E128" s="0" t="n">
-        <x:v>294500670412.1</x:v>
+        <x:v>155263935514.36</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:20">
       <x:c r="A129" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B129" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E129" s="0" t="n">
-        <x:v>117864852103.01</x:v>
+        <x:v>411529140807.954</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:20">
       <x:c r="A130" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B130" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E130" s="0" t="n">
-        <x:v>404642996466.48</x:v>
+        <x:v>163363261663.81</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:20">
       <x:c r="A131" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B131" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E131" s="0" t="n">
-        <x:v>108407714063.91</x:v>
+        <x:v>113765263438.48</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:20">
       <x:c r="A132" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B132" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E132" s="0" t="n">
-        <x:v>135421391941.39</x:v>
+        <x:v>385139824963.71</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:20">
       <x:c r="A133" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B133" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E133" s="0" t="n">
-        <x:v>107135098496</x:v>
+        <x:v>165054056101.41</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:20">
       <x:c r="A134" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B134" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E134" s="0" t="n">
-        <x:v>271799421115.9</x:v>
+        <x:v>12838388.42</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:20">
       <x:c r="A135" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B135" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E135" s="0" t="n">
-        <x:v>40213748.76</x:v>
+        <x:v>1014819610225.06</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:20">
       <x:c r="A136" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B136" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E136" s="0" t="n">
-        <x:v>93765582055.99</x:v>
+        <x:v>24953876964.98</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:20">
       <x:c r="A137" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B137" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E137" s="0" t="n">
-        <x:v>12613588.52</x:v>
+        <x:v>118968014408.03</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:20">
       <x:c r="A138" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B138" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E138" s="0" t="n">
-        <x:v>386644410431.04</x:v>
+        <x:v>231727062252.37</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:20">
       <x:c r="A139" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B139" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E139" s="0" t="n">
-        <x:v>111028142709.74</x:v>
+        <x:v>1015674185143.49</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:20">
       <x:c r="A140" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B140" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E140" s="0" t="n">
-        <x:v>924088541947.71</x:v>
+        <x:v>203100317823.87</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:20">
       <x:c r="A141" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B141" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E141" s="0" t="n">
-        <x:v>953297129434.72</x:v>
+        <x:v>190080047617.12</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:20">
       <x:c r="A142" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B142" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E142" s="0" t="n">
-        <x:v>216843270711.25</x:v>
+        <x:v>976484191808.444</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:20">
       <x:c r="A143" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B143" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E143" s="0" t="n">
-        <x:v>27471387765.36</x:v>
+        <x:v>229554143925.5</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:20">
       <x:c r="A144" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B144" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E144" s="0" t="n">
-        <x:v>389951623820.81</x:v>
+        <x:v>41874573.46</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:20">
       <x:c r="A145" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B145" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E145" s="0" t="n">
-        <x:v>41049588.27</x:v>
+        <x:v>301138984695.26</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>8</x:v>
-[...38 lines deleted...]
-      <x:c r="F147" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>