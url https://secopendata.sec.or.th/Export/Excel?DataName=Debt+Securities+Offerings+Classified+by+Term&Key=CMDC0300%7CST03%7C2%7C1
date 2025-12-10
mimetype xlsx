--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b8c95238add4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc3e2622bd354e078f6a2dd608330df4.psmdcp" Id="Re7519e74a4494887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88aaa4fcb49e424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6531ca7df5334f1396fc7b6a0811e75a.psmdcp" Id="R03708dfb9df34168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>obj_id</x:t>
   </x:si>
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
@@ -55,126 +55,126 @@
   <x:si>
     <x:t>investor_group</x:t>
   </x:si>
   <x:si>
     <x:t>num_investor</x:t>
   </x:si>
   <x:si>
     <x:t>num_issue</x:t>
   </x:si>
   <x:si>
     <x:t>face_value</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
     <x:t>DE124</x:t>
   </x:si>
   <x:si>
     <x:t>ระยะยาว</x:t>
   </x:si>
   <x:si>
     <x:t>Unrated</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ระยะสั้น</x:t>
   </x:si>
   <x:si>
     <x:t>Non-Investment Grade</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade</x:t>
   </x:si>
   <x:si>
-    <x:t>ระยะสั้น</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>DE125</x:t>
   </x:si>
   <x:si>
     <x:t>DE126</x:t>
   </x:si>
   <x:si>
-    <x:t>Contractual savings</x:t>
+    <x:t>กองทุนรวม</x:t>
+  </x:si>
+  <x:si>
+    <x:t>นิติบุคคลอื่น</x:t>
+  </x:si>
+  <x:si>
+    <x:t>สหกรณ์</x:t>
+  </x:si>
+  <x:si>
+    <x:t>n/a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ต่างชาติ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>บุคคลธรรมดา</x:t>
   </x:si>
   <x:si>
     <x:t>ธุรกิจประกัน</x:t>
   </x:si>
   <x:si>
-    <x:t>n/a</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>สถาบันการเงิน</x:t>
   </x:si>
   <x:si>
-    <x:t>กองทุนรวม</x:t>
+    <x:t>หน่วยงานภาครัฐ</x:t>
   </x:si>
   <x:si>
-    <x:t>ต่างชาติ</x:t>
-[...5 lines deleted...]
-    <x:t>หน่วยงานภาครัฐ</x:t>
+    <x:t>Contractual savings</x:t>
   </x:si>
   <x:si>
     <x:t>DE111</x:t>
   </x:si>
   <x:si>
     <x:t>DE122</x:t>
   </x:si>
   <x:si>
     <x:t>DE123</x:t>
   </x:si>
   <x:si>
+    <x:t>PO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>II</x:t>
+  </x:si>
+  <x:si>
     <x:t>II/HNW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PP วงแคบ</x:t>
   </x:si>
   <x:si>
     <x:t>ตั๋วเงินไม่เกิน 10 ฉบับ</x:t>
   </x:si>
   <x:si>
-    <x:t>PP วงแคบ</x:t>
-[...5 lines deleted...]
-    <x:t>PO</x:t>
+    <x:t>หนี้เพื่อการปรับโครงสร้างหนี้</x:t>
   </x:si>
   <x:si>
     <x:t>HNW</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>หนี้เพื่อการปรับโครงสร้างหนี้</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -484,51 +484,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:T962"/>
+  <x:dimension ref="A1:T986"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:20">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
@@ -536,24971 +536,25583 @@
       </x:c>
       <x:c r="H1" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:20">
       <x:c r="A2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B2" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J2" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K2" s="0" t="n">
-        <x:v>4119800000</x:v>
+        <x:v>9865954000</x:v>
       </x:c>
       <x:c r="L2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:20">
       <x:c r="A3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="E3" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K3" s="0" t="n">
-        <x:v>3049676000</x:v>
+        <x:v>80000000</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:20">
       <x:c r="A4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K4" s="0" t="n">
-        <x:v>2233800000</x:v>
+        <x:v>111794401250</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:20">
       <x:c r="A5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K5" s="0" t="n">
-        <x:v>2402300000</x:v>
+        <x:v>9534626343.96</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:20">
       <x:c r="A6" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K6" s="0" t="n">
-        <x:v>35127675000</x:v>
+        <x:v>6342200000</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:20">
       <x:c r="A7" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="K7" s="0" t="n">
-        <x:v>1130800000</x:v>
+        <x:v>155387514311.03</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:20">
       <x:c r="A8" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K8" s="0" t="n">
-        <x:v>7118975949.53</x:v>
+        <x:v>7483400000</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:20">
       <x:c r="A9" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="K9" s="0" t="n">
-        <x:v>32123371600</x:v>
+        <x:v>92822523945.742</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>1316900000</x:v>
+        <x:v>34179600000</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>235000000</x:v>
+        <x:v>2150000000</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
       <x:c r="A12" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
-        <x:v>898900000</x:v>
+        <x:v>996800000</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
       <x:c r="A13" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="D13" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E13" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
-        <x:v>754900000</x:v>
+        <x:v>104712802830.81</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K14" s="0" t="n">
-        <x:v>90472378516.6734</x:v>
+        <x:v>864500000</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>50000000</x:v>
+        <x:v>5895300000</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>1817600000</x:v>
+        <x:v>901050000</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J17" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K17" s="0" t="n">
-        <x:v>206000000</x:v>
+        <x:v>2922800000</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G18" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J18" s="0" t="n">
-        <x:v>1789</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="K18" s="0" t="n">
-        <x:v>62138871118.31</x:v>
+        <x:v>57863556084.4</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K19" s="0" t="n">
-        <x:v>495300000</x:v>
+        <x:v>50000000</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:20">
       <x:c r="A20" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
-        <x:v>37020300000</x:v>
+        <x:v>4388700000</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:20">
       <x:c r="A21" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>1348000000</x:v>
+        <x:v>1475000000</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:20">
       <x:c r="A22" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>2523707000</x:v>
+        <x:v>576400000</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J23" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K23" s="0" t="n">
-        <x:v>429500000</x:v>
+        <x:v>6012100000</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D24" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J24" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K24" s="0" t="n">
-        <x:v>47176208735.9</x:v>
+        <x:v>85502443700</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J25" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K25" s="0" t="n">
-        <x:v>141000000</x:v>
+        <x:v>2609319000</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J26" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="K26" s="0" t="n">
-        <x:v>135737933724</x:v>
+        <x:v>62214830510.98</x:v>
       </x:c>
       <x:c r="L26" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:20">
       <x:c r="A27" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B27" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D27" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J27" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K27" s="0" t="n">
-        <x:v>901200000</x:v>
+        <x:v>50000000</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:20">
       <x:c r="A28" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B28" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D28" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J28" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K28" s="0" t="n">
-        <x:v>22250800000</x:v>
+        <x:v>3376200000</x:v>
       </x:c>
       <x:c r="L28" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:20">
       <x:c r="A29" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B29" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D29" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J29" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K29" s="0" t="n">
-        <x:v>13482504539.66</x:v>
+        <x:v>288700000</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:20">
       <x:c r="A30" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B30" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D30" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J30" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K30" s="0" t="n">
-        <x:v>568300000</x:v>
+        <x:v>466000000</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:20">
       <x:c r="A31" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B31" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D31" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J31" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K31" s="0" t="n">
-        <x:v>7457500000</x:v>
+        <x:v>639900000</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:20">
       <x:c r="A32" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B32" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D32" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J32" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K32" s="0" t="n">
-        <x:v>59570400000</x:v>
+        <x:v>183000000</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:20">
       <x:c r="A33" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B33" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D33" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J33" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K33" s="0" t="n">
-        <x:v>25549900000</x:v>
+        <x:v>84866893114</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:20">
       <x:c r="A34" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B34" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D34" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J34" s="0" t="n">
-        <x:v>1584</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K34" s="0" t="n">
-        <x:v>59535854470.87</x:v>
+        <x:v>2181600000</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:20">
       <x:c r="A35" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B35" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D35" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J35" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K35" s="0" t="n">
-        <x:v>51103100000</x:v>
+        <x:v>1338800000</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:20">
       <x:c r="A36" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B36" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D36" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J36" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K36" s="0" t="n">
-        <x:v>4158800000</x:v>
+        <x:v>56544793064.48</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:20">
       <x:c r="A37" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B37" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E37" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D37" s="0" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="K37" s="0" t="n">
-        <x:v>6987442840.64</x:v>
+        <x:v>492800000</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:20">
       <x:c r="A38" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B38" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J38" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K38" s="0" t="n">
-        <x:v>24309000000</x:v>
+        <x:v>3754300000</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:20">
       <x:c r="A39" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B39" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D39" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J39" s="0" t="n">
-        <x:v>74</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K39" s="0" t="n">
-        <x:v>15145179167.23</x:v>
+        <x:v>961000000</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:20">
       <x:c r="A40" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B40" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D40" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J40" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="K40" s="0" t="n">
-        <x:v>7041400000</x:v>
+        <x:v>57475950503.5175</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:20">
       <x:c r="A41" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B41" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D41" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J41" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="K41" s="0" t="n">
-        <x:v>105722248500</x:v>
+        <x:v>65266786598.105</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:20">
       <x:c r="A42" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B42" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D42" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J42" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K42" s="0" t="n">
-        <x:v>113411949295.619</x:v>
+        <x:v>41869552911</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:20">
       <x:c r="A43" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B43" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D43" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J43" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="J43" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K43" s="0" t="n">
-        <x:v>108031200000</x:v>
+        <x:v>18025000000</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:20">
       <x:c r="A44" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B44" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D44" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J44" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K44" s="0" t="n">
-        <x:v>150000000</x:v>
+        <x:v>11469278195.69</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:20">
       <x:c r="A45" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B45" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D45" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J45" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K45" s="0" t="n">
-        <x:v>26962400000</x:v>
+        <x:v>93227778000.0994</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:20">
       <x:c r="A46" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B46" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D46" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J46" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K46" s="0" t="n">
-        <x:v>9865954000</x:v>
+        <x:v>900000000</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:20">
       <x:c r="A47" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B47" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D47" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G47" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J47" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="K47" s="0" t="n">
-        <x:v>80000000</x:v>
+        <x:v>51073811762.57</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:20">
       <x:c r="A48" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B48" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J48" s="0" t="n">
-        <x:v>46</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="K48" s="0" t="n">
-        <x:v>91794401250</x:v>
+        <x:v>53089408201.24</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:20">
       <x:c r="A49" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B49" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D49" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J49" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K49" s="0" t="n">
-        <x:v>9534626343.96</x:v>
+        <x:v>81935000000</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:20">
       <x:c r="A50" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B50" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D50" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J50" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K50" s="0" t="n">
-        <x:v>6342200000</x:v>
+        <x:v>2731200000</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:20">
       <x:c r="A51" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B51" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D51" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J51" s="0" t="n">
-        <x:v>1410</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K51" s="0" t="n">
-        <x:v>155387514311.03</x:v>
+        <x:v>8341653481.93</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:20">
       <x:c r="A52" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B52" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D52" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J52" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K52" s="0" t="n">
-        <x:v>7483400000</x:v>
+        <x:v>78120400000</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:20">
       <x:c r="A53" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B53" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D53" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J53" s="0" t="n">
-        <x:v>1584</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K53" s="0" t="n">
-        <x:v>92822523945.742</x:v>
+        <x:v>50000000</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:20">
       <x:c r="A54" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B54" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D54" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J54" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K54" s="0" t="n">
-        <x:v>34179600000</x:v>
+        <x:v>75908821406.1978</x:v>
       </x:c>
       <x:c r="L54" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:20">
       <x:c r="A55" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B55" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D55" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J55" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K55" s="0" t="n">
-        <x:v>2150000000</x:v>
+        <x:v>11521112450.45</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:20">
       <x:c r="A56" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B56" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D56" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J56" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K56" s="0" t="n">
-        <x:v>996800000</x:v>
+        <x:v>2459900000</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:20">
       <x:c r="A57" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B57" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D57" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J57" s="0" t="n">
-        <x:v>1716</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K57" s="0" t="n">
-        <x:v>104712802830.81</x:v>
+        <x:v>14080437581.78</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:20">
       <x:c r="A58" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B58" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J58" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K58" s="0" t="n">
-        <x:v>864500000</x:v>
+        <x:v>7552026000</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:20">
       <x:c r="A59" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B59" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J59" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K59" s="0" t="n">
-        <x:v>5895300000</x:v>
+        <x:v>81239450000</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:20">
       <x:c r="A60" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B60" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J60" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K60" s="0" t="n">
-        <x:v>901050000</x:v>
+        <x:v>3100000000</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:20">
       <x:c r="A61" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B61" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D61" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J61" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K61" s="0" t="n">
-        <x:v>2922800000</x:v>
+        <x:v>120186717750</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:20">
       <x:c r="A62" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B62" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D62" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J62" s="0" t="n">
-        <x:v>2557</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K62" s="0" t="n">
-        <x:v>57863556084.4</x:v>
+        <x:v>14990957842.11</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:20">
       <x:c r="A63" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B63" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D63" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E63" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G63" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J63" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="K63" s="0" t="n">
-        <x:v>50000000</x:v>
+        <x:v>69624195470.17</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:20">
       <x:c r="A64" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B64" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D64" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J64" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="0" t="n">
-        <x:v>4388700000</x:v>
+        <x:v>7235177352.39</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:20">
       <x:c r="A65" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B65" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E65" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G65" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J65" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D65" s="0" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="K65" s="0" t="n">
-        <x:v>1475000000</x:v>
+        <x:v>945000000</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:20">
       <x:c r="A66" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B66" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D66" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G66" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G66" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J66" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="K66" s="0" t="n">
-        <x:v>576400000</x:v>
+        <x:v>74498443417.08</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:20">
       <x:c r="A67" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B67" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D67" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J67" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K67" s="0" t="n">
-        <x:v>6012100000</x:v>
+        <x:v>111602000000</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:20">
       <x:c r="A68" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B68" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D68" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J68" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K68" s="0" t="n">
-        <x:v>60502443700</x:v>
+        <x:v>3571800000</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:20">
       <x:c r="A69" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B69" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D69" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J69" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="K69" s="0" t="n">
-        <x:v>2609319000</x:v>
+        <x:v>84770658527.3105</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:20">
       <x:c r="A70" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B70" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D70" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J70" s="0" t="n">
-        <x:v>2522</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="K70" s="0" t="n">
-        <x:v>62214830510.98</x:v>
+        <x:v>16064100000</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:20">
       <x:c r="A71" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B71" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D71" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G71" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J71" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K71" s="0" t="n">
-        <x:v>50000000</x:v>
+        <x:v>67919279440</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:20">
       <x:c r="A72" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B72" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D72" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J72" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K72" s="0" t="n">
-        <x:v>3376200000</x:v>
+        <x:v>2363700000</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:20">
       <x:c r="A73" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B73" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D73" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J73" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>2827</x:v>
       </x:c>
       <x:c r="K73" s="0" t="n">
-        <x:v>288700000</x:v>
+        <x:v>124276862724.81</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:20">
       <x:c r="A74" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B74" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D74" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J74" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="0" t="n">
-        <x:v>466000000</x:v>
+        <x:v>13380050000</x:v>
       </x:c>
       <x:c r="L74" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:20">
       <x:c r="A75" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B75" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D75" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G75" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J75" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="K75" s="0" t="n">
-        <x:v>639900000</x:v>
+        <x:v>82982560845.57</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:20">
       <x:c r="A76" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B76" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G76" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J76" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K76" s="0" t="n">
-        <x:v>183000000</x:v>
+        <x:v>130835168000</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:20">
       <x:c r="A77" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B77" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D77" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J77" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K77" s="0" t="n">
-        <x:v>84866893114</x:v>
+        <x:v>14139652149</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:20">
       <x:c r="A78" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B78" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D78" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J78" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K78" s="0" t="n">
-        <x:v>2181600000</x:v>
+        <x:v>118931478197.668</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:20">
       <x:c r="A79" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B79" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D79" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J79" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K79" s="0" t="n">
-        <x:v>1338800000</x:v>
+        <x:v>1008800000</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:20">
       <x:c r="A80" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B80" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D80" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J80" s="0" t="n">
-        <x:v>1301</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K80" s="0" t="n">
-        <x:v>56544793064.48</x:v>
+        <x:v>5310400000</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:20">
       <x:c r="A81" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B81" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D81" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J81" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K81" s="0" t="n">
-        <x:v>492800000</x:v>
+        <x:v>93771724600</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:20">
       <x:c r="A82" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B82" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D82" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J82" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K82" s="0" t="n">
-        <x:v>3754300000</x:v>
+        <x:v>1918400000</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:20">
       <x:c r="A83" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B83" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D83" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G83" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J83" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K83" s="0" t="n">
-        <x:v>961000000</x:v>
+        <x:v>91143429413.2077</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:20">
       <x:c r="A84" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B84" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G84" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J84" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="D84" s="0" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="K84" s="0" t="n">
-        <x:v>57470450503.5175</x:v>
+        <x:v>1790039000</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:20">
       <x:c r="A85" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B85" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D85" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G85" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J85" s="0" t="n">
-        <x:v>511</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K85" s="0" t="n">
-        <x:v>16740678859.69</x:v>
+        <x:v>86973865392.9311</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:20">
       <x:c r="A86" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B86" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D86" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J86" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K86" s="0" t="n">
-        <x:v>2718400000</x:v>
+        <x:v>90527867000</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:20">
       <x:c r="A87" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B87" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D87" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J87" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K87" s="0" t="n">
-        <x:v>40000000</x:v>
+        <x:v>637400000</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:20">
       <x:c r="A88" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B88" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J88" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K88" s="0" t="n">
-        <x:v>3493500000</x:v>
+        <x:v>2319700000</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:20">
       <x:c r="A89" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B89" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D89" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J89" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K89" s="0" t="n">
-        <x:v>129211000000</x:v>
+        <x:v>4703300000</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:20">
       <x:c r="A90" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B90" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D90" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J90" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="K90" s="0" t="n">
-        <x:v>2681400000</x:v>
+        <x:v>58355338519.67</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:20">
       <x:c r="A91" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B91" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D91" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J91" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K91" s="0" t="n">
-        <x:v>7617913352.53</x:v>
+        <x:v>50000000</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:20">
       <x:c r="A92" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B92" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D92" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J92" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="J92" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K92" s="0" t="n">
-        <x:v>20282800000</x:v>
+        <x:v>291900000</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:20">
       <x:c r="A93" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B93" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D93" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J93" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K93" s="0" t="n">
-        <x:v>29229888533.3</x:v>
+        <x:v>69212809590</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:20">
       <x:c r="A94" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B94" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D94" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J94" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="K94" s="0" t="n">
-        <x:v>151512080000</x:v>
+        <x:v>71593935017.61</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:20">
       <x:c r="A95" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B95" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="D95" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J95" s="0" t="n">
-        <x:v>2251</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K95" s="0" t="n">
-        <x:v>73561997254.15</x:v>
+        <x:v>858600000</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:20">
       <x:c r="A96" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B96" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="D96" s="0" t="n">
+      <x:c r="E96" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J96" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="E96" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K96" s="0" t="n">
-        <x:v>10099458481.09</x:v>
+        <x:v>749000000</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:20">
       <x:c r="A97" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B97" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D97" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J97" s="0" t="n">
-        <x:v>2458</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K97" s="0" t="n">
-        <x:v>85052980652.3375</x:v>
+        <x:v>53332837228.415</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:20">
       <x:c r="A98" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B98" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C98" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D98" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J98" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K98" s="0" t="n">
-        <x:v>3600000000</x:v>
+        <x:v>17700000</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:20">
       <x:c r="A99" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B99" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C99" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D99" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G99" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J99" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K99" s="0" t="n">
-        <x:v>9493608778.81</x:v>
+        <x:v>70305047390</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:20">
       <x:c r="A100" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B100" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C100" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D100" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J100" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K100" s="0" t="n">
-        <x:v>12454774793.41</x:v>
+        <x:v>2573813000</x:v>
       </x:c>
       <x:c r="L100" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:20">
       <x:c r="A101" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B101" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C101" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D101" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J101" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K101" s="0" t="n">
-        <x:v>1842600000</x:v>
+        <x:v>60952283139</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:20">
       <x:c r="A102" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B102" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C102" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D102" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J102" s="0" t="n">
-        <x:v>1073</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K102" s="0" t="n">
-        <x:v>83427233088.57</x:v>
+        <x:v>902800000</x:v>
       </x:c>
       <x:c r="L102" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:20">
       <x:c r="A103" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B103" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C103" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J103" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K103" s="0" t="n">
-        <x:v>7103307300</x:v>
+        <x:v>41000000</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:20">
       <x:c r="A104" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B104" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C104" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D104" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J104" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K104" s="0" t="n">
-        <x:v>38344104200</x:v>
+        <x:v>3692600000</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:20">
       <x:c r="A105" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B105" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C105" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D105" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J105" s="0" t="n">
-        <x:v>1891</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K105" s="0" t="n">
-        <x:v>66707768235.8335</x:v>
+        <x:v>511000000</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:20">
       <x:c r="A106" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B106" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C106" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G106" s="0" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="J106" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K106" s="0" t="n">
-        <x:v>100000000</x:v>
+        <x:v>3230020</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:20">
       <x:c r="A107" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B107" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C107" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J107" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K107" s="0" t="n">
-        <x:v>97605126300</x:v>
+        <x:v>7000000</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:20">
       <x:c r="A108" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B108" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C108" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D108" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J108" s="0" t="n">
-        <x:v>2318</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K108" s="0" t="n">
-        <x:v>86958771998.7419</x:v>
+        <x:v>44000000</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:20">
       <x:c r="A109" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B109" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C109" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D109" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J109" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K109" s="0" t="n">
-        <x:v>3300000000</x:v>
+        <x:v>2718400000</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:20">
       <x:c r="A110" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B110" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C110" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J110" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K110" s="0" t="n">
-        <x:v>3675000000</x:v>
+        <x:v>40000000</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:20">
       <x:c r="A111" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B111" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C111" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J111" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K111" s="0" t="n">
-        <x:v>7438700000</x:v>
+        <x:v>3493500000</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:20">
       <x:c r="A112" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B112" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C112" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D112" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J112" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K112" s="0" t="n">
-        <x:v>9366200000</x:v>
+        <x:v>129211000000</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:20">
       <x:c r="A113" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B113" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C113" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D113" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J113" s="0" t="n">
-        <x:v>2246</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K113" s="0" t="n">
-        <x:v>82885790744.818</x:v>
+        <x:v>2681400000</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:20">
       <x:c r="A114" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B114" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C114" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D114" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J114" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="K114" s="0" t="n">
-        <x:v>106185100000</x:v>
+        <x:v>7617913352.53</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:20">
       <x:c r="A115" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B115" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C115" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J115" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="K115" s="0" t="n">
-        <x:v>2819300000</x:v>
+        <x:v>20282800000</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:20">
       <x:c r="A116" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B116" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C116" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D116" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J116" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K116" s="0" t="n">
-        <x:v>4942700000</x:v>
+        <x:v>29229888533.3</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:20">
       <x:c r="A117" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B117" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C117" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D117" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J117" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K117" s="0" t="n">
-        <x:v>66014709900</x:v>
+        <x:v>151512080000</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:20">
       <x:c r="A118" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B118" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C118" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D118" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G118" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J118" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="K118" s="0" t="n">
-        <x:v>50000000</x:v>
+        <x:v>73561997254.15</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:20">
       <x:c r="A119" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B119" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C119" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D119" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J119" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K119" s="0" t="n">
-        <x:v>75460664850</x:v>
+        <x:v>10099458481.09</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:20">
       <x:c r="A120" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B120" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C120" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D120" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G120" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G120" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J120" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>2458</x:v>
       </x:c>
       <x:c r="K120" s="0" t="n">
-        <x:v>411300000</x:v>
+        <x:v>85052980652.3375</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:20">
       <x:c r="A121" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B121" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C121" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D121" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J121" s="0" t="n">
-        <x:v>2050</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K121" s="0" t="n">
-        <x:v>91249655928.84</x:v>
+        <x:v>3600000000</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:20">
       <x:c r="A122" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B122" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C122" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D122" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J122" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K122" s="0" t="n">
-        <x:v>87505682005</x:v>
+        <x:v>9493608778.81</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:20">
       <x:c r="A123" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B123" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C123" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D123" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J123" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K123" s="0" t="n">
-        <x:v>480700000</x:v>
+        <x:v>12454774793.41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:20">
       <x:c r="A124" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B124" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C124" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D124" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J124" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K124" s="0" t="n">
-        <x:v>2076000000</x:v>
+        <x:v>1842600000</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:20">
       <x:c r="A125" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B125" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C125" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D125" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J125" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="K125" s="0" t="n">
-        <x:v>114555836000</x:v>
+        <x:v>83427233088.57</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:20">
       <x:c r="A126" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B126" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C126" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D126" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J126" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="K126" s="0" t="n">
-        <x:v>65529180875</x:v>
+        <x:v>7103307300</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:20">
       <x:c r="A127" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B127" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C127" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D127" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J127" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K127" s="0" t="n">
-        <x:v>3886100000</x:v>
+        <x:v>38344104200</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:20">
       <x:c r="A128" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B128" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C128" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D128" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J128" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="K128" s="0" t="n">
-        <x:v>65255419245</x:v>
+        <x:v>66707768235.8335</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:20">
       <x:c r="A129" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B129" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C129" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D129" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J129" s="0" t="n">
-        <x:v>1163</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K129" s="0" t="n">
-        <x:v>58690681291.51</x:v>
+        <x:v>100000000</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:20">
       <x:c r="A130" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B130" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C130" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D130" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G130" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G130" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J130" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K130" s="0" t="n">
-        <x:v>525500000</x:v>
+        <x:v>97605126300</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:20">
       <x:c r="A131" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B131" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C131" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D131" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G131" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J131" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K131" s="0" t="n">
-        <x:v>145000000</x:v>
+        <x:v>86958771998.7419</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:20">
       <x:c r="A132" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B132" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C132" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D132" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J132" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K132" s="0" t="n">
-        <x:v>42900012070</x:v>
+        <x:v>3300000000</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:20">
       <x:c r="A133" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B133" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C133" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D133" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J133" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K133" s="0" t="n">
-        <x:v>63736133108.4</x:v>
+        <x:v>3675000000</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:20">
       <x:c r="A134" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B134" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C134" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D134" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J134" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="0" t="n">
-        <x:v>1000000000</x:v>
+        <x:v>7438700000</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:20">
       <x:c r="A135" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B135" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C135" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D135" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J135" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K135" s="0" t="n">
-        <x:v>2498700000</x:v>
+        <x:v>9366200000</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:20">
       <x:c r="A136" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B136" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C136" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J136" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="K136" s="0" t="n">
-        <x:v>8316000000</x:v>
+        <x:v>82885790744.818</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:20">
       <x:c r="A137" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B137" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C137" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D137" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E137" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J137" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K137" s="0" t="n">
-        <x:v>18696882715.31</x:v>
+        <x:v>121185100000</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:20">
       <x:c r="A138" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B138" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C138" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D138" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J138" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K138" s="0" t="n">
-        <x:v>372000000</x:v>
+        <x:v>2819300000</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:20">
       <x:c r="A139" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B139" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C139" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D139" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J139" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K139" s="0" t="n">
-        <x:v>270000000</x:v>
+        <x:v>4942700000</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:20">
       <x:c r="A140" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B140" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C140" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D140" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G140" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G140" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J140" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K140" s="0" t="n">
-        <x:v>10181263684.03</x:v>
+        <x:v>66014709900</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:20">
       <x:c r="A141" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B141" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C141" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D141" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J141" s="0" t="n">
-        <x:v>42</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K141" s="0" t="n">
-        <x:v>94076400000</x:v>
+        <x:v>50000000</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:20">
       <x:c r="A142" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B142" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C142" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D142" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J142" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K142" s="0" t="n">
-        <x:v>92073700000</x:v>
+        <x:v>75460664850</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:20">
       <x:c r="A143" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B143" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C143" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D143" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J143" s="0" t="n">
-        <x:v>2788</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="n">
-        <x:v>58284572392.3511</x:v>
+        <x:v>411300000</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:20">
       <x:c r="A144" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B144" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C144" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D144" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G144" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G144" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J144" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="K144" s="0" t="n">
-        <x:v>20000000</x:v>
+        <x:v>91249655928.84</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:20">
       <x:c r="A145" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B145" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C145" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D145" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J145" s="0" t="n">
-        <x:v>2649</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K145" s="0" t="n">
-        <x:v>61840060205.9928</x:v>
+        <x:v>87505682005</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:20">
       <x:c r="A146" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B146" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C146" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D146" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J146" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K146" s="0" t="n">
-        <x:v>160000000</x:v>
+        <x:v>480700000</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:20">
       <x:c r="A147" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B147" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C147" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J147" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K147" s="0" t="n">
-        <x:v>2358000000</x:v>
+        <x:v>2076000000</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:20">
       <x:c r="A148" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B148" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C148" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D148" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G148" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G148" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J148" s="0" t="n">
-        <x:v>1965</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K148" s="0" t="n">
-        <x:v>93125770469.95</x:v>
+        <x:v>114555836000</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:20">
       <x:c r="A149" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B149" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C149" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D149" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J149" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K149" s="0" t="n">
-        <x:v>5908700000</x:v>
+        <x:v>65529180875</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:20">
       <x:c r="A150" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B150" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C150" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D150" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J150" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K150" s="0" t="n">
-        <x:v>10410900000</x:v>
+        <x:v>3886100000</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:20">
       <x:c r="A151" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B151" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C151" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D151" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G151" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J151" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K151" s="0" t="n">
-        <x:v>1000000000</x:v>
+        <x:v>95255419245</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:20">
       <x:c r="A152" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B152" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C152" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D152" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G152" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G152" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J152" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="K152" s="0" t="n">
-        <x:v>7534400000</x:v>
+        <x:v>58690681291.51</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:20">
       <x:c r="A153" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B153" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C153" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D153" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J153" s="0" t="n">
-        <x:v>1562</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K153" s="0" t="n">
-        <x:v>93687481809.8</x:v>
+        <x:v>525500000</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:20">
       <x:c r="A154" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B154" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C154" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D154" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J154" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K154" s="0" t="n">
-        <x:v>99885404100</x:v>
+        <x:v>145000000</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:20">
       <x:c r="A155" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B155" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C155" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D155" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J155" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K155" s="0" t="n">
-        <x:v>5333140000</x:v>
+        <x:v>42900012070</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:20">
       <x:c r="A156" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B156" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C156" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J156" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K156" s="0" t="n">
-        <x:v>66137038000</x:v>
+        <x:v>63736133108.4</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:20">
       <x:c r="A157" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B157" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C157" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J157" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K157" s="0" t="n">
-        <x:v>957900000</x:v>
+        <x:v>1000000000</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:20">
       <x:c r="A158" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B158" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C158" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D158" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J158" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K158" s="0" t="n">
-        <x:v>6010409475</x:v>
+        <x:v>2772300000</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:20">
       <x:c r="A159" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B159" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C159" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D159" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G159" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J159" s="0" t="n">
-        <x:v>2191</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="K159" s="0" t="n">
-        <x:v>65312773431.2658</x:v>
+        <x:v>43398513848.565</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:20">
       <x:c r="A160" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B160" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C160" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D160" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J160" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="K160" s="0" t="n">
-        <x:v>3126700000</x:v>
+        <x:v>42744294452.61</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:20">
       <x:c r="A161" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B161" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C161" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J161" s="0" t="n">
-        <x:v>2974</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K161" s="0" t="n">
-        <x:v>91450172183.17</x:v>
+        <x:v>110000000</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:20">
       <x:c r="A162" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B162" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C162" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D162" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J162" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K162" s="0" t="n">
-        <x:v>1305700000</x:v>
+        <x:v>20970000000</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:20">
       <x:c r="A163" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B163" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C163" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D163" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J163" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="K163" s="0" t="n">
-        <x:v>80612559065</x:v>
+        <x:v>51908414871.1872</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:20">
       <x:c r="A164" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B164" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C164" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D164" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J164" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K164" s="0" t="n">
-        <x:v>2967121000</x:v>
+        <x:v>2505250000</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:20">
       <x:c r="A165" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B165" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C165" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D165" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J165" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K165" s="0" t="n">
-        <x:v>3554700000</x:v>
+        <x:v>88357000000</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:20">
       <x:c r="A166" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B166" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C166" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D166" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J166" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K166" s="0" t="n">
-        <x:v>1880585000</x:v>
+        <x:v>2353000000</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:20">
       <x:c r="A167" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B167" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C167" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D167" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J167" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K167" s="0" t="n">
-        <x:v>255000000</x:v>
+        <x:v>8638512185.31</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:20">
       <x:c r="A168" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B168" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C168" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D168" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J168" s="0" t="n">
-        <x:v>1140</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K168" s="0" t="n">
-        <x:v>58162185187.465</x:v>
+        <x:v>50000000</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:20">
       <x:c r="A169" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B169" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C169" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D169" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G169" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J169" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="K169" s="0" t="n">
-        <x:v>11000000</x:v>
+        <x:v>60832116490.1419</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:20">
       <x:c r="A170" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B170" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C170" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D170" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J170" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K170" s="0" t="n">
-        <x:v>3181596000</x:v>
+        <x:v>1155000000</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:20">
       <x:c r="A171" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B171" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C171" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D171" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J171" s="0" t="n">
-        <x:v>960</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K171" s="0" t="n">
-        <x:v>50134203398.178</x:v>
+        <x:v>15334692696.01</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:20">
       <x:c r="A172" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B172" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C172" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D172" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G172" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G172" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J172" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="K172" s="0" t="n">
-        <x:v>497000000</x:v>
+        <x:v>69327932864.1663</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:20">
       <x:c r="A173" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B173" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C173" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D173" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E173" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G173" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J173" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E173" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K173" s="0" t="n">
-        <x:v>311900000</x:v>
+        <x:v>450000000</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:20">
       <x:c r="A174" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B174" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C174" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D174" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J174" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K174" s="0" t="n">
-        <x:v>3865196000</x:v>
+        <x:v>106877400000</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:20">
       <x:c r="A175" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B175" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C175" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D175" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G175" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J175" s="0" t="n">
-        <x:v>1179</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="K175" s="0" t="n">
-        <x:v>55361739542.57</x:v>
+        <x:v>61375695428.65</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:20">
       <x:c r="A176" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B176" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C176" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D176" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J176" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K176" s="0" t="n">
-        <x:v>381349350</x:v>
+        <x:v>30000000</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:20">
       <x:c r="A177" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B177" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C177" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D177" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J177" s="0" t="n">
-        <x:v>1392</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="K177" s="0" t="n">
-        <x:v>61801686222.2</x:v>
+        <x:v>3652984612.92</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:20">
       <x:c r="A178" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B178" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C178" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D178" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J178" s="0" t="n">
-        <x:v>1524</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K178" s="0" t="n">
-        <x:v>49713952625.49</x:v>
+        <x:v>3181600000</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:20">
       <x:c r="A179" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B179" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C179" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D179" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J179" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K179" s="0" t="n">
-        <x:v>452300000</x:v>
+        <x:v>830000000</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:20">
       <x:c r="A180" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B180" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C180" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D180" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J180" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K180" s="0" t="n">
-        <x:v>2628400000</x:v>
+        <x:v>160000000</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:20">
       <x:c r="A181" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B181" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C181" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D181" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J181" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3080</x:v>
       </x:c>
       <x:c r="K181" s="0" t="n">
-        <x:v>26039482150</x:v>
+        <x:v>68015598783.3322</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:20">
       <x:c r="A182" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B182" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C182" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D182" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E182" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G182" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J182" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E182" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K182" s="0" t="n">
-        <x:v>400000000</x:v>
+        <x:v>70000000</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:20">
       <x:c r="A183" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B183" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C183" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D183" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J183" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K183" s="0" t="n">
-        <x:v>170000000</x:v>
+        <x:v>4180000000</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:20">
       <x:c r="A184" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B184" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C184" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D184" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J184" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K184" s="0" t="n">
-        <x:v>90000000</x:v>
+        <x:v>3078100000</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:20">
       <x:c r="A185" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B185" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C185" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D185" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J185" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K185" s="0" t="n">
-        <x:v>11469278195.69</x:v>
+        <x:v>3551500000</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:20">
       <x:c r="A186" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B186" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C186" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D186" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J186" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>3456</x:v>
       </x:c>
       <x:c r="K186" s="0" t="n">
-        <x:v>93227778000.0994</x:v>
+        <x:v>92917801115.84</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:20">
       <x:c r="A187" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B187" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C187" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D187" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D187" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J187" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K187" s="0" t="n">
-        <x:v>900000000</x:v>
+        <x:v>924100000</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:20">
       <x:c r="A188" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B188" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C188" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D188" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J188" s="0" t="n">
-        <x:v>1208</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K188" s="0" t="n">
-        <x:v>51073811762.57</x:v>
+        <x:v>5598800000</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:20">
       <x:c r="A189" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B189" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C189" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D189" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="D189" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J189" s="0" t="n">
-        <x:v>960</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K189" s="0" t="n">
-        <x:v>53089408201.24</x:v>
+        <x:v>1673000000</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:20">
       <x:c r="A190" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B190" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C190" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D190" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J190" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K190" s="0" t="n">
-        <x:v>81935000000</x:v>
+        <x:v>1232400000</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:20">
       <x:c r="A191" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B191" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C191" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D191" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J191" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K191" s="0" t="n">
-        <x:v>2731200000</x:v>
+        <x:v>122584739050</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:20">
       <x:c r="A192" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B192" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C192" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D192" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J192" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="0" t="n">
-        <x:v>8341653481.93</x:v>
+        <x:v>11273950000</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:20">
       <x:c r="A193" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B193" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C193" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D193" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J193" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K193" s="0" t="n">
-        <x:v>78120400000</x:v>
+        <x:v>2879900000</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:20">
       <x:c r="A194" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B194" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C194" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D194" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J194" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="K194" s="0" t="n">
-        <x:v>50000000</x:v>
+        <x:v>1965700000</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:20">
       <x:c r="A195" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B195" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C195" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D195" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J195" s="0" t="n">
-        <x:v>2078</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K195" s="0" t="n">
-        <x:v>75908821406.1978</x:v>
+        <x:v>3214600000</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:20">
       <x:c r="A196" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B196" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C196" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D196" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G196" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G196" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J196" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="K196" s="0" t="n">
-        <x:v>11521112450.45</x:v>
+        <x:v>88135832674.3061</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:20">
       <x:c r="A197" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B197" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C197" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D197" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J197" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="K197" s="0" t="n">
-        <x:v>2459900000</x:v>
+        <x:v>72885799806.23</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:20">
       <x:c r="A198" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B198" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C198" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D198" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J198" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K198" s="0" t="n">
-        <x:v>14080437581.78</x:v>
+        <x:v>871200000</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:20">
       <x:c r="A199" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B199" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C199" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D199" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J199" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K199" s="0" t="n">
-        <x:v>7552026000</x:v>
+        <x:v>129386464675</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:20">
       <x:c r="A200" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B200" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C200" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D200" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J200" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K200" s="0" t="n">
-        <x:v>81239450000</x:v>
+        <x:v>1834100000</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:20">
       <x:c r="A201" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B201" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C201" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D201" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J201" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K201" s="0" t="n">
-        <x:v>3100000000</x:v>
+        <x:v>763356400</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:20">
       <x:c r="A202" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B202" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C202" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D202" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J202" s="0" t="n">
-        <x:v>62</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="K202" s="0" t="n">
-        <x:v>120186717750</x:v>
+        <x:v>70722792460.75</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:20">
       <x:c r="A203" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B203" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C203" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D203" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G203" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J203" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="K203" s="0" t="n">
-        <x:v>14990957842.11</x:v>
+        <x:v>80514167446.7225</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:20">
       <x:c r="A204" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B204" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C204" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D204" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J204" s="0" t="n">
-        <x:v>1534</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K204" s="0" t="n">
-        <x:v>69624195470.17</x:v>
+        <x:v>400000000</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:20">
       <x:c r="A205" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B205" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C205" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D205" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J205" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="n">
-        <x:v>7235177352.39</x:v>
+        <x:v>426800000</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:20">
       <x:c r="A206" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B206" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C206" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D206" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J206" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K206" s="0" t="n">
-        <x:v>945000000</x:v>
+        <x:v>51163566940</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:20">
       <x:c r="A207" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B207" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C207" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D207" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J207" s="0" t="n">
-        <x:v>2639</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K207" s="0" t="n">
-        <x:v>74498443417.08</x:v>
+        <x:v>2391900000</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:20">
       <x:c r="A208" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B208" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C208" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D208" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J208" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K208" s="0" t="n">
-        <x:v>111602000000</x:v>
+        <x:v>762700000</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:20">
       <x:c r="A209" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B209" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C209" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D209" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J209" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K209" s="0" t="n">
-        <x:v>3571800000</x:v>
+        <x:v>1759000000</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:20">
       <x:c r="A210" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B210" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C210" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D210" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J210" s="0" t="n">
-        <x:v>2096</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K210" s="0" t="n">
-        <x:v>84770658527.3105</x:v>
+        <x:v>53000000</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:20">
       <x:c r="A211" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B211" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C211" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D211" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G211" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J211" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="K211" s="0" t="n">
-        <x:v>16064100000</x:v>
+        <x:v>56345176350.71</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:20">
       <x:c r="A212" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B212" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C212" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D212" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J212" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K212" s="0" t="n">
-        <x:v>67919279440</x:v>
+        <x:v>4508648000</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:20">
       <x:c r="A213" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B213" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C213" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D213" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J213" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K213" s="0" t="n">
-        <x:v>2363700000</x:v>
+        <x:v>18000000</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:20">
       <x:c r="A214" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B214" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C214" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D214" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J214" s="0" t="n">
-        <x:v>2827</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K214" s="0" t="n">
-        <x:v>124276862724.81</x:v>
+        <x:v>1642400000</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:20">
       <x:c r="A215" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B215" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C215" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D215" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J215" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K215" s="0" t="n">
-        <x:v>13380050000</x:v>
+        <x:v>78000000</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:20">
       <x:c r="A216" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B216" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C216" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D216" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J216" s="0" t="n">
-        <x:v>1962</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K216" s="0" t="n">
-        <x:v>82982560845.57</x:v>
+        <x:v>469000000</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:20">
       <x:c r="A217" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B217" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C217" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D217" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J217" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="n">
-        <x:v>130835168000</x:v>
+        <x:v>226500000</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:20">
       <x:c r="A218" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B218" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C218" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D218" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J218" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K218" s="0" t="n">
-        <x:v>14139652149</x:v>
+        <x:v>2498700000</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:20">
       <x:c r="A219" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B219" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C219" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D219" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J219" s="0" t="n">
-        <x:v>1312</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K219" s="0" t="n">
-        <x:v>118931478197.668</x:v>
+        <x:v>8316000000</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:20">
       <x:c r="A220" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B220" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C220" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D220" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J220" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K220" s="0" t="n">
-        <x:v>1008800000</x:v>
+        <x:v>18696882715.31</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:20">
       <x:c r="A221" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B221" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C221" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D221" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J221" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K221" s="0" t="n">
-        <x:v>5310400000</x:v>
+        <x:v>372000000</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:20">
       <x:c r="A222" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B222" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C222" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D222" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J222" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K222" s="0" t="n">
-        <x:v>93771724600</x:v>
+        <x:v>270000000</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:20">
       <x:c r="A223" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B223" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C223" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D223" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J223" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="K223" s="0" t="n">
-        <x:v>1918400000</x:v>
+        <x:v>10181263684.03</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:20">
       <x:c r="A224" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B224" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C224" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D224" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G224" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G224" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J224" s="0" t="n">
-        <x:v>1685</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K224" s="0" t="n">
-        <x:v>91143429413.2077</x:v>
+        <x:v>112076400000</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:20">
       <x:c r="A225" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B225" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C225" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D225" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J225" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K225" s="0" t="n">
-        <x:v>1790039000</x:v>
+        <x:v>92073700000</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:20">
       <x:c r="A226" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B226" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C226" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D226" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G226" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G226" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J226" s="0" t="n">
-        <x:v>2313</x:v>
+        <x:v>2788</x:v>
       </x:c>
       <x:c r="K226" s="0" t="n">
-        <x:v>86973865392.9311</x:v>
+        <x:v>58284572392.3511</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:20">
       <x:c r="A227" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B227" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C227" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D227" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J227" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K227" s="0" t="n">
-        <x:v>90527867000</x:v>
+        <x:v>20000000</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:20">
       <x:c r="A228" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B228" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C228" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D228" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J228" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>2649</x:v>
       </x:c>
       <x:c r="K228" s="0" t="n">
-        <x:v>637400000</x:v>
+        <x:v>61840060205.9928</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:20">
       <x:c r="A229" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B229" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C229" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D229" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J229" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K229" s="0" t="n">
-        <x:v>2319700000</x:v>
+        <x:v>160000000</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:20">
       <x:c r="A230" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B230" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C230" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D230" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J230" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K230" s="0" t="n">
-        <x:v>4703300000</x:v>
+        <x:v>2358000000</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:20">
       <x:c r="A231" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B231" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C231" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D231" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G231" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J231" s="0" t="n">
-        <x:v>1793</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K231" s="0" t="n">
-        <x:v>58355338519.67</x:v>
+        <x:v>93125770469.95</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:20">
       <x:c r="A232" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B232" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C232" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D232" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J232" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K232" s="0" t="n">
-        <x:v>50000000</x:v>
+        <x:v>5908700000</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:20">
       <x:c r="A233" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B233" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C233" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D233" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J233" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K233" s="0" t="n">
-        <x:v>291900000</x:v>
+        <x:v>10410900000</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:20">
       <x:c r="A234" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B234" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C234" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D234" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J234" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K234" s="0" t="n">
-        <x:v>69212809590</x:v>
+        <x:v>1000000000</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:20">
       <x:c r="A235" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B235" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C235" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D235" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J235" s="0" t="n">
-        <x:v>1834</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="K235" s="0" t="n">
-        <x:v>71593935017.61</x:v>
+        <x:v>7534400000</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:20">
       <x:c r="A236" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B236" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C236" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D236" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G236" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G236" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J236" s="0" t="n">
-        <x:v>42</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="K236" s="0" t="n">
-        <x:v>858600000</x:v>
+        <x:v>93687481809.8</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:20">
       <x:c r="A237" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B237" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C237" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D237" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J237" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K237" s="0" t="n">
-        <x:v>749000000</x:v>
+        <x:v>99885404100</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:20">
       <x:c r="A238" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B238" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C238" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D238" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J238" s="0" t="n">
-        <x:v>1139</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K238" s="0" t="n">
-        <x:v>53332837228.415</x:v>
+        <x:v>5333140000</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:20">
       <x:c r="A239" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B239" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C239" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D239" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G239" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G239" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J239" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K239" s="0" t="n">
-        <x:v>17700000</x:v>
+        <x:v>66137038000</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:20">
       <x:c r="A240" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B240" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C240" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D240" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J240" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K240" s="0" t="n">
-        <x:v>70305047390</x:v>
+        <x:v>957900000</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:20">
       <x:c r="A241" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B241" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C241" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D241" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J241" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K241" s="0" t="n">
-        <x:v>2573813000</x:v>
+        <x:v>6010409475</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:20">
       <x:c r="A242" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B242" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C242" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D242" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J242" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="K242" s="0" t="n">
-        <x:v>60952283139</x:v>
+        <x:v>65312773431.2658</x:v>
       </x:c>
       <x:c r="L242" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:20">
       <x:c r="A243" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B243" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C243" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D243" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J243" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K243" s="0" t="n">
-        <x:v>902800000</x:v>
+        <x:v>3126700000</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:20">
       <x:c r="A244" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B244" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C244" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D244" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G244" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G244" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J244" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2974</x:v>
       </x:c>
       <x:c r="K244" s="0" t="n">
-        <x:v>41000000</x:v>
+        <x:v>91450172183.17</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:20">
       <x:c r="A245" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B245" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C245" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D245" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J245" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K245" s="0" t="n">
-        <x:v>3692600000</x:v>
+        <x:v>1305700000</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:20">
       <x:c r="A246" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B246" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C246" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D246" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G246" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G246" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J246" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K246" s="0" t="n">
-        <x:v>511000000</x:v>
+        <x:v>80612559065</x:v>
       </x:c>
       <x:c r="L246" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:20">
       <x:c r="A247" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B247" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C247" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D247" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J247" s="0" t="n">
-        <x:v>955</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K247" s="0" t="n">
-        <x:v>46877454680</x:v>
+        <x:v>2967121000</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:20">
       <x:c r="A248" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B248" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C248" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D248" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J248" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K248" s="0" t="n">
-        <x:v>66977842000</x:v>
+        <x:v>3554700000</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:20">
       <x:c r="A249" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B249" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C249" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D249" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J249" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K249" s="0" t="n">
-        <x:v>608800000</x:v>
+        <x:v>1880585000</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:20">
       <x:c r="A250" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B250" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C250" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D250" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J250" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="J250" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K250" s="0" t="n">
-        <x:v>4757000000</x:v>
+        <x:v>255000000</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:20">
       <x:c r="A251" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B251" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C251" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D251" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J251" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K251" s="0" t="n">
-        <x:v>36376700000</x:v>
+        <x:v>58162185187.465</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:20">
       <x:c r="A252" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B252" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C252" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D252" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J252" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K252" s="0" t="n">
-        <x:v>1400000000</x:v>
+        <x:v>11000000</x:v>
       </x:c>
       <x:c r="L252" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:20">
       <x:c r="A253" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B253" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C253" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D253" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J253" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K253" s="0" t="n">
-        <x:v>2360285000</x:v>
+        <x:v>3181596000</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:20">
       <x:c r="A254" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B254" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C254" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D254" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J254" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="K254" s="0" t="n">
-        <x:v>6260710000</x:v>
+        <x:v>50134203398.178</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:20">
       <x:c r="A255" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B255" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C255" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D255" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J255" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K255" s="0" t="n">
-        <x:v>735000000</x:v>
+        <x:v>497000000</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:20">
       <x:c r="A256" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B256" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C256" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D256" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J256" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K256" s="0" t="n">
-        <x:v>63450326000</x:v>
+        <x:v>311900000</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:20">
       <x:c r="A257" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B257" s="0" t="n">
-        <x:v>2029</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C257" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D257" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J257" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="K257" s="0" t="n">
-        <x:v>7565000000</x:v>
+        <x:v>3865196000</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:20">
       <x:c r="A258" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B258" s="0" t="n">
-        <x:v>2035</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C258" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D258" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J258" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="K258" s="0" t="n">
-        <x:v>5875300000</x:v>
+        <x:v>55361739542.57</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:20">
       <x:c r="A259" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B259" s="0" t="n">
-        <x:v>2036</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C259" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D259" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J259" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K259" s="0" t="n">
-        <x:v>7300000000</x:v>
+        <x:v>381349350</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:20">
       <x:c r="A260" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B260" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C260" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D260" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J260" s="0" t="n">
-        <x:v>59</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="K260" s="0" t="n">
-        <x:v>52792155000</x:v>
+        <x:v>61801686222.2</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:20">
       <x:c r="A261" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B261" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C261" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D261" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D261" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J261" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="K261" s="0" t="n">
-        <x:v>62815277820</x:v>
+        <x:v>49713952625.49</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:20">
       <x:c r="A262" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B262" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C262" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D262" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J262" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="0" t="n">
-        <x:v>984160000</x:v>
+        <x:v>452300000</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:20">
       <x:c r="A263" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B263" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C263" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D263" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J263" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K263" s="0" t="n">
-        <x:v>499000000</x:v>
+        <x:v>4397511000</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:20">
       <x:c r="A264" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B264" s="0" t="n">
-        <x:v>2030</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C264" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D264" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J264" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K264" s="0" t="n">
-        <x:v>18821975200</x:v>
+        <x:v>127386159290.6</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:20">
       <x:c r="A265" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B265" s="0" t="n">
-        <x:v>2031</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C265" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D265" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J265" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K265" s="0" t="n">
-        <x:v>16483463460</x:v>
+        <x:v>1555100000</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:20">
       <x:c r="A266" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B266" s="0" t="n">
-        <x:v>2031</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C266" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D266" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J266" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="J266" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K266" s="0" t="n">
-        <x:v>20285000000</x:v>
+        <x:v>2756650000</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:20">
       <x:c r="A267" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B267" s="0" t="n">
-        <x:v>2032</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C267" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D267" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J267" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="J267" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K267" s="0" t="n">
-        <x:v>8699300000</x:v>
+        <x:v>816200000</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:20">
       <x:c r="A268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B268" s="0" t="n">
-        <x:v>2032</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C268" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D268" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J268" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K268" s="0" t="n">
-        <x:v>39428000000</x:v>
+        <x:v>1558900000</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:20">
       <x:c r="A269" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B269" s="0" t="n">
-        <x:v>2033</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C269" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D269" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J269" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K269" s="0" t="n">
-        <x:v>9520000000</x:v>
+        <x:v>608800000</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:20">
       <x:c r="A270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B270" s="0" t="n">
-        <x:v>2035</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C270" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D270" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J270" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="K270" s="0" t="n">
-        <x:v>16986277980</x:v>
+        <x:v>36376700000</x:v>
       </x:c>
       <x:c r="L270" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:20">
       <x:c r="A271" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B271" s="0" t="n">
         <x:v>2026</x:v>
       </x:c>
       <x:c r="C271" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D271" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J271" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K271" s="0" t="n">
-        <x:v>4149800000</x:v>
+        <x:v>1400000000</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:20">
       <x:c r="A272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B272" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C272" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D272" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J272" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K272" s="0" t="n">
-        <x:v>2105000000</x:v>
+        <x:v>735000000</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:20">
       <x:c r="A273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B273" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C273" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D273" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J273" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K273" s="0" t="n">
-        <x:v>87419023960</x:v>
+        <x:v>64050326000</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:20">
       <x:c r="A274" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B274" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="C274" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E274" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G274" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J274" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="D274" s="0" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="K274" s="0" t="n">
-        <x:v>1275251000</x:v>
+        <x:v>7565000000</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:20">
       <x:c r="A275" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B275" s="0" t="n">
-        <x:v>2029</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="C275" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D275" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D275" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J275" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K275" s="0" t="n">
-        <x:v>57056646250</x:v>
+        <x:v>41428000000</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:20">
       <x:c r="A276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B276" s="0" t="n">
-        <x:v>2030</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="C276" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D276" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J276" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K276" s="0" t="n">
-        <x:v>28185400000</x:v>
+        <x:v>7300000000</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:20">
       <x:c r="A277" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B277" s="0" t="n">
-        <x:v>2032</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C277" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D277" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J277" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K277" s="0" t="n">
-        <x:v>24478600000</x:v>
+        <x:v>36844945000</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:20">
       <x:c r="A278" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B278" s="0" t="n">
-        <x:v>2034</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C278" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D278" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J278" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K278" s="0" t="n">
-        <x:v>34570000000</x:v>
+        <x:v>984160000</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:20">
       <x:c r="A279" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B279" s="0" t="n">
-        <x:v>2036</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C279" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D279" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J279" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K279" s="0" t="n">
-        <x:v>500000000</x:v>
+        <x:v>499000000</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:20">
       <x:c r="A280" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B280" s="0" t="n">
-        <x:v>2040</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="C280" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D280" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J280" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K280" s="0" t="n">
-        <x:v>1996258230</x:v>
+        <x:v>18821975200</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:20">
       <x:c r="A281" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B281" s="0" t="n">
-        <x:v>2040</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="C281" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D281" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J281" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K281" s="0" t="n">
-        <x:v>676476500</x:v>
+        <x:v>24935700000</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:20">
       <x:c r="A282" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B282" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="C282" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D282" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J282" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K282" s="0" t="n">
-        <x:v>4396400000</x:v>
+        <x:v>16483463460</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:20">
       <x:c r="A283" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B283" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="C283" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D283" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G283" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G283" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J283" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K283" s="0" t="n">
-        <x:v>172000000</x:v>
+        <x:v>20285000000</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:20">
       <x:c r="A284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B284" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="C284" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D284" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J284" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K284" s="0" t="n">
-        <x:v>5798000000</x:v>
+        <x:v>8699300000</x:v>
       </x:c>
       <x:c r="L284" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:20">
       <x:c r="A285" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B285" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="C285" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D285" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D285" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E285" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G285" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G285" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J285" s="0" t="n">
-        <x:v>674</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K285" s="0" t="n">
-        <x:v>19763492280</x:v>
+        <x:v>9520000000</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:20">
       <x:c r="A286" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B286" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="C286" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D286" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J286" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K286" s="0" t="n">
-        <x:v>78872904910</x:v>
+        <x:v>16986277980</x:v>
       </x:c>
       <x:c r="L286" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:20">
       <x:c r="A287" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B287" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C287" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D287" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J287" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K287" s="0" t="n">
-        <x:v>1500000</x:v>
+        <x:v>106000000</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:20">
       <x:c r="A288" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B288" s="0" t="n">
         <x:v>2026</x:v>
       </x:c>
       <x:c r="C288" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D288" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J288" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K288" s="0" t="n">
-        <x:v>76190876730</x:v>
+        <x:v>5798000000</x:v>
       </x:c>
       <x:c r="L288" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:20">
       <x:c r="A289" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B289" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C289" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D289" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J289" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K289" s="0" t="n">
-        <x:v>8222457000</x:v>
+        <x:v>4669800000</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:20">
       <x:c r="A290" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B290" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C290" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D290" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J290" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K290" s="0" t="n">
-        <x:v>19993800000</x:v>
+        <x:v>76190876730</x:v>
       </x:c>
       <x:c r="L290" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:20">
       <x:c r="A291" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B291" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C291" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D291" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J291" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K291" s="0" t="n">
-        <x:v>1026776000</x:v>
+        <x:v>2365885000</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:20">
       <x:c r="A292" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B292" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C292" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D292" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J292" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K292" s="0" t="n">
-        <x:v>56916367490</x:v>
+        <x:v>8222457000</x:v>
       </x:c>
       <x:c r="L292" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:20">
       <x:c r="A293" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B293" s="0" t="n">
-        <x:v>2029</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C293" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D293" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J293" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K293" s="0" t="n">
-        <x:v>1469500000</x:v>
+        <x:v>19993800000</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:20">
       <x:c r="A294" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B294" s="0" t="n">
-        <x:v>2029</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C294" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D294" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E294" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G294" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J294" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="E294" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K294" s="0" t="n">
-        <x:v>46603700000</x:v>
+        <x:v>1026776000</x:v>
       </x:c>
       <x:c r="L294" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:20">
       <x:c r="A295" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B295" s="0" t="n">
         <x:v>2029</x:v>
       </x:c>
       <x:c r="C295" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D295" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J295" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K295" s="0" t="n">
-        <x:v>37264700000</x:v>
+        <x:v>1469500000</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:20">
       <x:c r="A296" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B296" s="0" t="n">
-        <x:v>2030</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="C296" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D296" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J296" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K296" s="0" t="n">
-        <x:v>21935700000</x:v>
+        <x:v>46603700000</x:v>
       </x:c>
       <x:c r="L296" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:20">
       <x:c r="A297" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B297" s="0" t="n">
-        <x:v>2031</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="C297" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D297" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J297" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="J297" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K297" s="0" t="n">
-        <x:v>5000000</x:v>
+        <x:v>37264700000</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:20">
       <x:c r="A298" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B298" s="0" t="n">
         <x:v>2031</x:v>
       </x:c>
       <x:c r="C298" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D298" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J298" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K298" s="0" t="n">
-        <x:v>24251000000</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:20">
       <x:c r="A299" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B299" s="0" t="n">
-        <x:v>2032</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="C299" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D299" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J299" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K299" s="0" t="n">
-        <x:v>1300000000</x:v>
+        <x:v>24251000000</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:20">
       <x:c r="A300" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B300" s="0" t="n">
-        <x:v>2033</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="C300" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D300" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E300" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G300" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J300" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E300" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K300" s="0" t="n">
-        <x:v>7751800000</x:v>
+        <x:v>1300000000</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:20">
       <x:c r="A301" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B301" s="0" t="n">
         <x:v>2033</x:v>
       </x:c>
       <x:c r="C301" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D301" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J301" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K301" s="0" t="n">
-        <x:v>1781413000</x:v>
+        <x:v>7751800000</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:20">
       <x:c r="A302" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B302" s="0" t="n">
-        <x:v>2034</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="C302" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D302" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J302" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K302" s="0" t="n">
-        <x:v>261919000</x:v>
+        <x:v>1781413000</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:20">
       <x:c r="A303" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B303" s="0" t="n">
-        <x:v>2110</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="C303" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D303" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J303" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K303" s="0" t="n">
-        <x:v>4000000000</x:v>
+        <x:v>261919000</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:20">
       <x:c r="A304" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B304" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="C304" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D304" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J304" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K304" s="0" t="n">
-        <x:v>1706700000</x:v>
+        <x:v>5871300000</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:20">
       <x:c r="A305" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B305" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="C305" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D305" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E305" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G305" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J305" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E305" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K305" s="0" t="n">
-        <x:v>1719200000</x:v>
+        <x:v>4000000000</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:20">
       <x:c r="A306" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B306" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C306" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D306" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J306" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="K306" s="0" t="n">
-        <x:v>74021120000</x:v>
+        <x:v>43106167520</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:20">
       <x:c r="A307" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B307" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C307" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D307" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J307" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K307" s="0" t="n">
-        <x:v>64448931590</x:v>
+        <x:v>78869904910</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:20">
       <x:c r="A308" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B308" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C308" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D308" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J308" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K308" s="0" t="n">
-        <x:v>17000000</x:v>
+        <x:v>10576673770</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:20">
       <x:c r="A309" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B309" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C309" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D309" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E309" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G309" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J309" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E309" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K309" s="0" t="n">
-        <x:v>26050000</x:v>
+        <x:v>1719200000</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:20">
       <x:c r="A310" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B310" s="0" t="n">
-        <x:v>2030</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C310" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D310" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J310" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K310" s="0" t="n">
-        <x:v>3000000000</x:v>
+        <x:v>6090710000</x:v>
       </x:c>
       <x:c r="L310" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:20">
       <x:c r="A311" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B311" s="0" t="n">
-        <x:v>2031</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C311" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D311" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J311" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K311" s="0" t="n">
-        <x:v>1250000000</x:v>
+        <x:v>74021120000</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:20">
       <x:c r="A312" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B312" s="0" t="n">
-        <x:v>2033</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C312" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D312" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J312" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="K312" s="0" t="n">
-        <x:v>481339000</x:v>
+        <x:v>64448931590</x:v>
       </x:c>
       <x:c r="L312" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:20">
       <x:c r="A313" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B313" s="0" t="n">
-        <x:v>2035</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C313" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D313" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J313" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K313" s="0" t="n">
-        <x:v>11395000000</x:v>
+        <x:v>17000000</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:20">
       <x:c r="A314" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B314" s="0" t="n">
-        <x:v>2037</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C314" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D314" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E314" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G314" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J314" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="E314" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K314" s="0" t="n">
-        <x:v>4000000000</x:v>
+        <x:v>26050000</x:v>
       </x:c>
       <x:c r="L314" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:20">
       <x:c r="A315" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B315" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="C315" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D315" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J315" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K315" s="0" t="n">
-        <x:v>255970800</x:v>
+        <x:v>3000000000</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:20">
       <x:c r="A316" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B316" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="C316" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D316" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E316" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G316" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J316" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E316" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K316" s="0" t="n">
-        <x:v>3354678250</x:v>
+        <x:v>1250000000</x:v>
       </x:c>
       <x:c r="L316" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:20">
       <x:c r="A317" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B317" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="C317" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D317" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J317" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K317" s="0" t="n">
-        <x:v>1576300000</x:v>
+        <x:v>481339000</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:20">
       <x:c r="A318" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B318" s="0" t="n">
-        <x:v>2026</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="C318" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D318" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J318" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K318" s="0" t="n">
-        <x:v>3835400000</x:v>
+        <x:v>11395000000</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:20">
       <x:c r="A319" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B319" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="C319" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D319" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J319" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K319" s="0" t="n">
-        <x:v>261417980</x:v>
+        <x:v>4000000000</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:20">
       <x:c r="A320" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B320" s="0" t="n">
-        <x:v>2027</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C320" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D320" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J320" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K320" s="0" t="n">
-        <x:v>7575421000</x:v>
+        <x:v>3686400000</x:v>
       </x:c>
       <x:c r="L320" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:20">
       <x:c r="A321" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B321" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C321" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D321" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J321" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K321" s="0" t="n">
-        <x:v>154700000</x:v>
+        <x:v>223970800</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:20">
       <x:c r="A322" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B322" s="0" t="n">
-        <x:v>2028</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C322" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D322" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J322" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K322" s="0" t="n">
-        <x:v>28388700000</x:v>
+        <x:v>66966842000</x:v>
       </x:c>
       <x:c r="L322" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:20">
       <x:c r="A323" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B323" s="0" t="n">
-        <x:v>2030</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C323" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D323" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J323" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="K323" s="0" t="n">
-        <x:v>101697000</x:v>
+        <x:v>22749359110</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:20">
       <x:c r="A324" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B324" s="0" t="n">
-        <x:v>2033</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C324" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D324" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J324" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K324" s="0" t="n">
-        <x:v>14200000000</x:v>
+        <x:v>1573800000</x:v>
       </x:c>
       <x:c r="L324" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:20">
       <x:c r="A325" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B325" s="0" t="n">
-        <x:v>2034</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C325" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D325" s="0" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J325" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K325" s="0" t="n">
-        <x:v>11798100000</x:v>
+        <x:v>2105000000</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:20">
       <x:c r="A326" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B326" s="0" t="n">
-        <x:v>2034</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C326" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D326" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J326" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K326" s="0" t="n">
-        <x:v>20400000000</x:v>
+        <x:v>87419023960</x:v>
       </x:c>
       <x:c r="L326" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:20">
       <x:c r="A327" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B327" s="0" t="n">
-        <x:v>2035</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C327" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D327" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J327" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K327" s="0" t="n">
-        <x:v>796896000</x:v>
+        <x:v>1275251000</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:20">
       <x:c r="A328" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B328" s="0" t="n">
-        <x:v>2038</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C328" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D328" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D328" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J328" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="0" t="n">
-        <x:v>1490000000</x:v>
+        <x:v>52417667490</x:v>
       </x:c>
       <x:c r="L328" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:20">
       <x:c r="A329" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B329" s="0" t="n">
-        <x:v>2041</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="C329" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D329" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J329" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="J329" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K329" s="0" t="n">
-        <x:v>3840000000</x:v>
+        <x:v>57056646250</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:20">
       <x:c r="A330" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B330" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="C330" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D330" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E330" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>479</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J330" s="0" t="n">
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K330" s="0" t="n">
-        <x:v>528667817000</x:v>
+        <x:v>28185400000</x:v>
       </x:c>
       <x:c r="L330" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:20">
       <x:c r="A331" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B331" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="C331" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="D331" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E331" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J331" s="0" t="n">
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K331" s="0" t="n">
-        <x:v>863183603055</x:v>
+        <x:v>24478600000</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:20">
       <x:c r="A332" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B332" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="C332" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D332" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E332" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>23</x:v>
-[...5 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J332" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="K332" s="0" t="n">
+        <x:v>34570000000</x:v>
       </x:c>
       <x:c r="L332" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:20">
       <x:c r="A333" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B333" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="C333" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D333" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E333" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>16</x:v>
-[...5 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J333" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K333" s="0" t="n">
-        <x:v>5318215000</x:v>
+        <x:v>500000000</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:20">
       <x:c r="A334" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B334" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="C334" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="D334" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E334" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>14</x:v>
-[...5 lines deleted...]
-        <x:v>19743</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J334" s="0" t="n">
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K334" s="0" t="n">
-        <x:v>115419490000</x:v>
+        <x:v>1996258230</x:v>
       </x:c>
       <x:c r="L334" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:20">
       <x:c r="A335" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B335" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="C335" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D335" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E335" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>14</x:v>
-[...5 lines deleted...]
-        <x:v>8</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J335" s="0" t="n">
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K335" s="0" t="n">
-        <x:v>4308580000</x:v>
+        <x:v>676476500</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:20">
       <x:c r="A336" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B336" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C336" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D336" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E336" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>420</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J336" s="0" t="n">
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K336" s="0" t="n">
-        <x:v>558034278000</x:v>
+        <x:v>3354678250</x:v>
       </x:c>
       <x:c r="L336" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:20">
       <x:c r="A337" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B337" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C337" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D337" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E337" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>16</x:v>
-[...5 lines deleted...]
-        <x:v>4</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J337" s="0" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K337" s="0" t="n">
-        <x:v>89000000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:20">
       <x:c r="A338" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B338" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="C338" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D338" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E338" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>16</x:v>
-[...5 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J338" s="0" t="n">
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K338" s="0" t="n">
-        <x:v>602975200</x:v>
+        <x:v>3835400000</x:v>
       </x:c>
       <x:c r="L338" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:20">
       <x:c r="A339" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B339" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C339" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D339" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E339" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>428</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J339" s="0" t="n">
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K339" s="0" t="n">
-        <x:v>225961752400</x:v>
+        <x:v>67315277820</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:20">
       <x:c r="A340" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B340" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C340" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D340" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E340" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>77</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J340" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K340" s="0" t="n">
-        <x:v>822447569805</x:v>
+        <x:v>261417980</x:v>
       </x:c>
       <x:c r="L340" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:20">
       <x:c r="A341" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B341" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C341" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D341" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E341" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>23</x:v>
-[...5 lines deleted...]
-        <x:v>1</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J341" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="K341" s="0" t="n">
+        <x:v>7526100000</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:20">
       <x:c r="A342" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B342" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C342" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D342" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E342" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>16</x:v>
-[...5 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J342" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K342" s="0" t="n">
-        <x:v>55000000</x:v>
+        <x:v>154700000</x:v>
       </x:c>
       <x:c r="L342" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:20">
       <x:c r="A343" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B343" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C343" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D343" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E343" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>16</x:v>
-[...5 lines deleted...]
-        <x:v>71</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J343" s="0" t="n">
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K343" s="0" t="n">
-        <x:v>594021000</x:v>
+        <x:v>28388700000</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:20">
       <x:c r="A344" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B344" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="C344" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="D344" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E344" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>16</x:v>
-[...4 lines deleted...]
-      <x:c r="I344" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J344" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K344" s="0" t="n">
-        <x:v>5000000</x:v>
+        <x:v>101697000</x:v>
       </x:c>
       <x:c r="L344" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:20">
       <x:c r="A345" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B345" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="C345" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="D345" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E345" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>16</x:v>
-[...5 lines deleted...]
-        <x:v>1</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J345" s="0" t="n">
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K345" s="0" t="n">
-        <x:v>18100000</x:v>
+        <x:v>14200000000</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:20">
       <x:c r="A346" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B346" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="C346" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D346" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E346" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G346" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J346" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="G346" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K346" s="0" t="n">
-        <x:v>6160890132</x:v>
+        <x:v>11798100000</x:v>
       </x:c>
       <x:c r="L346" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:20">
       <x:c r="A347" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B347" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="C347" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D347" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="E347" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>326</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J347" s="0" t="n">
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K347" s="0" t="n">
-        <x:v>480998379000</x:v>
+        <x:v>20400000000</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:20">
       <x:c r="A348" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B348" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="C348" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D348" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E348" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J348" s="0" t="n">
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K348" s="0" t="n">
-        <x:v>338045050000</x:v>
+        <x:v>796896000</x:v>
       </x:c>
       <x:c r="L348" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:20">
       <x:c r="A349" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B349" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="C349" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D349" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E349" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>14</x:v>
-[...5 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J349" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K349" s="0" t="n">
-        <x:v>9143000000</x:v>
+        <x:v>1490000000</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:20">
       <x:c r="A350" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B350" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="C350" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D350" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E350" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>402</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J350" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K350" s="0" t="n">
-        <x:v>188062942045</x:v>
+        <x:v>3840000000</x:v>
       </x:c>
       <x:c r="L350" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:20">
       <x:c r="A351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B351" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C351" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I351" s="0" t="n">
-        <x:v>533</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K351" s="0" t="n">
-        <x:v>487948376960</x:v>
+        <x:v>69000000</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:20">
       <x:c r="A352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B352" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C352" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I352" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="K352" s="0" t="n">
+        <x:v>6019839000</x:v>
       </x:c>
       <x:c r="L352" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:20">
       <x:c r="A353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B353" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C353" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I353" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="K353" s="0" t="n">
-        <x:v>691100000</x:v>
+        <x:v>199494233675</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:20">
       <x:c r="A354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B354" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C354" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I354" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="K354" s="0" t="n">
-        <x:v>22020998800</x:v>
+        <x:v>502715774420</x:v>
       </x:c>
       <x:c r="L354" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:20">
       <x:c r="A355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B355" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C355" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I355" s="0" t="n">
-        <x:v>4</x:v>
-[...2 lines deleted...]
-        <x:v>1900000000</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:20">
       <x:c r="A356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B356" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C356" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I356" s="0" t="n">
-        <x:v>15811</x:v>
+        <x:v>20105</x:v>
       </x:c>
       <x:c r="K356" s="0" t="n">
-        <x:v>78837781004</x:v>
+        <x:v>117747138560.17</x:v>
       </x:c>
       <x:c r="L356" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:20">
       <x:c r="A357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B357" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C357" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="I357" s="0" t="n">
-        <x:v>439</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K357" s="0" t="n">
-        <x:v>276509277700</x:v>
+        <x:v>15271627500</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:20">
       <x:c r="A358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B358" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C358" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I358" s="0" t="n">
-        <x:v>1684</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K358" s="0" t="n">
-        <x:v>186668473215</x:v>
+        <x:v>20619561000</x:v>
       </x:c>
       <x:c r="L358" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:20">
       <x:c r="A359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B359" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C359" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I359" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K359" s="0" t="n">
-        <x:v>322457274800</x:v>
+        <x:v>219200000</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:20">
       <x:c r="A360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B360" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C360" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I360" s="0" t="n">
-        <x:v>485</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="L360" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:20">
       <x:c r="A361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B361" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C361" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I361" s="0" t="n">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v>36000000</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:20">
       <x:c r="A362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B362" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C362" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I362" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K362" s="0" t="n">
-        <x:v>55000000</x:v>
+        <x:v>1601400000</x:v>
       </x:c>
       <x:c r="L362" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:20">
       <x:c r="A363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B363" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C363" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="I363" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K363" s="0" t="n">
-        <x:v>5000000</x:v>
+        <x:v>515100000</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:20">
       <x:c r="A364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B364" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C364" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I364" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K364" s="0" t="n">
-        <x:v>196272000</x:v>
+        <x:v>521795077000</x:v>
       </x:c>
       <x:c r="L364" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:20">
       <x:c r="A365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B365" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C365" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I365" s="0" t="n">
-        <x:v>494</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="K365" s="0" t="n">
-        <x:v>28148436610</x:v>
+        <x:v>169786370760</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:20">
       <x:c r="A366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B366" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C366" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I366" s="0" t="n">
-        <x:v>62</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K366" s="0" t="n">
-        <x:v>363330802000</x:v>
+        <x:v>299796800</x:v>
       </x:c>
       <x:c r="L366" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:20">
       <x:c r="A367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B367" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C367" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I367" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="K367" s="0" t="n">
-        <x:v>69998900000</x:v>
+        <x:v>5509834400</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:20">
       <x:c r="A368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B368" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C368" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I368" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K368" s="0" t="n">
-        <x:v>15226778000</x:v>
+        <x:v>171850500</x:v>
       </x:c>
       <x:c r="L368" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:20">
       <x:c r="A369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B369" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C369" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I369" s="0" t="n">
-        <x:v>33157</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K369" s="0" t="n">
-        <x:v>127142239500</x:v>
+        <x:v>528667817000</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:20">
       <x:c r="A370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B370" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C370" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I370" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K370" s="0" t="n">
-        <x:v>18000000</x:v>
+        <x:v>863183603055</x:v>
       </x:c>
       <x:c r="L370" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:20">
       <x:c r="A371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B371" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C371" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I371" s="0" t="n">
-        <x:v>520</x:v>
-[...2 lines deleted...]
-        <x:v>24039478610</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:20">
       <x:c r="A372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B372" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C372" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I372" s="0" t="n">
-        <x:v>1770</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K372" s="0" t="n">
-        <x:v>178971043535</x:v>
+        <x:v>5318215000</x:v>
       </x:c>
       <x:c r="L372" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:20">
       <x:c r="A373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B373" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C373" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I373" s="0" t="n">
-        <x:v>213998</x:v>
+        <x:v>19743</x:v>
       </x:c>
       <x:c r="K373" s="0" t="n">
-        <x:v>1341218910630</x:v>
+        <x:v>115419490000</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:20">
       <x:c r="A374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B374" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C374" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I374" s="0" t="n">
-        <x:v>117</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K374" s="0" t="n">
-        <x:v>77240340000</x:v>
+        <x:v>4308580000</x:v>
       </x:c>
       <x:c r="L374" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:20">
       <x:c r="A375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B375" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C375" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I375" s="0" t="n">
-        <x:v>30156</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K375" s="0" t="n">
-        <x:v>115174586500</x:v>
+        <x:v>558034278000</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:20">
       <x:c r="A376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B376" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C376" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I376" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K376" s="0" t="n">
-        <x:v>257260000</x:v>
+        <x:v>89000000</x:v>
       </x:c>
       <x:c r="L376" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:20">
       <x:c r="A377" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B377" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C377" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I377" s="0" t="n">
-        <x:v>207346</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K377" s="0" t="n">
-        <x:v>1453789976840</x:v>
+        <x:v>602975200</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:20">
       <x:c r="A378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B378" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C378" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I378" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="K378" s="0" t="n">
-        <x:v>226648000</x:v>
+        <x:v>225961752400</x:v>
       </x:c>
       <x:c r="L378" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:20">
       <x:c r="A379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B379" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C379" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I379" s="0" t="n">
-        <x:v>18339</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K379" s="0" t="n">
-        <x:v>102198184600</x:v>
+        <x:v>822447569805</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:20">
       <x:c r="A380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B380" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C380" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I380" s="0" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v>203200000</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L380" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:20">
       <x:c r="A381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B381" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C381" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I381" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="K381" s="0" t="n">
+        <x:v>55000000</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:20">
       <x:c r="A382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B382" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C382" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I382" s="0" t="n">
-        <x:v>32678</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K382" s="0" t="n">
-        <x:v>93310579200</x:v>
+        <x:v>594021000</x:v>
       </x:c>
       <x:c r="L382" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:20">
       <x:c r="A383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B383" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C383" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I383" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K383" s="0" t="n">
-        <x:v>69000000</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:20">
       <x:c r="A384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B384" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C384" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I384" s="0" t="n">
-        <x:v>214</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K384" s="0" t="n">
-        <x:v>6019839000</x:v>
+        <x:v>18100000</x:v>
       </x:c>
       <x:c r="L384" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:20">
       <x:c r="A385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B385" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C385" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I385" s="0" t="n">
-        <x:v>1758</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K385" s="0" t="n">
-        <x:v>199494233675</x:v>
+        <x:v>6160890132</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:20">
       <x:c r="A386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B386" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C386" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I386" s="0" t="n">
-        <x:v>717</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="K386" s="0" t="n">
-        <x:v>502715774420</x:v>
+        <x:v>480998379000</x:v>
       </x:c>
       <x:c r="L386" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:20">
       <x:c r="A387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B387" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C387" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I387" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="K387" s="0" t="n">
+        <x:v>338045050000</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:20">
       <x:c r="A388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B388" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C388" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I388" s="0" t="n">
-        <x:v>20105</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K388" s="0" t="n">
-        <x:v>117747138560.17</x:v>
+        <x:v>9143000000</x:v>
       </x:c>
       <x:c r="L388" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:20">
       <x:c r="A389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B389" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C389" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I389" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="K389" s="0" t="n">
-        <x:v>15271627500</x:v>
+        <x:v>188062942045</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:20">
       <x:c r="A390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B390" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C390" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I390" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="K390" s="0" t="n">
-        <x:v>20619561000</x:v>
+        <x:v>487948376960</x:v>
       </x:c>
       <x:c r="L390" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:20">
       <x:c r="A391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B391" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C391" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I391" s="0" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v>219200000</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:20">
       <x:c r="A392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B392" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C392" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I392" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K392" s="0" t="n">
+        <x:v>691100000</x:v>
       </x:c>
       <x:c r="L392" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:20">
       <x:c r="A393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B393" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C393" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I393" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="K393" s="0" t="n">
+        <x:v>22020998800</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:20">
       <x:c r="A394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B394" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C394" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I394" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K394" s="0" t="n">
-        <x:v>1601400000</x:v>
+        <x:v>1900000000</x:v>
       </x:c>
       <x:c r="L394" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:20">
       <x:c r="A395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B395" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C395" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I395" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>15811</x:v>
       </x:c>
       <x:c r="K395" s="0" t="n">
-        <x:v>515100000</x:v>
+        <x:v>78837781004</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:20">
       <x:c r="A396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B396" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C396" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I396" s="0" t="n">
-        <x:v>482</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K396" s="0" t="n">
-        <x:v>521795077000</x:v>
+        <x:v>276509277700</x:v>
       </x:c>
       <x:c r="L396" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:20">
       <x:c r="A397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B397" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C397" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I397" s="0" t="n">
-        <x:v>1876</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="K397" s="0" t="n">
-        <x:v>169786370760</x:v>
+        <x:v>186668473215</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:20">
       <x:c r="A398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B398" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C398" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I398" s="0" t="n">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K398" s="0" t="n">
-        <x:v>299796800</x:v>
+        <x:v>322457274800</x:v>
       </x:c>
       <x:c r="L398" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:20">
       <x:c r="A399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B399" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C399" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I399" s="0" t="n">
-        <x:v>297</x:v>
-[...2 lines deleted...]
-        <x:v>5509834400</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:20">
       <x:c r="A400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B400" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C400" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I400" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K400" s="0" t="n">
-        <x:v>171850500</x:v>
+        <x:v>36000000</x:v>
       </x:c>
       <x:c r="L400" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:20">
       <x:c r="A401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B401" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C401" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I401" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K401" s="0" t="n">
-        <x:v>95000000</x:v>
+        <x:v>55000000</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:20">
       <x:c r="A402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B402" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C402" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I402" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K402" s="0" t="n">
-        <x:v>1120000000</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="L402" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:20">
       <x:c r="A403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B403" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C403" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I403" s="0" t="n">
-        <x:v>203757</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K403" s="0" t="n">
-        <x:v>1492260920490</x:v>
+        <x:v>196272000</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:20">
       <x:c r="A404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B404" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C404" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I404" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="K404" s="0" t="n">
-        <x:v>19948303200</x:v>
+        <x:v>28148436610</x:v>
       </x:c>
       <x:c r="L404" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:20">
       <x:c r="A405" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B405" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C405" s="0" t="n">
-        <x:v>12</x:v>
-[...5 lines deleted...]
-        <x:v>21</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I405" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="J405" s="0" t="n">
+        <x:v>4261</x:v>
       </x:c>
       <x:c r="K405" s="0" t="n">
-        <x:v>1120000000</x:v>
+        <x:v>4761920.54982</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:20">
       <x:c r="A406" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B406" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C406" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I406" s="0" t="n">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J406" s="0" t="n">
-        <x:v>4261</x:v>
+        <x:v>4411</x:v>
       </x:c>
       <x:c r="K406" s="0" t="n">
-        <x:v>4761920.54982</x:v>
+        <x:v>4775610.69427</x:v>
       </x:c>
       <x:c r="L406" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:20">
       <x:c r="A407" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B407" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C407" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I407" s="0" t="n">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J407" s="0" t="n">
-        <x:v>4411</x:v>
+        <x:v>4822</x:v>
       </x:c>
       <x:c r="K407" s="0" t="n">
-        <x:v>4775610.69427</x:v>
+        <x:v>4820660.4393</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:20">
       <x:c r="A408" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B408" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C408" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I408" s="0" t="n">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J408" s="0" t="n">
-        <x:v>4822</x:v>
+        <x:v>5144</x:v>
       </x:c>
       <x:c r="K408" s="0" t="n">
-        <x:v>4820660.4393</x:v>
+        <x:v>4844364.28177</x:v>
       </x:c>
       <x:c r="L408" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:20">
       <x:c r="A409" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B409" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C409" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I409" s="0" t="n">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J409" s="0" t="n">
-        <x:v>5144</x:v>
+        <x:v>5522</x:v>
       </x:c>
       <x:c r="K409" s="0" t="n">
-        <x:v>4844364.28177</x:v>
+        <x:v>4900326.75104</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:20">
       <x:c r="A410" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B410" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C410" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I410" s="0" t="n">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="J410" s="0" t="n">
-        <x:v>5522</x:v>
+        <x:v>5952</x:v>
       </x:c>
       <x:c r="K410" s="0" t="n">
-        <x:v>4900326.75104</x:v>
+        <x:v>5015220.33971</x:v>
       </x:c>
       <x:c r="L410" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:20">
       <x:c r="A411" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B411" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C411" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I411" s="0" t="n">
-        <x:v>399</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J411" s="0" t="n">
-        <x:v>5952</x:v>
+        <x:v>5871</x:v>
       </x:c>
       <x:c r="K411" s="0" t="n">
-        <x:v>5015220.33971</x:v>
+        <x:v>5039314.6568</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:20">
       <x:c r="A412" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B412" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C412" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I412" s="0" t="n">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J412" s="0" t="n">
-        <x:v>5871</x:v>
+        <x:v>5976</x:v>
       </x:c>
       <x:c r="K412" s="0" t="n">
-        <x:v>5039314.6568</x:v>
+        <x:v>5076296.85362</x:v>
       </x:c>
       <x:c r="L412" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:20">
       <x:c r="A413" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B413" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C413" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I413" s="0" t="n">
-        <x:v>398</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J413" s="0" t="n">
-        <x:v>5976</x:v>
+        <x:v>6378</x:v>
       </x:c>
       <x:c r="K413" s="0" t="n">
-        <x:v>5076296.85362</x:v>
+        <x:v>5188882.36874</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:20">
       <x:c r="A414" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B414" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C414" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="I414" s="0" t="n">
-        <x:v>390</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J414" s="0" t="n">
-        <x:v>6378</x:v>
+        <x:v>6699</x:v>
       </x:c>
       <x:c r="K414" s="0" t="n">
-        <x:v>5188882.36874</x:v>
+        <x:v>5219535.90203</x:v>
       </x:c>
       <x:c r="L414" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:20">
       <x:c r="A415" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B415" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C415" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I415" s="0" t="n">
-        <x:v>388</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J415" s="0" t="n">
-        <x:v>6699</x:v>
+        <x:v>11089</x:v>
       </x:c>
       <x:c r="K415" s="0" t="n">
-        <x:v>5219535.90203</x:v>
+        <x:v>5230374.42993</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:20">
       <x:c r="A416" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B416" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C416" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I416" s="0" t="n">
-        <x:v>405</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J416" s="0" t="n">
-        <x:v>11089</x:v>
+        <x:v>10805</x:v>
       </x:c>
       <x:c r="K416" s="0" t="n">
-        <x:v>5230374.42993</x:v>
+        <x:v>5224421.7999</x:v>
       </x:c>
       <x:c r="L416" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:20">
       <x:c r="A417" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B417" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C417" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I417" s="0" t="n">
-        <x:v>455</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J417" s="0" t="n">
-        <x:v>10805</x:v>
+        <x:v>11165</x:v>
       </x:c>
       <x:c r="K417" s="0" t="n">
-        <x:v>5224421.7999</x:v>
+        <x:v>5281788.86065</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:20">
       <x:c r="A418" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B418" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C418" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I418" s="0" t="n">
-        <x:v>418</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J418" s="0" t="n">
-        <x:v>11165</x:v>
+        <x:v>12560</x:v>
       </x:c>
       <x:c r="K418" s="0" t="n">
-        <x:v>5281788.86065</x:v>
+        <x:v>5296141.79887</x:v>
       </x:c>
       <x:c r="L418" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:20">
       <x:c r="A419" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B419" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C419" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I419" s="0" t="n">
-        <x:v>382</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J419" s="0" t="n">
-        <x:v>12560</x:v>
+        <x:v>13148</x:v>
       </x:c>
       <x:c r="K419" s="0" t="n">
-        <x:v>5296141.79887</x:v>
+        <x:v>5296557.07333</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:20">
       <x:c r="A420" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B420" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C420" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I420" s="0" t="n">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J420" s="0" t="n">
-        <x:v>13148</x:v>
+        <x:v>13487</x:v>
       </x:c>
       <x:c r="K420" s="0" t="n">
-        <x:v>5296557.07333</x:v>
+        <x:v>5364663.94257</x:v>
       </x:c>
       <x:c r="L420" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:20">
       <x:c r="A421" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B421" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C421" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I421" s="0" t="n">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J421" s="0" t="n">
-        <x:v>13487</x:v>
+        <x:v>13469</x:v>
       </x:c>
       <x:c r="K421" s="0" t="n">
-        <x:v>5364663.94257</x:v>
+        <x:v>8268696.86557</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:20">
       <x:c r="A422" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B422" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C422" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I422" s="0" t="n">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J422" s="0" t="n">
-        <x:v>13469</x:v>
+        <x:v>12156</x:v>
       </x:c>
       <x:c r="K422" s="0" t="n">
-        <x:v>8268696.86557</x:v>
+        <x:v>5523785.22935</x:v>
       </x:c>
       <x:c r="L422" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:20">
       <x:c r="A423" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B423" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C423" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I423" s="0" t="n">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J423" s="0" t="n">
-        <x:v>12156</x:v>
+        <x:v>11494</x:v>
       </x:c>
       <x:c r="K423" s="0" t="n">
-        <x:v>5523785.22935</x:v>
+        <x:v>5518187.24646</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:20">
       <x:c r="A424" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B424" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C424" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I424" s="0" t="n">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J424" s="0" t="n">
-        <x:v>11494</x:v>
+        <x:v>12585</x:v>
       </x:c>
       <x:c r="K424" s="0" t="n">
-        <x:v>5518187.24646</x:v>
+        <x:v>5555808.82179</x:v>
       </x:c>
       <x:c r="L424" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:20">
       <x:c r="A425" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B425" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C425" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I425" s="0" t="n">
-        <x:v>367</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J425" s="0" t="n">
-        <x:v>12585</x:v>
+        <x:v>12347</x:v>
       </x:c>
       <x:c r="K425" s="0" t="n">
-        <x:v>5555808.82179</x:v>
+        <x:v>5561700.54965</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:20">
       <x:c r="A426" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B426" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C426" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="I426" s="0" t="n">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J426" s="0" t="n">
-        <x:v>12347</x:v>
+        <x:v>11371</x:v>
       </x:c>
       <x:c r="K426" s="0" t="n">
-        <x:v>5561700.54965</x:v>
+        <x:v>5592808.05565</x:v>
       </x:c>
       <x:c r="L426" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:20">
       <x:c r="A427" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B427" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C427" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I427" s="0" t="n">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J427" s="0" t="n">
-        <x:v>11371</x:v>
+        <x:v>10953</x:v>
       </x:c>
       <x:c r="K427" s="0" t="n">
-        <x:v>5592808.05565</x:v>
+        <x:v>5616872.76326</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:20">
       <x:c r="A428" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B428" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C428" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I428" s="0" t="n">
-        <x:v>376</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J428" s="0" t="n">
-        <x:v>10953</x:v>
+        <x:v>10040</x:v>
       </x:c>
       <x:c r="K428" s="0" t="n">
-        <x:v>5616872.76326</x:v>
+        <x:v>5613383.74683</x:v>
       </x:c>
       <x:c r="L428" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:20">
       <x:c r="A429" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B429" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C429" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I429" s="0" t="n">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J429" s="0" t="n">
-        <x:v>10039</x:v>
+        <x:v>10052</x:v>
       </x:c>
       <x:c r="K429" s="0" t="n">
-        <x:v>5612863.74683</x:v>
+        <x:v>5657244.61556</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:20">
       <x:c r="A430" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B430" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C430" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I430" s="0" t="n">
-        <x:v>375</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J430" s="0" t="n">
-        <x:v>10051</x:v>
+        <x:v>9284</x:v>
       </x:c>
       <x:c r="K430" s="0" t="n">
-        <x:v>5656724.61556</x:v>
+        <x:v>5709807.51995</x:v>
       </x:c>
       <x:c r="L430" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:20">
       <x:c r="A431" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B431" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C431" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I431" s="0" t="n">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J431" s="0" t="n">
-        <x:v>9283</x:v>
+        <x:v>9210</x:v>
       </x:c>
       <x:c r="K431" s="0" t="n">
-        <x:v>5709287.51995</x:v>
+        <x:v>5743027.76878</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:20">
       <x:c r="A432" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B432" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C432" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I432" s="0" t="n">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J432" s="0" t="n">
-        <x:v>9209</x:v>
+        <x:v>9663</x:v>
       </x:c>
       <x:c r="K432" s="0" t="n">
-        <x:v>5742507.76878</x:v>
+        <x:v>5833888.5663</x:v>
       </x:c>
       <x:c r="L432" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:20">
       <x:c r="A433" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B433" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C433" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I433" s="0" t="n">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J433" s="0" t="n">
-        <x:v>9662</x:v>
+        <x:v>9863</x:v>
       </x:c>
       <x:c r="K433" s="0" t="n">
-        <x:v>5833368.5663</x:v>
+        <x:v>5893000.70404</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:20">
       <x:c r="A434" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B434" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C434" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I434" s="0" t="n">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J434" s="0" t="n">
-        <x:v>9862</x:v>
+        <x:v>10422</x:v>
       </x:c>
       <x:c r="K434" s="0" t="n">
-        <x:v>5892480.70404</x:v>
+        <x:v>5952658.047</x:v>
       </x:c>
       <x:c r="L434" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:20">
       <x:c r="A435" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B435" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C435" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I435" s="0" t="n">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J435" s="0" t="n">
-        <x:v>10421</x:v>
+        <x:v>8732</x:v>
       </x:c>
       <x:c r="K435" s="0" t="n">
-        <x:v>5952138.047</x:v>
+        <x:v>5949611.85771</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:20">
       <x:c r="A436" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B436" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C436" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I436" s="0" t="n">
-        <x:v>377</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J436" s="0" t="n">
-        <x:v>8731</x:v>
+        <x:v>8593</x:v>
       </x:c>
       <x:c r="K436" s="0" t="n">
-        <x:v>5949091.85771</x:v>
+        <x:v>5918698.43456</x:v>
       </x:c>
       <x:c r="L436" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:20">
       <x:c r="A437" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B437" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C437" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I437" s="0" t="n">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J437" s="0" t="n">
-        <x:v>8592</x:v>
+        <x:v>8607</x:v>
       </x:c>
       <x:c r="K437" s="0" t="n">
-        <x:v>5918178.43456</x:v>
+        <x:v>5921118.97026</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:20">
       <x:c r="A438" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B438" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C438" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="I438" s="0" t="n">
-        <x:v>400</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J438" s="0" t="n">
-        <x:v>8606</x:v>
+        <x:v>9187</x:v>
       </x:c>
       <x:c r="K438" s="0" t="n">
-        <x:v>5920598.97026</x:v>
+        <x:v>5869675.42285</x:v>
       </x:c>
       <x:c r="L438" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:20">
       <x:c r="A439" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B439" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C439" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I439" s="0" t="n">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J439" s="0" t="n">
-        <x:v>9186</x:v>
+        <x:v>9324</x:v>
       </x:c>
       <x:c r="K439" s="0" t="n">
-        <x:v>5869155.42285</x:v>
+        <x:v>5902181.764</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:20">
       <x:c r="A440" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B440" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C440" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I440" s="0" t="n">
-        <x:v>408</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J440" s="0" t="n">
-        <x:v>9323</x:v>
+        <x:v>9150</x:v>
       </x:c>
       <x:c r="K440" s="0" t="n">
-        <x:v>5901661.764</x:v>
+        <x:v>5926018.22595</x:v>
       </x:c>
       <x:c r="L440" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:20">
       <x:c r="A441" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B441" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C441" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I441" s="0" t="n">
-        <x:v>419</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J441" s="0" t="n">
-        <x:v>9149</x:v>
+        <x:v>9734</x:v>
       </x:c>
       <x:c r="K441" s="0" t="n">
-        <x:v>5925498.22595</x:v>
+        <x:v>5869018.63668</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:20">
       <x:c r="A442" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B442" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C442" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I442" s="0" t="n">
-        <x:v>411</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J442" s="0" t="n">
-        <x:v>9733</x:v>
+        <x:v>9580</x:v>
       </x:c>
       <x:c r="K442" s="0" t="n">
-        <x:v>5868498.63668</x:v>
+        <x:v>5906875.53609</x:v>
       </x:c>
       <x:c r="L442" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:20">
       <x:c r="A443" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B443" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C443" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I443" s="0" t="n">
-        <x:v>406</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J443" s="0" t="n">
-        <x:v>9579</x:v>
+        <x:v>8808</x:v>
       </x:c>
       <x:c r="K443" s="0" t="n">
-        <x:v>5906355.53609</x:v>
+        <x:v>5822830.7339</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:20">
       <x:c r="A444" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B444" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C444" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I444" s="0" t="n">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J444" s="0" t="n">
-        <x:v>8807</x:v>
+        <x:v>8883</x:v>
       </x:c>
       <x:c r="K444" s="0" t="n">
-        <x:v>5822310.7339</x:v>
+        <x:v>5791152.05253</x:v>
       </x:c>
       <x:c r="L444" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:20">
       <x:c r="A445" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B445" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C445" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I445" s="0" t="n">
-        <x:v>387</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J445" s="0" t="n">
-        <x:v>8882</x:v>
+        <x:v>10144</x:v>
       </x:c>
       <x:c r="K445" s="0" t="n">
-        <x:v>5790632.05253</x:v>
+        <x:v>5846245.05549</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:20">
       <x:c r="A446" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B446" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C446" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I446" s="0" t="n">
-        <x:v>400</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J446" s="0" t="n">
-        <x:v>10143</x:v>
+        <x:v>10473</x:v>
       </x:c>
       <x:c r="K446" s="0" t="n">
-        <x:v>5845725.05549</x:v>
+        <x:v>5772622.11847</x:v>
       </x:c>
       <x:c r="L446" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:20">
       <x:c r="A447" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B447" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C447" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I447" s="0" t="n">
-        <x:v>395</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J447" s="0" t="n">
-        <x:v>10472</x:v>
+        <x:v>10680</x:v>
       </x:c>
       <x:c r="K447" s="0" t="n">
-        <x:v>5772102.11847</x:v>
+        <x:v>5884695.49234</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:20">
       <x:c r="A448" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B448" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C448" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I448" s="0" t="n">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J448" s="0" t="n">
-        <x:v>10679</x:v>
+        <x:v>10500</x:v>
       </x:c>
       <x:c r="K448" s="0" t="n">
-        <x:v>5884175.49234</x:v>
+        <x:v>5857852.22112</x:v>
       </x:c>
       <x:c r="L448" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:20">
       <x:c r="A449" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B449" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C449" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I449" s="0" t="n">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J449" s="0" t="n">
-        <x:v>10499</x:v>
+        <x:v>10116</x:v>
       </x:c>
       <x:c r="K449" s="0" t="n">
-        <x:v>5857332.22112</x:v>
+        <x:v>5828404.89389</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:20">
       <x:c r="A450" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B450" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C450" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="I450" s="0" t="n">
-        <x:v>426</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J450" s="0" t="n">
-        <x:v>10115</x:v>
+        <x:v>10290</x:v>
       </x:c>
       <x:c r="K450" s="0" t="n">
-        <x:v>5827884.89389</x:v>
+        <x:v>5749951.85727</x:v>
       </x:c>
       <x:c r="L450" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:20">
       <x:c r="A451" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B451" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C451" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I451" s="0" t="n">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J451" s="0" t="n">
-        <x:v>10289</x:v>
+        <x:v>10142</x:v>
       </x:c>
       <x:c r="K451" s="0" t="n">
-        <x:v>5749431.85727</x:v>
+        <x:v>5747467.66237</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:20">
       <x:c r="A452" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B452" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C452" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I452" s="0" t="n">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J452" s="0" t="n">
-        <x:v>10141</x:v>
+        <x:v>9522</x:v>
       </x:c>
       <x:c r="K452" s="0" t="n">
-        <x:v>5746947.66237</x:v>
+        <x:v>5710176.29563</x:v>
       </x:c>
       <x:c r="L452" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:20">
       <x:c r="A453" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B453" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C453" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I453" s="0" t="n">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J453" s="0" t="n">
-        <x:v>9521</x:v>
+        <x:v>8958</x:v>
       </x:c>
       <x:c r="K453" s="0" t="n">
-        <x:v>5709656.29563</x:v>
+        <x:v>5716349.48349</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:20">
       <x:c r="A454" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B454" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C454" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I454" s="0" t="n">
-        <x:v>429</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J454" s="0" t="n">
-        <x:v>8957</x:v>
+        <x:v>8768</x:v>
       </x:c>
       <x:c r="K454" s="0" t="n">
-        <x:v>5715829.48349</x:v>
+        <x:v>5733829.32737</x:v>
       </x:c>
       <x:c r="L454" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:20">
       <x:c r="A455" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B455" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C455" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I455" s="0" t="n">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J455" s="0" t="n">
-        <x:v>8767</x:v>
+        <x:v>8287</x:v>
       </x:c>
       <x:c r="K455" s="0" t="n">
-        <x:v>5733309.32737</x:v>
+        <x:v>5751448.61823</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:20">
       <x:c r="A456" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B456" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C456" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I456" s="0" t="n">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J456" s="0" t="n">
-        <x:v>8286</x:v>
+        <x:v>7158</x:v>
       </x:c>
       <x:c r="K456" s="0" t="n">
-        <x:v>5750928.61823</x:v>
+        <x:v>5751310.49949</x:v>
       </x:c>
       <x:c r="L456" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:20">
       <x:c r="A457" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B457" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C457" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I457" s="0" t="n">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J457" s="0" t="n">
-        <x:v>7157</x:v>
+        <x:v>6833</x:v>
       </x:c>
       <x:c r="K457" s="0" t="n">
-        <x:v>5750790.49949</x:v>
+        <x:v>5751411.49965</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:20">
       <x:c r="A458" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B458" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C458" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I458" s="0" t="n">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J458" s="0" t="n">
-        <x:v>6832</x:v>
+        <x:v>6809</x:v>
       </x:c>
       <x:c r="K458" s="0" t="n">
-        <x:v>5750891.49965</x:v>
+        <x:v>5669727.79903</x:v>
       </x:c>
       <x:c r="L458" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:20">
       <x:c r="A459" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B459" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C459" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I459" s="0" t="n">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J459" s="0" t="n">
-        <x:v>6808</x:v>
+        <x:v>6892</x:v>
       </x:c>
       <x:c r="K459" s="0" t="n">
-        <x:v>5669207.79903</x:v>
+        <x:v>5656347.53817</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:20">
       <x:c r="A460" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B460" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C460" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I460" s="0" t="n">
-        <x:v>427</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="J460" s="0" t="n">
-        <x:v>6891</x:v>
+        <x:v>10546</x:v>
       </x:c>
       <x:c r="K460" s="0" t="n">
-        <x:v>5655827.53817</x:v>
+        <x:v>9717484.32595</x:v>
       </x:c>
       <x:c r="L460" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:20">
       <x:c r="A461" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B461" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C461" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I461" s="0" t="n">
-        <x:v>475</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J461" s="0" t="n">
-        <x:v>10545</x:v>
+        <x:v>7423</x:v>
       </x:c>
       <x:c r="K461" s="0" t="n">
-        <x:v>9716964.32595</x:v>
+        <x:v>5703655.08929</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:20">
       <x:c r="A462" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B462" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C462" s="0" t="n">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v>18</x:v>
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="I462" s="0" t="n">
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J462" s="0" t="n">
-        <x:v>772</x:v>
+        <x:v>7874</x:v>
       </x:c>
       <x:c r="K462" s="0" t="n">
-        <x:v>65430919410.8472</x:v>
+        <x:v>5759473.60066</x:v>
       </x:c>
       <x:c r="L462" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:20">
       <x:c r="A463" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B463" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C463" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J463" s="0" t="n">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K463" s="0" t="n">
-        <x:v>106326200000</x:v>
+        <x:v>94203500000</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:20">
       <x:c r="A464" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B464" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C464" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J464" s="0" t="n">
-        <x:v>59</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="K464" s="0" t="n">
-        <x:v>90402300000</x:v>
+        <x:v>77321809186.1519</x:v>
       </x:c>
       <x:c r="L464" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:20">
       <x:c r="A465" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B465" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C465" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J465" s="0" t="n">
-        <x:v>1292</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="K465" s="0" t="n">
-        <x:v>65058680041.57</x:v>
+        <x:v>71733268573.3282</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:20">
       <x:c r="A466" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B466" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C466" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J466" s="0" t="n">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K466" s="0" t="n">
-        <x:v>57451700000</x:v>
+        <x:v>28664826000</x:v>
       </x:c>
       <x:c r="L466" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:20">
       <x:c r="A467" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B467" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C467" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J467" s="0" t="n">
-        <x:v>3124</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K467" s="0" t="n">
-        <x:v>75073041623.9722</x:v>
+        <x:v>107742350000</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:20">
       <x:c r="A468" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B468" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C468" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J468" s="0" t="n">
-        <x:v>2342</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="K468" s="0" t="n">
-        <x:v>94573171998.7419</x:v>
+        <x:v>92194975929.02</x:v>
       </x:c>
       <x:c r="L468" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:20">
       <x:c r="A469" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B469" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C469" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J469" s="0" t="n">
-        <x:v>2002</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K469" s="0" t="n">
-        <x:v>92517187189.53</x:v>
+        <x:v>129586117750</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:20">
       <x:c r="A470" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B470" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C470" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J470" s="0" t="n">
-        <x:v>59</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="K470" s="0" t="n">
-        <x:v>131976615050</x:v>
+        <x:v>102826150818.01</x:v>
       </x:c>
       <x:c r="L470" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:20">
       <x:c r="A471" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B471" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C471" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J471" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>2496</x:v>
       </x:c>
       <x:c r="K471" s="0" t="n">
-        <x:v>38048514000</x:v>
+        <x:v>100043938494.447</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:20">
       <x:c r="A472" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B472" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C472" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J472" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K472" s="0" t="n">
-        <x:v>114674064675</x:v>
+        <x:v>95946000000</x:v>
       </x:c>
       <x:c r="L472" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:20">
       <x:c r="A473" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B473" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C473" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J473" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K473" s="0" t="n">
-        <x:v>76530609590</x:v>
+        <x:v>142136200000</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:20">
       <x:c r="A474" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B474" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C474" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J474" s="0" t="n">
-        <x:v>1754</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K474" s="0" t="n">
-        <x:v>70928792460.75</x:v>
+        <x:v>102957326300</x:v>
       </x:c>
       <x:c r="L474" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:20">
       <x:c r="A475" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B475" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C475" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J475" s="0" t="n">
-        <x:v>942</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="K475" s="0" t="n">
-        <x:v>56957676350.71</x:v>
+        <x:v>162826214311.03</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:20">
       <x:c r="A476" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B476" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C476" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J476" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="K476" s="0" t="n">
-        <x:v>88387293114</x:v>
+        <x:v>106962176094.742</x:v>
       </x:c>
       <x:c r="L476" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:20">
       <x:c r="A477" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B477" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C477" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J477" s="0" t="n">
-        <x:v>1329</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K477" s="0" t="n">
-        <x:v>57215293064.48</x:v>
+        <x:v>76461138000</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:20">
       <x:c r="A478" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B478" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C478" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J478" s="0" t="n">
-        <x:v>72</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="K478" s="0" t="n">
-        <x:v>94203500000</x:v>
+        <x:v>88196190744.818</x:v>
       </x:c>
       <x:c r="L478" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:20">
       <x:c r="A479" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B479" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C479" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J479" s="0" t="n">
-        <x:v>1889</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K479" s="0" t="n">
-        <x:v>77321809186.1519</x:v>
+        <x:v>95304808623.8361</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:20">
       <x:c r="A480" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B480" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C480" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J480" s="0" t="n">
-        <x:v>2281</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K480" s="0" t="n">
-        <x:v>71733268573.3282</x:v>
+        <x:v>39335571600</x:v>
       </x:c>
       <x:c r="L480" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:20">
       <x:c r="A481" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B481" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C481" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J481" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="K481" s="0" t="n">
-        <x:v>28664826000</x:v>
+        <x:v>73120799806.23</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:20">
       <x:c r="A482" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B482" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C482" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J482" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="K482" s="0" t="n">
-        <x:v>107742350000</x:v>
+        <x:v>63123430510.98</x:v>
       </x:c>
       <x:c r="L482" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:20">
       <x:c r="A483" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B483" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C483" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J483" s="0" t="n">
-        <x:v>2677</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="K483" s="0" t="n">
-        <x:v>92194975929.02</x:v>
+        <x:v>55884088892.57</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:20">
       <x:c r="A484" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B484" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C484" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J484" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K484" s="0" t="n">
-        <x:v>129586117750</x:v>
+        <x:v>45939200000</x:v>
       </x:c>
       <x:c r="L484" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:20">
       <x:c r="A485" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B485" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C485" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J485" s="0" t="n">
-        <x:v>2007</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K485" s="0" t="n">
-        <x:v>102826150818.01</x:v>
+        <x:v>96633028000.0994</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:20">
       <x:c r="A486" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B486" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C486" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J486" s="0" t="n">
-        <x:v>2496</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K486" s="0" t="n">
-        <x:v>100043938494.447</x:v>
+        <x:v>71480895667.333</x:v>
       </x:c>
       <x:c r="L486" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:20">
       <x:c r="A487" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B487" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C487" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J487" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K487" s="0" t="n">
-        <x:v>95946000000</x:v>
+        <x:v>88301900000</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:20">
       <x:c r="A488" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B488" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C488" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J488" s="0" t="n">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K488" s="0" t="n">
-        <x:v>142136200000</x:v>
+        <x:v>125907991890</x:v>
       </x:c>
       <x:c r="L488" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:20">
       <x:c r="A489" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B489" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C489" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J489" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="K489" s="0" t="n">
-        <x:v>102957326300</x:v>
+        <x:v>90423508527.3105</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:20">
       <x:c r="A490" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B490" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C490" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J490" s="0" t="n">
-        <x:v>1435</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K490" s="0" t="n">
-        <x:v>162826214311.03</x:v>
+        <x:v>45448704200</x:v>
       </x:c>
       <x:c r="L490" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:20">
       <x:c r="A491" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B491" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C491" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J491" s="0" t="n">
-        <x:v>1619</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K491" s="0" t="n">
-        <x:v>106962176094.742</x:v>
+        <x:v>107620844100</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:20">
       <x:c r="A492" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B492" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C492" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J492" s="0" t="n">
-        <x:v>46</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="K492" s="0" t="n">
-        <x:v>76461138000</x:v>
+        <x:v>106678502830.81</x:v>
       </x:c>
       <x:c r="L492" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:20">
       <x:c r="A493" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B493" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C493" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J493" s="0" t="n">
-        <x:v>2258</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K493" s="0" t="n">
-        <x:v>88196190744.818</x:v>
+        <x:v>92007929413.2077</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:20">
       <x:c r="A494" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B494" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C494" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J494" s="0" t="n">
-        <x:v>1450</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K494" s="0" t="n">
-        <x:v>95304808623.8361</x:v>
+        <x:v>93484967000</x:v>
       </x:c>
       <x:c r="L494" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:20">
       <x:c r="A495" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B495" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C495" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J495" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K495" s="0" t="n">
-        <x:v>39335571600</x:v>
+        <x:v>90814782005</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:20">
       <x:c r="A496" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B496" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C496" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J496" s="0" t="n">
-        <x:v>1814</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="K496" s="0" t="n">
-        <x:v>73120799806.23</x:v>
+        <x:v>58697238519.67</x:v>
       </x:c>
       <x:c r="L496" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:20">
       <x:c r="A497" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B497" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C497" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J497" s="0" t="n">
-        <x:v>2565</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K497" s="0" t="n">
-        <x:v>63123430510.98</x:v>
+        <x:v>120323936000</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:20">
       <x:c r="A498" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B498" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C498" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J498" s="0" t="n">
-        <x:v>1213</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="K498" s="0" t="n">
-        <x:v>55884088892.57</x:v>
+        <x:v>62922871118.31</x:v>
       </x:c>
       <x:c r="L498" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:20">
       <x:c r="A499" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B499" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C499" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J499" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K499" s="0" t="n">
-        <x:v>45939200000</x:v>
+        <x:v>76060456390</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:20">
       <x:c r="A500" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B500" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C500" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J500" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K500" s="0" t="n">
-        <x:v>96633028000.0994</x:v>
+        <x:v>69133644108.4</x:v>
       </x:c>
       <x:c r="L500" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:20">
       <x:c r="A501" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B501" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C501" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J501" s="0" t="n">
-        <x:v>1257</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="K501" s="0" t="n">
-        <x:v>71480895667.333</x:v>
+        <x:v>54323572648.3</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:20">
       <x:c r="A502" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B502" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C502" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J502" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="K502" s="0" t="n">
-        <x:v>101583900000</x:v>
+        <x:v>69930694477.88</x:v>
       </x:c>
       <x:c r="L502" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:20">
       <x:c r="A503" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B503" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C503" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J503" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>2731</x:v>
       </x:c>
       <x:c r="K503" s="0" t="n">
-        <x:v>88301900000</x:v>
+        <x:v>77145239373.2228</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:20">
       <x:c r="A504" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B504" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C504" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J504" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="K504" s="0" t="n">
-        <x:v>138852149295.619</x:v>
+        <x:v>83661455735.24</x:v>
       </x:c>
       <x:c r="L504" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:20">
       <x:c r="A505" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B505" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C505" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J505" s="0" t="n">
-        <x:v>103</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K505" s="0" t="n">
-        <x:v>125907991890</x:v>
+        <x:v>173852149295.619</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:20">
       <x:c r="A506" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B506" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C506" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J506" s="0" t="n">
-        <x:v>2121</x:v>
+        <x:v>3487</x:v>
       </x:c>
       <x:c r="K506" s="0" t="n">
-        <x:v>90423508527.3105</x:v>
+        <x:v>102411409894.65</x:v>
       </x:c>
       <x:c r="L506" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:20">
       <x:c r="A507" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B507" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C507" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J507" s="0" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K507" s="0" t="n">
-        <x:v>45448704200</x:v>
+        <x:v>80148933440</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:20">
       <x:c r="A508" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B508" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C508" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J508" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>2854</x:v>
       </x:c>
       <x:c r="K508" s="0" t="n">
-        <x:v>107620844100</x:v>
+        <x:v>137756912724.81</x:v>
       </x:c>
       <x:c r="L508" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:20">
       <x:c r="A509" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B509" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C509" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J509" s="0" t="n">
-        <x:v>1746</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K509" s="0" t="n">
-        <x:v>106678502830.81</x:v>
+        <x:v>98904724600</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:20">
       <x:c r="A510" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B510" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C510" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J510" s="0" t="n">
-        <x:v>1694</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="K510" s="0" t="n">
-        <x:v>92007929413.2077</x:v>
+        <x:v>87874915392.9311</x:v>
       </x:c>
       <x:c r="L510" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:20">
       <x:c r="A511" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B511" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C511" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J511" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="K511" s="0" t="n">
-        <x:v>93484967000</x:v>
+        <x:v>72357291417.61</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:20">
       <x:c r="A512" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B512" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C512" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J512" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K512" s="0" t="n">
-        <x:v>90814782005</x:v>
+        <x:v>85397280065</x:v>
       </x:c>
       <x:c r="L512" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:20">
       <x:c r="A513" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B513" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C513" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J513" s="0" t="n">
-        <x:v>1811</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K513" s="0" t="n">
-        <x:v>58697238519.67</x:v>
+        <x:v>88592462700</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:20">
       <x:c r="A514" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B514" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C514" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J514" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="K514" s="0" t="n">
-        <x:v>120323936000</x:v>
+        <x:v>53605537228.415</x:v>
       </x:c>
       <x:c r="L514" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:20">
       <x:c r="A515" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B515" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C515" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J515" s="0" t="n">
-        <x:v>1812</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K515" s="0" t="n">
-        <x:v>62922871118.31</x:v>
+        <x:v>70177980875</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:20">
       <x:c r="A516" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B516" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C516" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J516" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="K516" s="0" t="n">
-        <x:v>76060456390</x:v>
+        <x:v>50943103398.178</x:v>
       </x:c>
       <x:c r="L516" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:20">
       <x:c r="A517" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B517" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C517" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J517" s="0" t="n">
-        <x:v>806</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K517" s="0" t="n">
-        <x:v>54323572648.3</x:v>
+        <x:v>59448100000</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:20">
       <x:c r="A518" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B518" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C518" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J518" s="0" t="n">
-        <x:v>1305</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="K518" s="0" t="n">
-        <x:v>69930694477.88</x:v>
+        <x:v>79959196548.1963</x:v>
       </x:c>
       <x:c r="L518" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:20">
       <x:c r="A519" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B519" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C519" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J519" s="0" t="n">
-        <x:v>2731</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K519" s="0" t="n">
-        <x:v>77145239373.2228</x:v>
+        <x:v>110127100000</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:20">
       <x:c r="A520" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B520" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C520" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J520" s="0" t="n">
-        <x:v>2290</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="K520" s="0" t="n">
-        <x:v>83661455735.24</x:v>
+        <x:v>88925743004.17</x:v>
       </x:c>
       <x:c r="L520" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:20">
       <x:c r="A521" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B521" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C521" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J521" s="0" t="n">
-        <x:v>3487</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K521" s="0" t="n">
-        <x:v>102411409894.65</x:v>
+        <x:v>158770180000</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:20">
       <x:c r="A522" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B522" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C522" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J522" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K522" s="0" t="n">
-        <x:v>80148933440</x:v>
+        <x:v>115182448500</x:v>
       </x:c>
       <x:c r="L522" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:20">
       <x:c r="A523" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B523" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C523" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J523" s="0" t="n">
-        <x:v>2854</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K523" s="0" t="n">
-        <x:v>137756912724.81</x:v>
+        <x:v>115472600000</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:20">
       <x:c r="A524" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B524" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C524" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J524" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="K524" s="0" t="n">
-        <x:v>111884300000</x:v>
+        <x:v>70255473431.2658</x:v>
       </x:c>
       <x:c r="L524" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:20">
       <x:c r="A525" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B525" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C525" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J525" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="K525" s="0" t="n">
-        <x:v>98904724600</x:v>
+        <x:v>58324856084.4</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:20">
       <x:c r="A526" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B526" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C526" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J526" s="0" t="n">
-        <x:v>2336</x:v>
+        <x:v>3003</x:v>
       </x:c>
       <x:c r="K526" s="0" t="n">
-        <x:v>87874915392.9311</x:v>
+        <x:v>92026572183.17</x:v>
       </x:c>
       <x:c r="L526" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:20">
       <x:c r="A527" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B527" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C527" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J527" s="0" t="n">
-        <x:v>1870</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K527" s="0" t="n">
-        <x:v>72357291417.61</x:v>
+        <x:v>95225678516.6734</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:20">
       <x:c r="A528" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B528" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C528" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J528" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K528" s="0" t="n">
-        <x:v>85397280065</x:v>
+        <x:v>56794266940</x:v>
       </x:c>
       <x:c r="L528" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:20">
       <x:c r="A529" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B529" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C529" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J529" s="0" t="n">
-        <x:v>1161</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K529" s="0" t="n">
-        <x:v>53605537228.415</x:v>
+        <x:v>39649885000</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:20">
       <x:c r="A530" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B530" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C530" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J530" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="K530" s="0" t="n">
-        <x:v>70177980875</x:v>
+        <x:v>58639185187.465</x:v>
       </x:c>
       <x:c r="L530" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:20">
       <x:c r="A531" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B531" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C531" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J531" s="0" t="n">
-        <x:v>971</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K531" s="0" t="n">
-        <x:v>50943103398.178</x:v>
+        <x:v>100879615245</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:20">
       <x:c r="A532" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B532" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C532" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J532" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K532" s="0" t="n">
-        <x:v>59448100000</x:v>
+        <x:v>52587656735.9</x:v>
       </x:c>
       <x:c r="L532" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:20">
       <x:c r="A533" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B533" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C533" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J533" s="0" t="n">
-        <x:v>1279</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K533" s="0" t="n">
-        <x:v>79959196548.1963</x:v>
+        <x:v>140331733724</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:20">
       <x:c r="A534" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B534" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C534" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J534" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="K534" s="0" t="n">
-        <x:v>110127100000</x:v>
+        <x:v>50677252625.49</x:v>
       </x:c>
       <x:c r="L534" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:20">
       <x:c r="A535" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B535" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C535" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J535" s="0" t="n">
-        <x:v>1696</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="K535" s="0" t="n">
-        <x:v>88925743004.17</x:v>
+        <x:v>59136350503.5175</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:20">
       <x:c r="A536" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B536" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C536" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J536" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K536" s="0" t="n">
-        <x:v>158770180000</x:v>
+        <x:v>131697909290.6</x:v>
       </x:c>
       <x:c r="L536" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:20">
       <x:c r="A537" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B537" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C537" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J537" s="0" t="n">
-        <x:v>101</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="K537" s="0" t="n">
-        <x:v>115182448500</x:v>
+        <x:v>65430919410.8472</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:20">
       <x:c r="A538" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B538" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C538" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J538" s="0" t="n">
-        <x:v>83</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K538" s="0" t="n">
-        <x:v>115472600000</x:v>
+        <x:v>106326200000</x:v>
       </x:c>
       <x:c r="L538" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:20">
       <x:c r="A539" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B539" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C539" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J539" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K539" s="0" t="n">
-        <x:v>98769401250</x:v>
+        <x:v>90402300000</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:20">
       <x:c r="A540" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B540" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C540" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J540" s="0" t="n">
-        <x:v>2222</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="K540" s="0" t="n">
-        <x:v>70255473431.2658</x:v>
+        <x:v>65058680041.57</x:v>
       </x:c>
       <x:c r="L540" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:20">
       <x:c r="A541" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B541" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C541" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J541" s="0" t="n">
-        <x:v>2583</x:v>
+        <x:v>3124</x:v>
       </x:c>
       <x:c r="K541" s="0" t="n">
-        <x:v>58324856084.4</x:v>
+        <x:v>75073041623.9722</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:20">
       <x:c r="A542" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B542" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C542" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J542" s="0" t="n">
-        <x:v>3003</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="K542" s="0" t="n">
-        <x:v>92026572183.17</x:v>
+        <x:v>94573171998.7419</x:v>
       </x:c>
       <x:c r="L542" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:20">
       <x:c r="A543" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B543" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C543" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J543" s="0" t="n">
-        <x:v>59</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="K543" s="0" t="n">
-        <x:v>95225678516.6734</x:v>
+        <x:v>92517187189.53</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:20">
       <x:c r="A544" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B544" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C544" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J544" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K544" s="0" t="n">
-        <x:v>56794266940</x:v>
+        <x:v>131976615050</x:v>
       </x:c>
       <x:c r="L544" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:20">
       <x:c r="A545" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B545" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C545" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J545" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K545" s="0" t="n">
-        <x:v>39649885000</x:v>
+        <x:v>38048514000</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:20">
       <x:c r="A546" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B546" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C546" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J546" s="0" t="n">
-        <x:v>1163</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K546" s="0" t="n">
-        <x:v>58639185187.465</x:v>
+        <x:v>76530609590</x:v>
       </x:c>
       <x:c r="L546" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:20">
       <x:c r="A547" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B547" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C547" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J547" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K547" s="0" t="n">
-        <x:v>52587656735.9</x:v>
+        <x:v>70928792460.75</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:20">
       <x:c r="A548" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B548" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C548" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J548" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="K548" s="0" t="n">
-        <x:v>140331733724</x:v>
+        <x:v>56957676350.71</x:v>
       </x:c>
       <x:c r="L548" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:20">
       <x:c r="A549" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B549" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C549" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J549" s="0" t="n">
-        <x:v>1561</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K549" s="0" t="n">
-        <x:v>50677252625.49</x:v>
+        <x:v>88387293114</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:20">
       <x:c r="A550" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B550" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C550" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J550" s="0" t="n">
-        <x:v>1044</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="K550" s="0" t="n">
-        <x:v>62099920386.55</x:v>
+        <x:v>57215293064.48</x:v>
       </x:c>
       <x:c r="L550" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:20">
       <x:c r="A551" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B551" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C551" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J551" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="K551" s="0" t="n">
-        <x:v>135619500000</x:v>
+        <x:v>66160986598.105</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:20">
       <x:c r="A552" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B552" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C552" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J552" s="0" t="n">
-        <x:v>2125</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="K552" s="0" t="n">
-        <x:v>87429933856.6478</x:v>
+        <x:v>62099920386.55</x:v>
       </x:c>
       <x:c r="L552" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:20">
       <x:c r="A553" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B553" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C553" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J553" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K553" s="0" t="n">
-        <x:v>100795700000</x:v>
+        <x:v>135619500000</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:20">
       <x:c r="A554" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B554" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C554" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J554" s="0" t="n">
-        <x:v>2857</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K554" s="0" t="n">
-        <x:v>72365009974.1311</x:v>
+        <x:v>119583900000</x:v>
       </x:c>
       <x:c r="L554" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:20">
       <x:c r="A555" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B555" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C555" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J555" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="K555" s="0" t="n">
-        <x:v>105822700000</x:v>
+        <x:v>87429933856.6478</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:20">
       <x:c r="A556" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B556" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C556" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J556" s="0" t="n">
-        <x:v>1575</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K556" s="0" t="n">
-        <x:v>76859372822.56</x:v>
+        <x:v>100795700000</x:v>
       </x:c>
       <x:c r="L556" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:20">
       <x:c r="A557" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B557" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C557" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J557" s="0" t="n">
-        <x:v>2692</x:v>
+        <x:v>2857</x:v>
       </x:c>
       <x:c r="K557" s="0" t="n">
-        <x:v>86953218210.49</x:v>
+        <x:v>72365009974.1311</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:20">
       <x:c r="A558" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B558" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C558" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J558" s="0" t="n">
-        <x:v>1097</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K558" s="0" t="n">
-        <x:v>90680540388.57</x:v>
+        <x:v>71451700000</x:v>
       </x:c>
       <x:c r="L558" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:20">
       <x:c r="A559" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B559" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C559" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J559" s="0" t="n">
-        <x:v>1922</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K559" s="0" t="n">
-        <x:v>82871868235.8335</x:v>
+        <x:v>105822700000</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:20">
       <x:c r="A560" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B560" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C560" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J560" s="0" t="n">
-        <x:v>87</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="K560" s="0" t="n">
-        <x:v>140552368000</x:v>
+        <x:v>76859372822.56</x:v>
       </x:c>
       <x:c r="L560" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:20">
       <x:c r="A561" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B561" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C561" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J561" s="0" t="n">
-        <x:v>1589</x:v>
+        <x:v>2692</x:v>
       </x:c>
       <x:c r="K561" s="0" t="n">
-        <x:v>104961431809.8</x:v>
+        <x:v>86953218210.49</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:20">
       <x:c r="A562" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B562" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C562" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J562" s="0" t="n">
-        <x:v>1340</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="K562" s="0" t="n">
-        <x:v>124941887672.668</x:v>
+        <x:v>90680540388.57</x:v>
       </x:c>
       <x:c r="L562" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:20">
       <x:c r="A563" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B563" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C563" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J563" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="K563" s="0" t="n">
-        <x:v>37338400000</x:v>
+        <x:v>82871868235.8335</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:20">
       <x:c r="A564" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B564" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C564" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J564" s="0" t="n">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K564" s="0" t="n">
-        <x:v>70138209900</x:v>
+        <x:v>118769401250</x:v>
       </x:c>
       <x:c r="L564" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:20">
       <x:c r="A565" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B565" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C565" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J565" s="0" t="n">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K565" s="0" t="n">
-        <x:v>79254664850</x:v>
+        <x:v>140552368000</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:20">
       <x:c r="A566" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B566" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C566" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J566" s="0" t="n">
-        <x:v>2061</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="K566" s="0" t="n">
-        <x:v>92004555928.84</x:v>
+        <x:v>104961431809.8</x:v>
       </x:c>
       <x:c r="L566" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:20">
       <x:c r="A567" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B567" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C567" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J567" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="K567" s="0" t="n">
-        <x:v>63592462700</x:v>
+        <x:v>124941887672.668</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:20">
       <x:c r="A568" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B568" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C568" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J568" s="0" t="n">
-        <x:v>2351</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K568" s="0" t="n">
-        <x:v>81340967446.7225</x:v>
+        <x:v>37338400000</x:v>
       </x:c>
       <x:c r="L568" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:20">
       <x:c r="A569" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B569" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C569" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J569" s="0" t="n">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K569" s="0" t="n">
-        <x:v>70879615245</x:v>
+        <x:v>126884300000</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:20">
       <x:c r="A570" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B570" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C570" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J570" s="0" t="n">
-        <x:v>1186</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K570" s="0" t="n">
-        <x:v>59383581291.51</x:v>
+        <x:v>70138209900</x:v>
       </x:c>
       <x:c r="L570" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:20">
       <x:c r="A571" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B571" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C571" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J571" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K571" s="0" t="n">
-        <x:v>64823990139</x:v>
+        <x:v>79254664850</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:20">
       <x:c r="A572" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B572" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C572" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="J572" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K572" s="0" t="n">
-        <x:v>47147112070</x:v>
+        <x:v>134674064675</x:v>
       </x:c>
       <x:c r="L572" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:20">
       <x:c r="A573" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B573" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C573" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J573" s="0" t="n">
-        <x:v>1414</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="K573" s="0" t="n">
-        <x:v>62803686222.2</x:v>
+        <x:v>92004555928.84</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:20">
       <x:c r="A574" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B574" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C574" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-        <x:v>34</x:v>
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E574" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J574" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="K574" s="0" t="n">
-        <x:v>22844700000</x:v>
+        <x:v>81340967446.7225</x:v>
       </x:c>
       <x:c r="L574" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:20">
       <x:c r="A575" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B575" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C575" s="0" t="n">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E575" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J575" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="K575" s="0" t="n">
-        <x:v>300000000</x:v>
+        <x:v>59383581291.51</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:20">
       <x:c r="A576" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B576" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C576" s="0" t="n">
-        <x:v>3</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E576" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J576" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K576" s="0" t="n">
-        <x:v>183000000</x:v>
+        <x:v>64823990139</x:v>
       </x:c>
       <x:c r="L576" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:20">
       <x:c r="A577" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B577" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C577" s="0" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E577" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="J577" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K577" s="0" t="n">
-        <x:v>5155000000</x:v>
+        <x:v>47147112070</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:20">
       <x:c r="A578" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B578" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C578" s="0" t="n">
-        <x:v>6</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E578" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J578" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="K578" s="0" t="n">
-        <x:v>2044000000</x:v>
+        <x:v>62803686222.2</x:v>
       </x:c>
       <x:c r="L578" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:20">
       <x:c r="A579" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B579" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C579" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J579" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K579" s="0" t="n">
-        <x:v>23300000000</x:v>
+        <x:v>7500000000</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:20">
       <x:c r="A580" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B580" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C580" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J580" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K580" s="0" t="n">
-        <x:v>10000000000</x:v>
+        <x:v>23700000000</x:v>
       </x:c>
       <x:c r="L580" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:20">
       <x:c r="A581" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B581" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C581" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F581" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J581" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="F581" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K581" s="0" t="n">
-        <x:v>13100000000</x:v>
+        <x:v>30125000000</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:20">
       <x:c r="A582" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B582" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C582" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J582" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K582" s="0" t="n">
-        <x:v>12883100000</x:v>
+        <x:v>500000000</x:v>
       </x:c>
       <x:c r="L582" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:20">
       <x:c r="A583" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B583" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C583" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J583" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K583" s="0" t="n">
-        <x:v>3104926000</x:v>
+        <x:v>55500000000</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:20">
       <x:c r="A584" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B584" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C584" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J584" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K584" s="0" t="n">
-        <x:v>12100000000</x:v>
+        <x:v>58102000000</x:v>
       </x:c>
       <x:c r="L584" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:20">
       <x:c r="A585" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B585" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C585" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J585" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K585" s="0" t="n">
-        <x:v>34700000000</x:v>
+        <x:v>280000000</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:20">
       <x:c r="A586" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B586" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C586" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J586" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K586" s="0" t="n">
-        <x:v>8938000000</x:v>
+        <x:v>8176800000</x:v>
       </x:c>
       <x:c r="L586" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:20">
       <x:c r="A587" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B587" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C587" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J587" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K587" s="0" t="n">
-        <x:v>8650700000</x:v>
+        <x:v>49724100000</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:20">
       <x:c r="A588" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B588" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C588" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J588" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="K588" s="0" t="n">
-        <x:v>78411000000</x:v>
+        <x:v>32452700000</x:v>
       </x:c>
       <x:c r="L588" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:20">
       <x:c r="A589" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B589" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C589" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J589" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K589" s="0" t="n">
-        <x:v>230000000</x:v>
+        <x:v>30000000000</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:20">
       <x:c r="A590" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B590" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C590" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J590" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K590" s="0" t="n">
-        <x:v>56814000000</x:v>
+        <x:v>1644000000</x:v>
       </x:c>
       <x:c r="L590" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:20">
       <x:c r="A591" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B591" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C591" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F591" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J591" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="F591" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K591" s="0" t="n">
-        <x:v>4400000000</x:v>
+        <x:v>147750000</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:20">
       <x:c r="A592" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B592" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C592" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J592" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K592" s="0" t="n">
-        <x:v>50053401250</x:v>
+        <x:v>80249300000</x:v>
       </x:c>
       <x:c r="L592" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:20">
       <x:c r="A593" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B593" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C593" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J593" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K593" s="0" t="n">
-        <x:v>77700000000</x:v>
+        <x:v>101690600000</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:20">
       <x:c r="A594" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B594" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C594" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J594" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K594" s="0" t="n">
-        <x:v>2763676000</x:v>
+        <x:v>70218000000</x:v>
       </x:c>
       <x:c r="L594" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:20">
       <x:c r="A595" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B595" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C595" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J595" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K595" s="0" t="n">
-        <x:v>558000000</x:v>
+        <x:v>800000000</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:20">
       <x:c r="A596" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B596" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C596" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J596" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K596" s="0" t="n">
-        <x:v>22961000000</x:v>
+        <x:v>39632200000</x:v>
       </x:c>
       <x:c r="L596" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:20">
       <x:c r="A597" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B597" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C597" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J597" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K597" s="0" t="n">
-        <x:v>16000000</x:v>
+        <x:v>9200000000</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:20">
       <x:c r="A598" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B598" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C598" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J598" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K598" s="0" t="n">
-        <x:v>31184321900</x:v>
+        <x:v>1525954000</x:v>
       </x:c>
       <x:c r="L598" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:20">
       <x:c r="A599" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B599" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C599" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J599" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K599" s="0" t="n">
-        <x:v>4673000000</x:v>
+        <x:v>2098940000</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:20">
       <x:c r="A600" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B600" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C600" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J600" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K600" s="0" t="n">
-        <x:v>48853624600</x:v>
+        <x:v>36032538000</x:v>
       </x:c>
       <x:c r="L600" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:20">
       <x:c r="A601" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B601" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C601" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J601" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K601" s="0" t="n">
-        <x:v>20269800000</x:v>
+        <x:v>8173400000</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:20">
       <x:c r="A602" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B602" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C602" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J602" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K602" s="0" t="n">
-        <x:v>23222000000</x:v>
+        <x:v>84000000</x:v>
       </x:c>
       <x:c r="L602" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:20">
       <x:c r="A603" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B603" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C603" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J603" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K603" s="0" t="n">
-        <x:v>32011000000</x:v>
+        <x:v>120000000</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:20">
       <x:c r="A604" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B604" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C604" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J604" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K604" s="0" t="n">
-        <x:v>22277500000</x:v>
+        <x:v>45348100000</x:v>
       </x:c>
       <x:c r="L604" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:20">
       <x:c r="A605" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B605" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C605" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J605" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K605" s="0" t="n">
-        <x:v>688000000</x:v>
+        <x:v>4017875000</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:20">
       <x:c r="A606" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B606" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C606" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J606" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K606" s="0" t="n">
-        <x:v>2500000000</x:v>
+        <x:v>29714000000</x:v>
       </x:c>
       <x:c r="L606" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:20">
       <x:c r="A607" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B607" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C607" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J607" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K607" s="0" t="n">
-        <x:v>1121919000</x:v>
+        <x:v>17366400000</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:20">
       <x:c r="A608" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B608" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C608" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J608" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K608" s="0" t="n">
-        <x:v>8700000000</x:v>
+        <x:v>39620167000</x:v>
       </x:c>
       <x:c r="L608" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:20">
       <x:c r="A609" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B609" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C609" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J609" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K609" s="0" t="n">
-        <x:v>33501247390</x:v>
+        <x:v>15660000000</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:20">
       <x:c r="A610" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B610" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C610" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J610" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K610" s="0" t="n">
-        <x:v>42278600000</x:v>
+        <x:v>47148782005</x:v>
       </x:c>
       <x:c r="L610" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:20">
       <x:c r="A611" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B611" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C611" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J611" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K611" s="0" t="n">
-        <x:v>39904800000</x:v>
+        <x:v>58275178516.6734</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:20">
       <x:c r="A612" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B612" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C612" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J612" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K612" s="0" t="n">
-        <x:v>28415905735.9</x:v>
+        <x:v>38412000000</x:v>
       </x:c>
       <x:c r="L612" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:20">
       <x:c r="A613" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B613" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C613" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J613" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K613" s="0" t="n">
-        <x:v>77573733724</x:v>
+        <x:v>7168400000</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:20">
       <x:c r="A614" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B614" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C614" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J614" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K614" s="0" t="n">
-        <x:v>41180000000</x:v>
+        <x:v>27974066940</x:v>
       </x:c>
       <x:c r="L614" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:20">
       <x:c r="A615" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B615" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C615" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J615" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K615" s="0" t="n">
-        <x:v>7500000000</x:v>
+        <x:v>2020200000</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:20">
       <x:c r="A616" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B616" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C616" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J616" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K616" s="0" t="n">
-        <x:v>23700000000</x:v>
+        <x:v>42800000000</x:v>
       </x:c>
       <x:c r="L616" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:20">
       <x:c r="A617" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B617" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C617" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J617" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K617" s="0" t="n">
-        <x:v>30125000000</x:v>
+        <x:v>7840183139</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:20">
       <x:c r="A618" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B618" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C618" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J618" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K618" s="0" t="n">
-        <x:v>500000000</x:v>
+        <x:v>38917493114</x:v>
       </x:c>
       <x:c r="L618" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:20">
       <x:c r="A619" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B619" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C619" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J619" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K619" s="0" t="n">
-        <x:v>55500000000</x:v>
+        <x:v>115000000</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:20">
       <x:c r="A620" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B620" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C620" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J620" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K620" s="0" t="n">
-        <x:v>58102000000</x:v>
+        <x:v>29828400000</x:v>
       </x:c>
       <x:c r="L620" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:20">
       <x:c r="A621" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B621" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C621" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J621" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K621" s="0" t="n">
-        <x:v>280000000</x:v>
+        <x:v>1775000000</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:20">
       <x:c r="A622" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B622" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C622" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J622" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K622" s="0" t="n">
-        <x:v>8176800000</x:v>
+        <x:v>4700000000</x:v>
       </x:c>
       <x:c r="L622" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:20">
       <x:c r="A623" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B623" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C623" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J623" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K623" s="0" t="n">
-        <x:v>32452700000</x:v>
+        <x:v>18500000000</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:20">
       <x:c r="A624" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B624" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C624" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J624" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="J624" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K624" s="0" t="n">
-        <x:v>30000000000</x:v>
+        <x:v>61963778000.0994</x:v>
       </x:c>
       <x:c r="L624" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:20">
       <x:c r="A625" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B625" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C625" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J625" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K625" s="0" t="n">
-        <x:v>1644000000</x:v>
+        <x:v>520000000</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:20">
       <x:c r="A626" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B626" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C626" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J626" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K626" s="0" t="n">
-        <x:v>147750000</x:v>
+        <x:v>20300000000</x:v>
       </x:c>
       <x:c r="L626" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:20">
       <x:c r="A627" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B627" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C627" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J627" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K627" s="0" t="n">
-        <x:v>80249300000</x:v>
+        <x:v>24500000000</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:20">
       <x:c r="A628" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B628" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C628" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J628" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="K628" s="0" t="n">
-        <x:v>70218000000</x:v>
+        <x:v>2168500000</x:v>
       </x:c>
       <x:c r="L628" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:20">
       <x:c r="A629" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B629" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C629" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J629" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K629" s="0" t="n">
-        <x:v>800000000</x:v>
+        <x:v>11500000000</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:20">
       <x:c r="A630" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B630" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C630" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J630" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K630" s="0" t="n">
-        <x:v>39632200000</x:v>
+        <x:v>18900000000</x:v>
       </x:c>
       <x:c r="L630" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:20">
       <x:c r="A631" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B631" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C631" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J631" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K631" s="0" t="n">
-        <x:v>9200000000</x:v>
+        <x:v>7500000000</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:20">
       <x:c r="A632" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B632" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C632" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J632" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K632" s="0" t="n">
-        <x:v>1525954000</x:v>
+        <x:v>41500000000</x:v>
       </x:c>
       <x:c r="L632" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:20">
       <x:c r="A633" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B633" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C633" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J633" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K633" s="0" t="n">
-        <x:v>2098940000</x:v>
+        <x:v>2000000000</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:20">
       <x:c r="A634" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B634" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C634" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J634" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K634" s="0" t="n">
-        <x:v>36032538000</x:v>
+        <x:v>30209300000</x:v>
       </x:c>
       <x:c r="L634" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:20">
       <x:c r="A635" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B635" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C635" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J635" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="K635" s="0" t="n">
-        <x:v>8173400000</x:v>
+        <x:v>5727000000</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:20">
       <x:c r="A636" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B636" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C636" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J636" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K636" s="0" t="n">
-        <x:v>84000000</x:v>
+        <x:v>10240000000</x:v>
       </x:c>
       <x:c r="L636" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:20">
       <x:c r="A637" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B637" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C637" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J637" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K637" s="0" t="n">
-        <x:v>120000000</x:v>
+        <x:v>26001600000</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:20">
       <x:c r="A638" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B638" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C638" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J638" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K638" s="0" t="n">
-        <x:v>45348100000</x:v>
+        <x:v>3000000000</x:v>
       </x:c>
       <x:c r="L638" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:20">
       <x:c r="A639" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B639" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C639" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J639" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K639" s="0" t="n">
-        <x:v>4017875000</x:v>
+        <x:v>13369604200</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:20">
       <x:c r="A640" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B640" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C640" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J640" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K640" s="0" t="n">
-        <x:v>29714000000</x:v>
+        <x:v>18899979440</x:v>
       </x:c>
       <x:c r="L640" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:20">
       <x:c r="A641" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B641" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C641" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J641" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K641" s="0" t="n">
-        <x:v>17366400000</x:v>
+        <x:v>65653401250</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:20">
       <x:c r="A642" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B642" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C642" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J642" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K642" s="0" t="n">
-        <x:v>39620167000</x:v>
+        <x:v>39527200000</x:v>
       </x:c>
       <x:c r="L642" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:20">
       <x:c r="A643" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B643" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C643" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J643" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K643" s="0" t="n">
-        <x:v>15660000000</x:v>
+        <x:v>33668200000</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:20">
       <x:c r="A644" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B644" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C644" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J644" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K644" s="0" t="n">
-        <x:v>47148782005</x:v>
+        <x:v>5168000000</x:v>
       </x:c>
       <x:c r="L644" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:20">
       <x:c r="A645" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B645" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C645" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J645" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K645" s="0" t="n">
-        <x:v>58275178516.6734</x:v>
+        <x:v>11166000000</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:20">
       <x:c r="A646" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B646" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C646" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J646" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K646" s="0" t="n">
-        <x:v>38412000000</x:v>
+        <x:v>588000000</x:v>
       </x:c>
       <x:c r="L646" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:20">
       <x:c r="A647" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B647" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C647" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J647" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K647" s="0" t="n">
-        <x:v>7168400000</x:v>
+        <x:v>6120000000</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:20">
       <x:c r="A648" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B648" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C648" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F648" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J648" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="F648" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K648" s="0" t="n">
-        <x:v>27974066940</x:v>
+        <x:v>19526000000</x:v>
       </x:c>
       <x:c r="L648" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:20">
       <x:c r="A649" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B649" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C649" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J649" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K649" s="0" t="n">
-        <x:v>2020200000</x:v>
+        <x:v>11340000000</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:20">
       <x:c r="A650" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B650" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C650" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J650" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K650" s="0" t="n">
-        <x:v>42800000000</x:v>
+        <x:v>11550000000</x:v>
       </x:c>
       <x:c r="L650" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:20">
       <x:c r="A651" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B651" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C651" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J651" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K651" s="0" t="n">
-        <x:v>7840183139</x:v>
+        <x:v>39533309590</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:20">
       <x:c r="A652" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B652" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C652" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J652" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K652" s="0" t="n">
-        <x:v>38917493114</x:v>
+        <x:v>24877300000</x:v>
       </x:c>
       <x:c r="L652" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:20">
       <x:c r="A653" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B653" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C653" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J653" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K653" s="0" t="n">
-        <x:v>115000000</x:v>
+        <x:v>700000000</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:20">
       <x:c r="A654" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B654" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C654" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J654" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K654" s="0" t="n">
-        <x:v>29828400000</x:v>
+        <x:v>47539736000</x:v>
       </x:c>
       <x:c r="L654" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:20">
       <x:c r="A655" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B655" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C655" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J655" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K655" s="0" t="n">
-        <x:v>1775000000</x:v>
+        <x:v>1000000000</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:20">
       <x:c r="A656" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B656" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C656" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J656" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K656" s="0" t="n">
-        <x:v>4700000000</x:v>
+        <x:v>25600000000</x:v>
       </x:c>
       <x:c r="L656" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:20">
       <x:c r="A657" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B657" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C657" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J657" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K657" s="0" t="n">
-        <x:v>18500000000</x:v>
+        <x:v>931896000</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:20">
       <x:c r="A658" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B658" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C658" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J658" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K658" s="0" t="n">
-        <x:v>61963778000.0994</x:v>
+        <x:v>37338600000</x:v>
       </x:c>
       <x:c r="L658" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:20">
       <x:c r="A659" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B659" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C659" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="F659" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J659" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="F659" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K659" s="0" t="n">
-        <x:v>520000000</x:v>
+        <x:v>6400000000</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:20">
       <x:c r="A660" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B660" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C660" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J660" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K660" s="0" t="n">
-        <x:v>20300000000</x:v>
+        <x:v>8000000000</x:v>
       </x:c>
       <x:c r="L660" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:20">
       <x:c r="A661" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B661" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C661" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J661" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K661" s="0" t="n">
-        <x:v>24500000000</x:v>
+        <x:v>600000000</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:20">
       <x:c r="A662" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B662" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C662" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J662" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K662" s="0" t="n">
-        <x:v>2168500000</x:v>
+        <x:v>42206159290.6</x:v>
       </x:c>
       <x:c r="L662" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:20">
       <x:c r="A663" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B663" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C663" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J663" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K663" s="0" t="n">
-        <x:v>11500000000</x:v>
+        <x:v>22844700000</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:20">
       <x:c r="A664" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B664" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C664" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J664" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K664" s="0" t="n">
-        <x:v>18900000000</x:v>
+        <x:v>300000000</x:v>
       </x:c>
       <x:c r="L664" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:20">
       <x:c r="A665" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B665" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C665" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J665" s="0" t="n">
-        <x:v>42</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K665" s="0" t="n">
-        <x:v>87353900000</x:v>
+        <x:v>183000000</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:20">
       <x:c r="A666" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B666" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C666" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J666" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K666" s="0" t="n">
-        <x:v>7500000000</x:v>
+        <x:v>5155000000</x:v>
       </x:c>
       <x:c r="L666" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:20">
       <x:c r="A667" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B667" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C667" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J667" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K667" s="0" t="n">
-        <x:v>41500000000</x:v>
+        <x:v>2044000000</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:20">
       <x:c r="A668" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B668" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C668" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J668" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K668" s="0" t="n">
-        <x:v>2000000000</x:v>
+        <x:v>23300000000</x:v>
       </x:c>
       <x:c r="L668" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:20">
       <x:c r="A669" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B669" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C669" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J669" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K669" s="0" t="n">
-        <x:v>30209300000</x:v>
+        <x:v>10000000000</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:20">
       <x:c r="A670" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B670" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C670" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J670" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K670" s="0" t="n">
-        <x:v>45845549295.6186</x:v>
+        <x:v>13100000000</x:v>
       </x:c>
       <x:c r="L670" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:20">
       <x:c r="A671" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B671" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C671" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J671" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K671" s="0" t="n">
-        <x:v>5727000000</x:v>
+        <x:v>12883100000</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:20">
       <x:c r="A672" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B672" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C672" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J672" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K672" s="0" t="n">
-        <x:v>10240000000</x:v>
+        <x:v>3104926000</x:v>
       </x:c>
       <x:c r="L672" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:20">
       <x:c r="A673" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B673" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C673" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J673" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K673" s="0" t="n">
-        <x:v>26001600000</x:v>
+        <x:v>12100000000</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:20">
       <x:c r="A674" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B674" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C674" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J674" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K674" s="0" t="n">
-        <x:v>3000000000</x:v>
+        <x:v>34700000000</x:v>
       </x:c>
       <x:c r="L674" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:20">
       <x:c r="A675" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B675" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C675" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J675" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K675" s="0" t="n">
-        <x:v>13369604200</x:v>
+        <x:v>8938000000</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:20">
       <x:c r="A676" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B676" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C676" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J676" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K676" s="0" t="n">
-        <x:v>18899979440</x:v>
+        <x:v>8650700000</x:v>
       </x:c>
       <x:c r="L676" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:20">
       <x:c r="A677" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B677" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C677" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J677" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K677" s="0" t="n">
-        <x:v>39527200000</x:v>
+        <x:v>78411000000</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:20">
       <x:c r="A678" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B678" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C678" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J678" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K678" s="0" t="n">
-        <x:v>33668200000</x:v>
+        <x:v>230000000</x:v>
       </x:c>
       <x:c r="L678" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:20">
       <x:c r="A679" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B679" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C679" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J679" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K679" s="0" t="n">
-        <x:v>5168000000</x:v>
+        <x:v>56814000000</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:20">
       <x:c r="A680" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B680" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C680" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J680" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K680" s="0" t="n">
-        <x:v>11166000000</x:v>
+        <x:v>77700000000</x:v>
       </x:c>
       <x:c r="L680" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:20">
       <x:c r="A681" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B681" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C681" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J681" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K681" s="0" t="n">
-        <x:v>588000000</x:v>
+        <x:v>2763676000</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:20">
       <x:c r="A682" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B682" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C682" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J682" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K682" s="0" t="n">
-        <x:v>6120000000</x:v>
+        <x:v>558000000</x:v>
       </x:c>
       <x:c r="L682" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:20">
       <x:c r="A683" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B683" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C683" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J683" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K683" s="0" t="n">
-        <x:v>19526000000</x:v>
+        <x:v>22961000000</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:20">
       <x:c r="A684" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B684" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C684" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J684" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K684" s="0" t="n">
-        <x:v>11340000000</x:v>
+        <x:v>16000000</x:v>
       </x:c>
       <x:c r="L684" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:20">
       <x:c r="A685" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B685" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C685" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J685" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K685" s="0" t="n">
-        <x:v>11550000000</x:v>
+        <x:v>31184321900</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:20">
       <x:c r="A686" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B686" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C686" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J686" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K686" s="0" t="n">
-        <x:v>39533309590</x:v>
+        <x:v>4673000000</x:v>
       </x:c>
       <x:c r="L686" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:20">
       <x:c r="A687" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B687" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C687" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J687" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K687" s="0" t="n">
-        <x:v>24877300000</x:v>
+        <x:v>48853624600</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:20">
       <x:c r="A688" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B688" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C688" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J688" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K688" s="0" t="n">
-        <x:v>700000000</x:v>
+        <x:v>20269800000</x:v>
       </x:c>
       <x:c r="L688" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:20">
       <x:c r="A689" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B689" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C689" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J689" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K689" s="0" t="n">
-        <x:v>47539736000</x:v>
+        <x:v>23222000000</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:20">
       <x:c r="A690" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B690" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C690" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J690" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K690" s="0" t="n">
-        <x:v>1000000000</x:v>
+        <x:v>32011000000</x:v>
       </x:c>
       <x:c r="L690" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:20">
       <x:c r="A691" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B691" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C691" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J691" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K691" s="0" t="n">
-        <x:v>25600000000</x:v>
+        <x:v>22277500000</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:20">
       <x:c r="A692" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B692" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C692" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J692" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K692" s="0" t="n">
-        <x:v>931896000</x:v>
+        <x:v>688000000</x:v>
       </x:c>
       <x:c r="L692" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:20">
       <x:c r="A693" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B693" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C693" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J693" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K693" s="0" t="n">
-        <x:v>37338600000</x:v>
+        <x:v>2500000000</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:20">
       <x:c r="A694" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B694" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C694" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J694" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K694" s="0" t="n">
-        <x:v>6400000000</x:v>
+        <x:v>1121919000</x:v>
       </x:c>
       <x:c r="L694" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:20">
       <x:c r="A695" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B695" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C695" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J695" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K695" s="0" t="n">
-        <x:v>8000000000</x:v>
+        <x:v>8700000000</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:20">
       <x:c r="A696" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B696" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C696" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J696" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K696" s="0" t="n">
-        <x:v>600000000</x:v>
+        <x:v>33501247390</x:v>
       </x:c>
       <x:c r="L696" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:20">
       <x:c r="A697" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B697" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C697" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J697" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K697" s="0" t="n">
-        <x:v>1400000000</x:v>
+        <x:v>39904800000</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:20">
       <x:c r="A698" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B698" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C698" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J698" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K698" s="0" t="n">
-        <x:v>48854300000</x:v>
+        <x:v>28415905735.9</x:v>
       </x:c>
       <x:c r="L698" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:20">
       <x:c r="A699" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B699" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C699" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J699" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K699" s="0" t="n">
-        <x:v>2248000000</x:v>
+        <x:v>77573733724</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:20">
       <x:c r="A700" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B700" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C700" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J700" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K700" s="0" t="n">
-        <x:v>6000000000</x:v>
+        <x:v>41180000000</x:v>
       </x:c>
       <x:c r="L700" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:20">
       <x:c r="A701" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B701" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C701" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F701" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J701" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="F701" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K701" s="0" t="n">
-        <x:v>65422100000</x:v>
+        <x:v>15950000000</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:20">
       <x:c r="A702" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B702" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C702" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J702" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K702" s="0" t="n">
-        <x:v>1805000000</x:v>
+        <x:v>1836111000</x:v>
       </x:c>
       <x:c r="L702" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:20">
       <x:c r="A703" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B703" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C703" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J703" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K703" s="0" t="n">
-        <x:v>18775000000</x:v>
+        <x:v>73000000000</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:20">
       <x:c r="A704" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B704" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C704" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J704" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K704" s="0" t="n">
-        <x:v>3000000000</x:v>
+        <x:v>5000000000</x:v>
       </x:c>
       <x:c r="L704" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:20">
       <x:c r="A705" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B705" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C705" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J705" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K705" s="0" t="n">
-        <x:v>10150000000</x:v>
+        <x:v>29400000000</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:20">
       <x:c r="A706" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B706" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C706" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J706" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K706" s="0" t="n">
-        <x:v>1500000000</x:v>
+        <x:v>47346200000</x:v>
       </x:c>
       <x:c r="L706" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:20">
       <x:c r="A707" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B707" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C707" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J707" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K707" s="0" t="n">
-        <x:v>1329000000</x:v>
+        <x:v>101000000</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:20">
       <x:c r="A708" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B708" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C708" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J708" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K708" s="0" t="n">
-        <x:v>8650000000</x:v>
+        <x:v>630000000</x:v>
       </x:c>
       <x:c r="L708" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:20">
       <x:c r="A709" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B709" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C709" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J709" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K709" s="0" t="n">
-        <x:v>2300000000</x:v>
+        <x:v>390000000</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:20">
       <x:c r="A710" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B710" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C710" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J710" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K710" s="0" t="n">
-        <x:v>250000000</x:v>
+        <x:v>32263700000</x:v>
       </x:c>
       <x:c r="L710" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:20">
       <x:c r="A711" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B711" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C711" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J711" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K711" s="0" t="n">
-        <x:v>2150300000</x:v>
+        <x:v>3000000000</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:20">
       <x:c r="A712" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B712" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C712" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J712" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K712" s="0" t="n">
-        <x:v>3000000000</x:v>
+        <x:v>75099200000</x:v>
       </x:c>
       <x:c r="L712" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:20">
       <x:c r="A713" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B713" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C713" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J713" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K713" s="0" t="n">
-        <x:v>2711000000</x:v>
+        <x:v>12800000000</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:20">
       <x:c r="A714" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B714" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C714" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J714" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K714" s="0" t="n">
-        <x:v>77690600000</x:v>
+        <x:v>44500000000</x:v>
       </x:c>
       <x:c r="L714" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:20">
       <x:c r="A715" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B715" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C715" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J715" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K715" s="0" t="n">
-        <x:v>15062991890</x:v>
+        <x:v>80517848500</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:20">
       <x:c r="A716" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B716" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C716" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J716" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K716" s="0" t="n">
-        <x:v>83101000000</x:v>
+        <x:v>305000000</x:v>
       </x:c>
       <x:c r="L716" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:20">
       <x:c r="A717" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B717" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C717" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J717" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K717" s="0" t="n">
-        <x:v>36533326300</x:v>
+        <x:v>1335000000</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:20">
       <x:c r="A718" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B718" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C718" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J718" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K718" s="0" t="n">
-        <x:v>1160000000</x:v>
+        <x:v>10296000000</x:v>
       </x:c>
       <x:c r="L718" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:20">
       <x:c r="A719" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B719" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C719" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J719" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K719" s="0" t="n">
-        <x:v>25610000000</x:v>
+        <x:v>34100000000</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:20">
       <x:c r="A720" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B720" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C720" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J720" s="0" t="n">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K720" s="0" t="n">
-        <x:v>66798968000</x:v>
+        <x:v>220000000</x:v>
       </x:c>
       <x:c r="L720" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:20">
       <x:c r="A721" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B721" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C721" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J721" s="0" t="n">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K721" s="0" t="n">
-        <x:v>61110604100</x:v>
+        <x:v>22649100000</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:20">
       <x:c r="A722" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B722" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C722" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J722" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K722" s="0" t="n">
-        <x:v>614000000</x:v>
+        <x:v>24053300000</x:v>
       </x:c>
       <x:c r="L722" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:20">
       <x:c r="A723" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B723" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C723" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J723" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K723" s="0" t="n">
-        <x:v>18335400000</x:v>
+        <x:v>8450000000</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:20">
       <x:c r="A724" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B724" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C724" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J724" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K724" s="0" t="n">
-        <x:v>2076300000</x:v>
+        <x:v>8800000000</x:v>
       </x:c>
       <x:c r="L724" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:20">
       <x:c r="A725" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B725" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C725" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J725" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K725" s="0" t="n">
-        <x:v>10167971600</x:v>
+        <x:v>18581000000</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:20">
       <x:c r="A726" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B726" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C726" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J726" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K726" s="0" t="n">
-        <x:v>20000000</x:v>
+        <x:v>27500000000</x:v>
       </x:c>
       <x:c r="L726" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:20">
       <x:c r="A727" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B727" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C727" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J727" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K727" s="0" t="n">
-        <x:v>37370064675</x:v>
+        <x:v>24012939050</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:20">
       <x:c r="A728" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B728" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C728" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J728" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K728" s="0" t="n">
-        <x:v>13985000000</x:v>
+        <x:v>39243300000</x:v>
       </x:c>
       <x:c r="L728" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:20">
       <x:c r="A729" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B729" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C729" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J729" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K729" s="0" t="n">
-        <x:v>570000000</x:v>
+        <x:v>50930500000</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:20">
       <x:c r="A730" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B730" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C730" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J730" s="0" t="n">
-        <x:v>48</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K730" s="0" t="n">
-        <x:v>35037959065</x:v>
+        <x:v>20498488000</x:v>
       </x:c>
       <x:c r="L730" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:20">
       <x:c r="A731" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B731" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C731" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J731" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K731" s="0" t="n">
-        <x:v>18500000000</x:v>
+        <x:v>30000000</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:20">
       <x:c r="A732" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B732" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C732" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J732" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K732" s="0" t="n">
-        <x:v>15100000000</x:v>
+        <x:v>33575000000</x:v>
       </x:c>
       <x:c r="L732" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:20">
       <x:c r="A733" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B733" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C733" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J733" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K733" s="0" t="n">
-        <x:v>264351000</x:v>
+        <x:v>52482000000</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:20">
       <x:c r="A734" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B734" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C734" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J734" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K734" s="0" t="n">
-        <x:v>6000000000</x:v>
+        <x:v>1600000000</x:v>
       </x:c>
       <x:c r="L734" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:20">
       <x:c r="A735" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B735" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C735" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J735" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K735" s="0" t="n">
-        <x:v>19400000000</x:v>
+        <x:v>77802143700</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:20">
       <x:c r="A736" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B736" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C736" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J736" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K736" s="0" t="n">
-        <x:v>10139200000</x:v>
+        <x:v>26267980875</x:v>
       </x:c>
       <x:c r="L736" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:20">
       <x:c r="A737" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B737" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C737" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J737" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="K737" s="0" t="n">
-        <x:v>7966250000</x:v>
+        <x:v>16069119245</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:20">
       <x:c r="A738" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B738" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C738" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J738" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K738" s="0" t="n">
-        <x:v>47055000000</x:v>
+        <x:v>9450000000</x:v>
       </x:c>
       <x:c r="L738" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:20">
       <x:c r="A739" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B739" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C739" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J739" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K739" s="0" t="n">
-        <x:v>180000000</x:v>
+        <x:v>17507400000</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:20">
       <x:c r="A740" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B740" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C740" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J740" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K740" s="0" t="n">
-        <x:v>72474500000</x:v>
+        <x:v>32547112070</x:v>
       </x:c>
       <x:c r="L740" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:20">
       <x:c r="A741" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B741" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C741" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J741" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K741" s="0" t="n">
-        <x:v>49500000000</x:v>
+        <x:v>2178000000</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:20">
       <x:c r="A742" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B742" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C742" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J742" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K742" s="0" t="n">
-        <x:v>24000000000</x:v>
+        <x:v>791750000</x:v>
       </x:c>
       <x:c r="L742" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:20">
       <x:c r="A743" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B743" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C743" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J743" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K743" s="0" t="n">
-        <x:v>10636900000</x:v>
+        <x:v>10139200000</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:20">
       <x:c r="A744" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B744" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C744" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J744" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K744" s="0" t="n">
-        <x:v>11014150000</x:v>
+        <x:v>7966250000</x:v>
       </x:c>
       <x:c r="L744" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:20">
       <x:c r="A745" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B745" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C745" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J745" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K745" s="0" t="n">
-        <x:v>35724100000</x:v>
+        <x:v>47055000000</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:20">
       <x:c r="A746" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B746" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C746" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F746" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J746" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="F746" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K746" s="0" t="n">
-        <x:v>977600000</x:v>
+        <x:v>180000000</x:v>
       </x:c>
       <x:c r="L746" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:20">
       <x:c r="A747" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B747" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C747" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J747" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K747" s="0" t="n">
-        <x:v>26320000000</x:v>
+        <x:v>72474500000</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:20">
       <x:c r="A748" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B748" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C748" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J748" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K748" s="0" t="n">
-        <x:v>93297180000</x:v>
+        <x:v>49500000000</x:v>
       </x:c>
       <x:c r="L748" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:20">
       <x:c r="A749" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B749" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C749" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J749" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K749" s="0" t="n">
-        <x:v>773000000</x:v>
+        <x:v>24000000000</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:20">
       <x:c r="A750" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B750" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C750" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J750" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="K750" s="0" t="n">
-        <x:v>77356367750</x:v>
+        <x:v>10636900000</x:v>
       </x:c>
       <x:c r="L750" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:20">
       <x:c r="A751" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B751" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C751" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F751" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J751" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="F751" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K751" s="0" t="n">
-        <x:v>5020000000</x:v>
+        <x:v>11014150000</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:20">
       <x:c r="A752" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B752" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C752" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J752" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K752" s="0" t="n">
-        <x:v>820000000</x:v>
+        <x:v>977600000</x:v>
       </x:c>
       <x:c r="L752" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:20">
       <x:c r="A753" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B753" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C753" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="F753" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J753" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="F753" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K753" s="0" t="n">
-        <x:v>16183000000</x:v>
+        <x:v>26320000000</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:20">
       <x:c r="A754" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B754" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C754" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J754" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K754" s="0" t="n">
-        <x:v>35669700000</x:v>
+        <x:v>93297180000</x:v>
       </x:c>
       <x:c r="L754" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:20">
       <x:c r="A755" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B755" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C755" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J755" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K755" s="0" t="n">
-        <x:v>125000000</x:v>
+        <x:v>773000000</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:20">
       <x:c r="A756" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B756" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C756" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J756" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K756" s="0" t="n">
-        <x:v>28674600000</x:v>
+        <x:v>77356367750</x:v>
       </x:c>
       <x:c r="L756" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:20">
       <x:c r="A757" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B757" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C757" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J757" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K757" s="0" t="n">
-        <x:v>40797800000</x:v>
+        <x:v>5020000000</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:20">
       <x:c r="A758" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B758" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C758" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J758" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K758" s="0" t="n">
-        <x:v>2240339000</x:v>
+        <x:v>820000000</x:v>
       </x:c>
       <x:c r="L758" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:20">
       <x:c r="A759" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B759" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C759" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J759" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K759" s="0" t="n">
-        <x:v>11726200000</x:v>
+        <x:v>16183000000</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:20">
       <x:c r="A760" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B760" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C760" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J760" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K760" s="0" t="n">
-        <x:v>75000000</x:v>
+        <x:v>35669700000</x:v>
       </x:c>
       <x:c r="L760" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:20">
       <x:c r="A761" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B761" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C761" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J761" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K761" s="0" t="n">
-        <x:v>40404664850</x:v>
+        <x:v>125000000</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:20">
       <x:c r="A762" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B762" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C762" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J762" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K762" s="0" t="n">
-        <x:v>23100000000</x:v>
+        <x:v>28674600000</x:v>
       </x:c>
       <x:c r="L762" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:20">
       <x:c r="A763" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B763" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C763" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J763" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K763" s="0" t="n">
-        <x:v>90000000</x:v>
+        <x:v>55797800000</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:20">
       <x:c r="A764" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B764" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C764" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J764" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K764" s="0" t="n">
-        <x:v>315000000</x:v>
+        <x:v>2240339000</x:v>
       </x:c>
       <x:c r="L764" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:20">
       <x:c r="A765" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B765" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C765" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J765" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K765" s="0" t="n">
-        <x:v>6300000000</x:v>
+        <x:v>11726200000</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:20">
       <x:c r="A766" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B766" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C766" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J766" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K766" s="0" t="n">
-        <x:v>5647321000</x:v>
+        <x:v>75000000</x:v>
       </x:c>
       <x:c r="L766" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:20">
       <x:c r="A767" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B767" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C767" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J767" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K767" s="0" t="n">
-        <x:v>52802143700</x:v>
+        <x:v>40404664850</x:v>
       </x:c>
       <x:c r="L767" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:20">
       <x:c r="A768" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B768" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C768" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J768" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K768" s="0" t="n">
-        <x:v>8300000000</x:v>
+        <x:v>23100000000</x:v>
       </x:c>
       <x:c r="L768" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:20">
       <x:c r="A769" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B769" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C769" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J769" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K769" s="0" t="n">
-        <x:v>72084200000</x:v>
+        <x:v>90000000</x:v>
       </x:c>
       <x:c r="L769" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:20">
       <x:c r="A770" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B770" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C770" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J770" s="0" t="n">
-        <x:v>24</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K770" s="0" t="n">
-        <x:v>8363700000</x:v>
+        <x:v>315000000</x:v>
       </x:c>
       <x:c r="L770" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:20">
       <x:c r="A771" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B771" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C771" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J771" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K771" s="0" t="n">
-        <x:v>22500000000</x:v>
+        <x:v>6300000000</x:v>
       </x:c>
       <x:c r="L771" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:20">
       <x:c r="A772" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B772" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C772" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J772" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K772" s="0" t="n">
-        <x:v>86185000</x:v>
+        <x:v>5647321000</x:v>
       </x:c>
       <x:c r="L772" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:20">
       <x:c r="A773" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B773" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C773" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J773" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K773" s="0" t="n">
-        <x:v>110000000</x:v>
+        <x:v>8300000000</x:v>
       </x:c>
       <x:c r="L773" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:20">
       <x:c r="A774" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B774" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C774" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J774" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K774" s="0" t="n">
-        <x:v>11200000000</x:v>
+        <x:v>72084200000</x:v>
       </x:c>
       <x:c r="L774" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:20">
       <x:c r="A775" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B775" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C775" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J775" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K775" s="0" t="n">
-        <x:v>5759209000</x:v>
+        <x:v>8363700000</x:v>
       </x:c>
       <x:c r="L775" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:20">
       <x:c r="A776" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B776" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C776" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J776" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K776" s="0" t="n">
-        <x:v>12569119245</x:v>
+        <x:v>22500000000</x:v>
       </x:c>
       <x:c r="L776" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:20">
       <x:c r="A777" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B777" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C777" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J777" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K777" s="0" t="n">
-        <x:v>18400000000</x:v>
+        <x:v>86185000</x:v>
       </x:c>
       <x:c r="L777" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:20">
       <x:c r="A778" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B778" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C778" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J778" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K778" s="0" t="n">
-        <x:v>1245207000</x:v>
+        <x:v>110000000</x:v>
       </x:c>
       <x:c r="L778" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:20">
       <x:c r="A779" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B779" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C779" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J779" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K779" s="0" t="n">
-        <x:v>5000000000</x:v>
+        <x:v>11200000000</x:v>
       </x:c>
       <x:c r="L779" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:20">
       <x:c r="A780" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B780" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C780" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J780" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K780" s="0" t="n">
-        <x:v>29400000000</x:v>
+        <x:v>5759209000</x:v>
       </x:c>
       <x:c r="L780" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:20">
       <x:c r="A781" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B781" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C781" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J781" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K781" s="0" t="n">
-        <x:v>47346200000</x:v>
+        <x:v>68778600000</x:v>
       </x:c>
       <x:c r="L781" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:20">
       <x:c r="A782" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B782" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C782" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J782" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K782" s="0" t="n">
-        <x:v>101000000</x:v>
+        <x:v>18400000000</x:v>
       </x:c>
       <x:c r="L782" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:20">
       <x:c r="A783" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B783" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C783" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J783" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K783" s="0" t="n">
-        <x:v>630000000</x:v>
+        <x:v>1245207000</x:v>
       </x:c>
       <x:c r="L783" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:20">
       <x:c r="A784" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B784" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C784" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J784" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K784" s="0" t="n">
-        <x:v>390000000</x:v>
+        <x:v>20847533108.4</x:v>
       </x:c>
       <x:c r="L784" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:20">
       <x:c r="A785" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B785" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C785" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J785" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K785" s="0" t="n">
-        <x:v>32263700000</x:v>
+        <x:v>30500000000</x:v>
       </x:c>
       <x:c r="L785" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:20">
       <x:c r="A786" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B786" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C786" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J786" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K786" s="0" t="n">
-        <x:v>3000000000</x:v>
+        <x:v>1400000000</x:v>
       </x:c>
       <x:c r="L786" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:20">
       <x:c r="A787" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B787" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C787" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J787" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="K787" s="0" t="n">
-        <x:v>75099200000</x:v>
+        <x:v>48854300000</x:v>
       </x:c>
       <x:c r="L787" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:20">
       <x:c r="A788" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B788" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C788" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J788" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K788" s="0" t="n">
-        <x:v>12800000000</x:v>
+        <x:v>2248000000</x:v>
       </x:c>
       <x:c r="L788" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:20">
       <x:c r="A789" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B789" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C789" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J789" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K789" s="0" t="n">
-        <x:v>44500000000</x:v>
+        <x:v>6000000000</x:v>
       </x:c>
       <x:c r="L789" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:20">
       <x:c r="A790" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B790" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C790" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J790" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K790" s="0" t="n">
-        <x:v>80517848500</x:v>
+        <x:v>65422100000</x:v>
       </x:c>
       <x:c r="L790" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:20">
       <x:c r="A791" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B791" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C791" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J791" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K791" s="0" t="n">
-        <x:v>305000000</x:v>
+        <x:v>1805000000</x:v>
       </x:c>
       <x:c r="L791" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:20">
       <x:c r="A792" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B792" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C792" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J792" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K792" s="0" t="n">
-        <x:v>1335000000</x:v>
+        <x:v>105353900000</x:v>
       </x:c>
       <x:c r="L792" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:20">
       <x:c r="A793" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B793" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C793" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J793" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="K793" s="0" t="n">
-        <x:v>10296000000</x:v>
+        <x:v>18775000000</x:v>
       </x:c>
       <x:c r="L793" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:20">
       <x:c r="A794" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B794" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C794" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J794" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K794" s="0" t="n">
-        <x:v>34100000000</x:v>
+        <x:v>3000000000</x:v>
       </x:c>
       <x:c r="L794" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:20">
       <x:c r="A795" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B795" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C795" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J795" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K795" s="0" t="n">
-        <x:v>220000000</x:v>
+        <x:v>10150000000</x:v>
       </x:c>
       <x:c r="L795" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:20">
       <x:c r="A796" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B796" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C796" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J796" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K796" s="0" t="n">
-        <x:v>22649100000</x:v>
+        <x:v>1500000000</x:v>
       </x:c>
       <x:c r="L796" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:20">
       <x:c r="A797" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B797" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C797" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J797" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K797" s="0" t="n">
-        <x:v>24053300000</x:v>
+        <x:v>1329000000</x:v>
       </x:c>
       <x:c r="L797" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:20">
       <x:c r="A798" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B798" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C798" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J798" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K798" s="0" t="n">
-        <x:v>8450000000</x:v>
+        <x:v>8650000000</x:v>
       </x:c>
       <x:c r="L798" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:20">
       <x:c r="A799" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B799" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C799" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J799" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K799" s="0" t="n">
-        <x:v>18581000000</x:v>
+        <x:v>2300000000</x:v>
       </x:c>
       <x:c r="L799" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:20">
       <x:c r="A800" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B800" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C800" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J800" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K800" s="0" t="n">
-        <x:v>27500000000</x:v>
+        <x:v>250000000</x:v>
       </x:c>
       <x:c r="L800" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:20">
       <x:c r="A801" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B801" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C801" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J801" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K801" s="0" t="n">
-        <x:v>24012939050</x:v>
+        <x:v>2150300000</x:v>
       </x:c>
       <x:c r="L801" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:20">
       <x:c r="A802" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B802" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C802" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J802" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K802" s="0" t="n">
-        <x:v>39243300000</x:v>
+        <x:v>3000000000</x:v>
       </x:c>
       <x:c r="L802" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:20">
       <x:c r="A803" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B803" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C803" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J803" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K803" s="0" t="n">
-        <x:v>50930500000</x:v>
+        <x:v>2711000000</x:v>
       </x:c>
       <x:c r="L803" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:20">
       <x:c r="A804" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B804" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C804" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J804" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K804" s="0" t="n">
-        <x:v>20498488000</x:v>
+        <x:v>56845549295.6186</x:v>
       </x:c>
       <x:c r="L804" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:20">
       <x:c r="A805" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B805" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C805" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J805" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K805" s="0" t="n">
-        <x:v>30000000</x:v>
+        <x:v>15062991890</x:v>
       </x:c>
       <x:c r="L805" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:20">
       <x:c r="A806" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B806" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C806" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J806" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K806" s="0" t="n">
-        <x:v>33575000000</x:v>
+        <x:v>83101000000</x:v>
       </x:c>
       <x:c r="L806" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:20">
       <x:c r="A807" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B807" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C807" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J807" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K807" s="0" t="n">
-        <x:v>52482000000</x:v>
+        <x:v>36533326300</x:v>
       </x:c>
       <x:c r="L807" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:20">
       <x:c r="A808" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B808" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C808" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J808" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K808" s="0" t="n">
-        <x:v>1600000000</x:v>
+        <x:v>1160000000</x:v>
       </x:c>
       <x:c r="L808" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:20">
       <x:c r="A809" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B809" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C809" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J809" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K809" s="0" t="n">
-        <x:v>26267980875</x:v>
+        <x:v>25610000000</x:v>
       </x:c>
       <x:c r="L809" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:20">
       <x:c r="A810" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B810" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C810" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J810" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K810" s="0" t="n">
-        <x:v>9450000000</x:v>
+        <x:v>66798968000</x:v>
       </x:c>
       <x:c r="L810" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:20">
       <x:c r="A811" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B811" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C811" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J811" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K811" s="0" t="n">
-        <x:v>17507400000</x:v>
+        <x:v>61110604100</x:v>
       </x:c>
       <x:c r="L811" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:20">
       <x:c r="A812" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B812" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C812" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J812" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K812" s="0" t="n">
-        <x:v>32547112070</x:v>
+        <x:v>614000000</x:v>
       </x:c>
       <x:c r="L812" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:20">
       <x:c r="A813" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B813" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C813" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F813" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J813" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="F813" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K813" s="0" t="n">
-        <x:v>2178000000</x:v>
+        <x:v>18335400000</x:v>
       </x:c>
       <x:c r="L813" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:20">
       <x:c r="A814" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B814" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C814" s="0" t="n">
-        <x:v>1</x:v>
-[...8 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F814" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J814" s="0" t="n">
-        <x:v>727</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K814" s="0" t="n">
-        <x:v>42744294452.61</x:v>
+        <x:v>2076300000</x:v>
       </x:c>
       <x:c r="L814" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:20">
       <x:c r="A815" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B815" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C815" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D815" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>16</x:v>
+      <x:c r="F815" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J815" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K815" s="0" t="n">
-        <x:v>110000000</x:v>
+        <x:v>10167971600</x:v>
       </x:c>
       <x:c r="L815" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:20">
       <x:c r="A816" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B816" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C816" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D816" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>17</x:v>
+      <x:c r="F816" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J816" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K816" s="0" t="n">
-        <x:v>20970000000</x:v>
+        <x:v>20000000</x:v>
       </x:c>
       <x:c r="L816" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:20">
       <x:c r="A817" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B817" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C817" s="0" t="n">
-        <x:v>2</x:v>
-[...8 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F817" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J817" s="0" t="n">
-        <x:v>711</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K817" s="0" t="n">
-        <x:v>51908414871.1872</x:v>
+        <x:v>57370064675</x:v>
       </x:c>
       <x:c r="L817" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:20">
       <x:c r="A818" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B818" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C818" s="0" t="n">
-        <x:v>3</x:v>
-[...8 lines deleted...]
-        <x:v>14</x:v>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="F818" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J818" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K818" s="0" t="n">
-        <x:v>2505250000</x:v>
+        <x:v>13985000000</x:v>
       </x:c>
       <x:c r="L818" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:20">
       <x:c r="A819" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B819" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C819" s="0" t="n">
-        <x:v>4</x:v>
-[...8 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="F819" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J819" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K819" s="0" t="n">
-        <x:v>88357000000</x:v>
+        <x:v>570000000</x:v>
       </x:c>
       <x:c r="L819" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:20">
       <x:c r="A820" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B820" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C820" s="0" t="n">
-        <x:v>4</x:v>
-[...8 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F820" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J820" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K820" s="0" t="n">
-        <x:v>2353000000</x:v>
+        <x:v>35037959065</x:v>
       </x:c>
       <x:c r="L820" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:20">
       <x:c r="A821" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B821" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C821" s="0" t="n">
-        <x:v>4</x:v>
-[...8 lines deleted...]
-        <x:v>14</x:v>
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F821" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J821" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K821" s="0" t="n">
-        <x:v>8638512185.31</x:v>
+        <x:v>18500000000</x:v>
       </x:c>
       <x:c r="L821" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:20">
       <x:c r="A822" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B822" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C822" s="0" t="n">
-        <x:v>6</x:v>
-[...8 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="F822" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J822" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K822" s="0" t="n">
-        <x:v>50000000</x:v>
+        <x:v>15100000000</x:v>
       </x:c>
       <x:c r="L822" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:20">
       <x:c r="A823" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B823" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C823" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="D823" s="0" t="n">
-[...6 lines deleted...]
-        <x:v>17</x:v>
+      <x:c r="F823" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J823" s="0" t="n">
-        <x:v>1762</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K823" s="0" t="n">
-        <x:v>60832116490.1419</x:v>
+        <x:v>264351000</x:v>
       </x:c>
       <x:c r="L823" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:20">
       <x:c r="A824" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B824" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C824" s="0" t="n">
-        <x:v>6</x:v>
-[...8 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="F824" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J824" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K824" s="0" t="n">
-        <x:v>1155000000</x:v>
+        <x:v>6000000000</x:v>
       </x:c>
       <x:c r="L824" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:20">
       <x:c r="A825" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B825" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C825" s="0" t="n">
-        <x:v>6</x:v>
-[...8 lines deleted...]
-        <x:v>14</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F825" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J825" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K825" s="0" t="n">
-        <x:v>15334692696.01</x:v>
+        <x:v>19400000000</x:v>
       </x:c>
       <x:c r="L825" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:20">
       <x:c r="A826" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B826" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C826" s="0" t="n">
-        <x:v>7</x:v>
-[...8 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F826" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J826" s="0" t="n">
-        <x:v>1246</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K826" s="0" t="n">
-        <x:v>69327932864.1663</x:v>
+        <x:v>15700000000</x:v>
       </x:c>
       <x:c r="L826" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:20">
       <x:c r="A827" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B827" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C827" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D827" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G827" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G827" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J827" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K827" s="0" t="n">
-        <x:v>450000000</x:v>
+        <x:v>48633400000</x:v>
       </x:c>
       <x:c r="L827" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:20">
       <x:c r="A828" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B828" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C828" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D828" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J828" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K828" s="0" t="n">
-        <x:v>106877400000</x:v>
+        <x:v>160000000</x:v>
       </x:c>
       <x:c r="L828" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:20">
       <x:c r="A829" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B829" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C829" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D829" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J829" s="0" t="n">
-        <x:v>1261</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K829" s="0" t="n">
-        <x:v>61375695428.65</x:v>
+        <x:v>21660000000</x:v>
       </x:c>
       <x:c r="L829" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:20">
       <x:c r="A830" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B830" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C830" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D830" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G830" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G830" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J830" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="K830" s="0" t="n">
-        <x:v>30000000</x:v>
+        <x:v>62869242185.403</x:v>
       </x:c>
       <x:c r="L830" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:20">
       <x:c r="A831" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B831" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C831" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D831" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J831" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="K831" s="0" t="n">
-        <x:v>3652984612.92</x:v>
+        <x:v>6358500000</x:v>
       </x:c>
       <x:c r="L831" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:20">
       <x:c r="A832" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B832" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C832" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D832" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E832" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G832" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J832" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E832" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K832" s="0" t="n">
-        <x:v>3181600000</x:v>
+        <x:v>2587800000</x:v>
       </x:c>
       <x:c r="L832" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:20">
       <x:c r="A833" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B833" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C833" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D833" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J833" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="K833" s="0" t="n">
-        <x:v>830000000</x:v>
+        <x:v>9694100000</x:v>
       </x:c>
       <x:c r="L833" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:20">
       <x:c r="A834" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B834" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C834" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D834" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G834" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G834" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J834" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="K834" s="0" t="n">
-        <x:v>160000000</x:v>
+        <x:v>64015355220.7982</x:v>
       </x:c>
       <x:c r="L834" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:20">
       <x:c r="A835" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B835" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C835" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D835" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J835" s="0" t="n">
-        <x:v>3080</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K835" s="0" t="n">
-        <x:v>68015598783.3322</x:v>
+        <x:v>100000000</x:v>
       </x:c>
       <x:c r="L835" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:20">
       <x:c r="A836" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B836" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C836" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D836" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J836" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K836" s="0" t="n">
-        <x:v>70000000</x:v>
+        <x:v>6262100000</x:v>
       </x:c>
       <x:c r="L836" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:20">
       <x:c r="A837" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B837" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C837" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D837" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J837" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K837" s="0" t="n">
-        <x:v>4180000000</x:v>
+        <x:v>23402900000</x:v>
       </x:c>
       <x:c r="L837" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:20">
       <x:c r="A838" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B838" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C838" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D838" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J838" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2621</x:v>
       </x:c>
       <x:c r="K838" s="0" t="n">
-        <x:v>3078100000</x:v>
+        <x:v>77956603232.32</x:v>
       </x:c>
       <x:c r="L838" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:20">
       <x:c r="A839" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B839" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C839" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D839" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J839" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K839" s="0" t="n">
-        <x:v>3551500000</x:v>
+        <x:v>14218372696.7</x:v>
       </x:c>
       <x:c r="L839" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:20">
       <x:c r="A840" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B840" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C840" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D840" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J840" s="0" t="n">
-        <x:v>3456</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K840" s="0" t="n">
-        <x:v>92917801115.84</x:v>
+        <x:v>2189800000</x:v>
       </x:c>
       <x:c r="L840" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:20">
       <x:c r="A841" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B841" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C841" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D841" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J841" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K841" s="0" t="n">
-        <x:v>924100000</x:v>
+        <x:v>80154000000</x:v>
       </x:c>
       <x:c r="L841" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:20">
       <x:c r="A842" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B842" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C842" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D842" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J842" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K842" s="0" t="n">
-        <x:v>5598800000</x:v>
+        <x:v>1359700000</x:v>
       </x:c>
       <x:c r="L842" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:20">
       <x:c r="A843" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B843" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C843" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D843" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J843" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K843" s="0" t="n">
-        <x:v>1673000000</x:v>
+        <x:v>100000000</x:v>
       </x:c>
       <x:c r="L843" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:20">
       <x:c r="A844" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B844" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C844" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D844" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D844" s="0" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E844" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J844" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K844" s="0" t="n">
-        <x:v>1232400000</x:v>
+        <x:v>9600380348.06</x:v>
       </x:c>
       <x:c r="L844" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:20">
       <x:c r="A845" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B845" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C845" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D845" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J845" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K845" s="0" t="n">
-        <x:v>122584739050</x:v>
+        <x:v>79711500000</x:v>
       </x:c>
       <x:c r="L845" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:20">
       <x:c r="A846" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B846" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C846" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D846" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J846" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K846" s="0" t="n">
-        <x:v>11273950000</x:v>
+        <x:v>5823600000</x:v>
       </x:c>
       <x:c r="L846" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:20">
       <x:c r="A847" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B847" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C847" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D847" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J847" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K847" s="0" t="n">
-        <x:v>2879900000</x:v>
+        <x:v>21840200000</x:v>
       </x:c>
       <x:c r="L847" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:20">
       <x:c r="A848" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B848" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C848" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D848" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G848" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G848" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J848" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K848" s="0" t="n">
-        <x:v>1965700000</x:v>
+        <x:v>124038891890</x:v>
       </x:c>
       <x:c r="L848" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:20">
       <x:c r="A849" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B849" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C849" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D849" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J849" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K849" s="0" t="n">
-        <x:v>3214600000</x:v>
+        <x:v>4652850000</x:v>
       </x:c>
       <x:c r="L849" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:20">
       <x:c r="A850" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B850" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C850" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D850" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J850" s="0" t="n">
-        <x:v>1415</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="K850" s="0" t="n">
-        <x:v>88135832674.3061</x:v>
+        <x:v>5431600000</x:v>
       </x:c>
       <x:c r="L850" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:20">
       <x:c r="A851" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B851" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C851" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D851" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J851" s="0" t="n">
-        <x:v>1809</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K851" s="0" t="n">
-        <x:v>72885799806.23</x:v>
+        <x:v>100000000</x:v>
       </x:c>
       <x:c r="L851" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:20">
       <x:c r="A852" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B852" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C852" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D852" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J852" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K852" s="0" t="n">
-        <x:v>871200000</x:v>
+        <x:v>4119800000</x:v>
       </x:c>
       <x:c r="L852" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:20">
       <x:c r="A853" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B853" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C853" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D853" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J853" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K853" s="0" t="n">
-        <x:v>109386464675</x:v>
+        <x:v>3049676000</x:v>
       </x:c>
       <x:c r="L853" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:20">
       <x:c r="A854" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B854" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C854" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D854" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J854" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K854" s="0" t="n">
-        <x:v>1834100000</x:v>
+        <x:v>2233800000</x:v>
       </x:c>
       <x:c r="L854" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:20">
       <x:c r="A855" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B855" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C855" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D855" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J855" s="0" t="n">
-        <x:v>36</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K855" s="0" t="n">
-        <x:v>763356400</x:v>
+        <x:v>2402300000</x:v>
       </x:c>
       <x:c r="L855" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:20">
       <x:c r="A856" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B856" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C856" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D856" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G856" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G856" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J856" s="0" t="n">
-        <x:v>1736</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K856" s="0" t="n">
-        <x:v>70722792460.75</x:v>
+        <x:v>35127675000</x:v>
       </x:c>
       <x:c r="L856" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:20">
       <x:c r="A857" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B857" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C857" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D857" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J857" s="0" t="n">
-        <x:v>2323</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K857" s="0" t="n">
-        <x:v>80514167446.7225</x:v>
+        <x:v>1130800000</x:v>
       </x:c>
       <x:c r="L857" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:20">
       <x:c r="A858" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B858" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C858" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D858" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J858" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K858" s="0" t="n">
-        <x:v>400000000</x:v>
+        <x:v>7118975949.53</x:v>
       </x:c>
       <x:c r="L858" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:20">
       <x:c r="A859" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B859" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C859" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D859" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G859" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G859" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J859" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K859" s="0" t="n">
-        <x:v>426800000</x:v>
+        <x:v>32123371600</x:v>
       </x:c>
       <x:c r="L859" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:20">
       <x:c r="A860" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B860" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C860" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D860" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J860" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K860" s="0" t="n">
-        <x:v>51163566940</x:v>
+        <x:v>1316900000</x:v>
       </x:c>
       <x:c r="L860" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:20">
       <x:c r="A861" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B861" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C861" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D861" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J861" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K861" s="0" t="n">
-        <x:v>2391900000</x:v>
+        <x:v>235000000</x:v>
       </x:c>
       <x:c r="L861" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:20">
       <x:c r="A862" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B862" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C862" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D862" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J862" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K862" s="0" t="n">
-        <x:v>762700000</x:v>
+        <x:v>898900000</x:v>
       </x:c>
       <x:c r="L862" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:20">
       <x:c r="A863" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B863" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C863" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D863" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J863" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="K863" s="0" t="n">
-        <x:v>1759000000</x:v>
+        <x:v>754900000</x:v>
       </x:c>
       <x:c r="L863" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:20">
       <x:c r="A864" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B864" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C864" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D864" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G864" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G864" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J864" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K864" s="0" t="n">
-        <x:v>53000000</x:v>
+        <x:v>90472378516.6734</x:v>
       </x:c>
       <x:c r="L864" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:20">
       <x:c r="A865" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B865" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C865" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D865" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J865" s="0" t="n">
-        <x:v>924</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K865" s="0" t="n">
-        <x:v>56345176350.71</x:v>
+        <x:v>50000000</x:v>
       </x:c>
       <x:c r="L865" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:20">
       <x:c r="A866" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B866" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C866" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D866" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J866" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K866" s="0" t="n">
-        <x:v>4508648000</x:v>
+        <x:v>1817600000</x:v>
       </x:c>
       <x:c r="L866" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:20">
       <x:c r="A867" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B867" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C867" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D867" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G867" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J867" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G867" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K867" s="0" t="n">
-        <x:v>18000000</x:v>
+        <x:v>206000000</x:v>
       </x:c>
       <x:c r="L867" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:20">
       <x:c r="A868" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B868" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C868" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D868" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G868" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G868" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J868" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="K868" s="0" t="n">
-        <x:v>1645900000</x:v>
+        <x:v>62138871118.31</x:v>
       </x:c>
       <x:c r="L868" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:20">
       <x:c r="A869" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B869" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C869" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D869" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J869" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K869" s="0" t="n">
-        <x:v>8000000</x:v>
+        <x:v>495300000</x:v>
       </x:c>
       <x:c r="L869" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:20">
       <x:c r="A870" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B870" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C870" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D870" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J870" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K870" s="0" t="n">
-        <x:v>48633400000</x:v>
+        <x:v>37020300000</x:v>
       </x:c>
       <x:c r="L870" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:20">
       <x:c r="A871" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B871" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C871" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D871" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J871" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K871" s="0" t="n">
-        <x:v>160000000</x:v>
+        <x:v>1348000000</x:v>
       </x:c>
       <x:c r="L871" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:20">
       <x:c r="A872" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B872" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C872" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D872" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J872" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K872" s="0" t="n">
-        <x:v>21660000000</x:v>
+        <x:v>2523707000</x:v>
       </x:c>
       <x:c r="L872" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:20">
       <x:c r="A873" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B873" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C873" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D873" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J873" s="0" t="n">
-        <x:v>1180</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K873" s="0" t="n">
-        <x:v>62869242185.403</x:v>
+        <x:v>429500000</x:v>
       </x:c>
       <x:c r="L873" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:20">
       <x:c r="A874" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B874" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C874" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D874" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J874" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K874" s="0" t="n">
-        <x:v>6358500000</x:v>
+        <x:v>47176208735.9</x:v>
       </x:c>
       <x:c r="L874" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:20">
       <x:c r="A875" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B875" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C875" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D875" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J875" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K875" s="0" t="n">
-        <x:v>2587800000</x:v>
+        <x:v>141000000</x:v>
       </x:c>
       <x:c r="L875" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:20">
       <x:c r="A876" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B876" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C876" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D876" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J876" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K876" s="0" t="n">
-        <x:v>9694100000</x:v>
+        <x:v>135737933724</x:v>
       </x:c>
       <x:c r="L876" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:20">
       <x:c r="A877" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B877" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C877" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D877" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J877" s="0" t="n">
-        <x:v>2250</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K877" s="0" t="n">
-        <x:v>64015355220.7982</x:v>
+        <x:v>901200000</x:v>
       </x:c>
       <x:c r="L877" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:20">
       <x:c r="A878" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B878" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C878" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D878" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G878" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G878" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J878" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="K878" s="0" t="n">
-        <x:v>100000000</x:v>
+        <x:v>3655842721.17</x:v>
       </x:c>
       <x:c r="L878" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:20">
       <x:c r="A879" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B879" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="C879" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D879" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J879" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K879" s="0" t="n">
-        <x:v>6262100000</x:v>
+        <x:v>22250800000</x:v>
       </x:c>
       <x:c r="L879" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:20">
       <x:c r="A880" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B880" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C880" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D880" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J880" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K880" s="0" t="n">
-        <x:v>23402900000</x:v>
+        <x:v>13482504539.66</x:v>
       </x:c>
       <x:c r="L880" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:20">
       <x:c r="A881" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B881" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C881" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D881" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J881" s="0" t="n">
-        <x:v>2621</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K881" s="0" t="n">
-        <x:v>77956603232.32</x:v>
+        <x:v>568300000</x:v>
       </x:c>
       <x:c r="L881" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:20">
       <x:c r="A882" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B882" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C882" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D882" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J882" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K882" s="0" t="n">
-        <x:v>14218372696.7</x:v>
+        <x:v>7457500000</x:v>
       </x:c>
       <x:c r="L882" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:20">
       <x:c r="A883" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B883" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C883" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D883" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J883" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K883" s="0" t="n">
-        <x:v>2189800000</x:v>
+        <x:v>59570400000</x:v>
       </x:c>
       <x:c r="L883" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:20">
       <x:c r="A884" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B884" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C884" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D884" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J884" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K884" s="0" t="n">
-        <x:v>80154000000</x:v>
+        <x:v>25549900000</x:v>
       </x:c>
       <x:c r="L884" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:20">
       <x:c r="A885" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B885" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="C885" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D885" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J885" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="K885" s="0" t="n">
-        <x:v>1359700000</x:v>
+        <x:v>59535854470.87</x:v>
       </x:c>
       <x:c r="L885" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:20">
       <x:c r="A886" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B886" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C886" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D886" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G886" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G886" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J886" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K886" s="0" t="n">
-        <x:v>100000000</x:v>
+        <x:v>65103100000</x:v>
       </x:c>
       <x:c r="L886" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:20">
       <x:c r="A887" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B887" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C887" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D887" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="J887" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K887" s="0" t="n">
-        <x:v>9600380348.06</x:v>
+        <x:v>4158800000</x:v>
       </x:c>
       <x:c r="L887" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:20">
       <x:c r="A888" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B888" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C888" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D888" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J888" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K888" s="0" t="n">
-        <x:v>79711500000</x:v>
+        <x:v>6987442840.64</x:v>
       </x:c>
       <x:c r="L888" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:20">
       <x:c r="A889" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B889" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C889" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D889" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J889" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K889" s="0" t="n">
-        <x:v>5823600000</x:v>
+        <x:v>24309000000</x:v>
       </x:c>
       <x:c r="L889" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:20">
       <x:c r="A890" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B890" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C890" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D890" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J890" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K890" s="0" t="n">
-        <x:v>21840200000</x:v>
+        <x:v>15145179167.23</x:v>
       </x:c>
       <x:c r="L890" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:20">
       <x:c r="A891" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B891" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C891" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D891" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="J891" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="K891" s="0" t="n">
-        <x:v>124038891890</x:v>
+        <x:v>7041400000</x:v>
       </x:c>
       <x:c r="L891" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:20">
       <x:c r="A892" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B892" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C892" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D892" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G892" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G892" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J892" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K892" s="0" t="n">
-        <x:v>4652850000</x:v>
+        <x:v>105722248500</x:v>
       </x:c>
       <x:c r="L892" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:20">
       <x:c r="A893" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B893" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C893" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D893" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J893" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K893" s="0" t="n">
-        <x:v>5431600000</x:v>
+        <x:v>148411949295.619</x:v>
       </x:c>
       <x:c r="L893" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:20">
       <x:c r="A894" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B894" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C894" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D894" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G894" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G894" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J894" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K894" s="0" t="n">
-        <x:v>100000000</x:v>
+        <x:v>108031200000</x:v>
       </x:c>
       <x:c r="L894" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:20">
       <x:c r="A895" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B895" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C895" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D895" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E895" s="0" t="s">
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
-        <x:v>14</x:v>
-[...5 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="J895" s="0" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K895" s="0" t="n">
-        <x:v>2850000000</x:v>
+        <x:v>150000000</x:v>
       </x:c>
       <x:c r="L895" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:20">
       <x:c r="A896" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B896" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C896" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D896" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E896" s="0" t="s">
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
-        <x:v>17</x:v>
-[...5 lines deleted...]
-        <x:v>583</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="J896" s="0" t="n">
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K896" s="0" t="n">
-        <x:v>502466944420</x:v>
+        <x:v>26962400000</x:v>
       </x:c>
       <x:c r="L896" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:20">
       <x:c r="A897" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B897" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C897" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H897" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I897" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K897" s="0" t="n">
-        <x:v>6635000000</x:v>
+        <x:v>363330802000</x:v>
       </x:c>
       <x:c r="L897" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:20">
       <x:c r="A898" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B898" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C898" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H898" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I898" s="0" t="n">
-        <x:v>479</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K898" s="0" t="n">
-        <x:v>22831100000</x:v>
+        <x:v>69998900000</x:v>
       </x:c>
       <x:c r="L898" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:20">
       <x:c r="A899" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B899" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C899" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H899" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I899" s="0" t="n">
-        <x:v>1570</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K899" s="0" t="n">
-        <x:v>156900630760</x:v>
+        <x:v>15226778000</x:v>
       </x:c>
       <x:c r="L899" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:20">
       <x:c r="A900" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B900" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C900" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H900" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I900" s="0" t="n">
-        <x:v>104</x:v>
+        <x:v>33157</x:v>
       </x:c>
       <x:c r="K900" s="0" t="n">
-        <x:v>66210443000</x:v>
+        <x:v>127142239500</x:v>
       </x:c>
       <x:c r="L900" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:20">
       <x:c r="A901" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B901" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C901" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I901" s="0" t="n">
-        <x:v>4024</x:v>
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="K901" s="0" t="n">
+        <x:v>18000000</x:v>
       </x:c>
       <x:c r="L901" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:20">
       <x:c r="A902" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B902" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C902" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H902" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I902" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K902" s="0" t="n">
-        <x:v>1120000000</x:v>
+        <x:v>24039478610</x:v>
       </x:c>
       <x:c r="L902" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:20">
       <x:c r="A903" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B903" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C903" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H903" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I903" s="0" t="n">
-        <x:v>190</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="K903" s="0" t="n">
-        <x:v>4997419000</x:v>
+        <x:v>178971043535</x:v>
       </x:c>
       <x:c r="L903" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:20">
       <x:c r="A904" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B904" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C904" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H904" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I904" s="0" t="n">
-        <x:v>202334</x:v>
+        <x:v>213998</x:v>
       </x:c>
       <x:c r="K904" s="0" t="n">
-        <x:v>1318986059240</x:v>
+        <x:v>1341218910630</x:v>
       </x:c>
       <x:c r="L904" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:20">
       <x:c r="A905" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B905" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C905" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H905" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I905" s="0" t="n">
-        <x:v>101</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K905" s="0" t="n">
-        <x:v>69127039000</x:v>
+        <x:v>77240340000</x:v>
       </x:c>
       <x:c r="L905" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:20">
       <x:c r="A906" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B906" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C906" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H906" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I906" s="0" t="n">
-        <x:v>136</x:v>
+        <x:v>30156</x:v>
+      </x:c>
+      <x:c r="K906" s="0" t="n">
+        <x:v>115174586500</x:v>
       </x:c>
       <x:c r="L906" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:20">
       <x:c r="A907" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B907" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C907" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H907" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I907" s="0" t="n">
-        <x:v>9246</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="K907" s="0" t="n">
+        <x:v>257260000</x:v>
       </x:c>
       <x:c r="L907" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:20">
       <x:c r="A908" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B908" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C908" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H908" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I908" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>207346</x:v>
       </x:c>
       <x:c r="K908" s="0" t="n">
-        <x:v>433100000</x:v>
+        <x:v>1453789976840</x:v>
       </x:c>
       <x:c r="L908" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:20">
       <x:c r="A909" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B909" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C909" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H909" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I909" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K909" s="0" t="n">
-        <x:v>5248910240</x:v>
+        <x:v>226648000</x:v>
       </x:c>
       <x:c r="L909" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:20">
       <x:c r="A910" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B910" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C910" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H910" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I910" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>18339</x:v>
       </x:c>
       <x:c r="K910" s="0" t="n">
-        <x:v>205350000</x:v>
+        <x:v>102198184600</x:v>
       </x:c>
       <x:c r="L910" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:20">
       <x:c r="A911" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B911" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C911" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H911" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I911" s="0" t="n">
-        <x:v>503</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K911" s="0" t="n">
-        <x:v>27052412410</x:v>
+        <x:v>203200000</x:v>
       </x:c>
       <x:c r="L911" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:20">
       <x:c r="A912" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B912" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C912" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H912" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I912" s="0" t="n">
-        <x:v>195066</x:v>
-[...2 lines deleted...]
-        <x:v>1510936547450</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L912" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:20">
       <x:c r="A913" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B913" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C913" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H913" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I913" s="0" t="n">
-        <x:v>703</x:v>
+        <x:v>32678</x:v>
       </x:c>
       <x:c r="K913" s="0" t="n">
-        <x:v>477405334420</x:v>
+        <x:v>93310579200</x:v>
       </x:c>
       <x:c r="L913" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:20">
       <x:c r="A914" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B914" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C914" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H914" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I914" s="0" t="n">
-        <x:v>124</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K914" s="0" t="n">
-        <x:v>66684800000</x:v>
+        <x:v>95000000</x:v>
       </x:c>
       <x:c r="L914" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:20">
       <x:c r="A915" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B915" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C915" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H915" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I915" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K915" s="0" t="n">
-        <x:v>158200000</x:v>
+        <x:v>1120000000</x:v>
       </x:c>
       <x:c r="L915" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:20">
       <x:c r="A916" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B916" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C916" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H916" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I916" s="0" t="n">
-        <x:v>15009</x:v>
+        <x:v>203757</x:v>
       </x:c>
       <x:c r="K916" s="0" t="n">
-        <x:v>63205529000</x:v>
+        <x:v>1492260920490</x:v>
       </x:c>
       <x:c r="L916" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:20">
       <x:c r="A917" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B917" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C917" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H917" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I917" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="K917" s="0" t="n">
-        <x:v>1129000000</x:v>
+        <x:v>19948303200</x:v>
       </x:c>
       <x:c r="L917" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:20">
       <x:c r="A918" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B918" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C918" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H918" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I918" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K918" s="0" t="n">
-        <x:v>2950000000</x:v>
+        <x:v>1120000000</x:v>
       </x:c>
       <x:c r="L918" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:20">
       <x:c r="A919" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B919" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C919" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H919" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I919" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K919" s="0" t="n">
-        <x:v>166500000</x:v>
+        <x:v>2850000000</x:v>
       </x:c>
       <x:c r="L919" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:20">
       <x:c r="A920" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B920" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C920" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H920" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I920" s="0" t="n">
-        <x:v>433</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="K920" s="0" t="n">
-        <x:v>261716074280</x:v>
+        <x:v>502466944420</x:v>
       </x:c>
       <x:c r="L920" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:20">
       <x:c r="A921" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B921" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C921" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H921" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I921" s="0" t="n">
-        <x:v>78</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K921" s="0" t="n">
-        <x:v>863534261805</x:v>
+        <x:v>6635000000</x:v>
       </x:c>
       <x:c r="L921" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:20">
       <x:c r="A922" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B922" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C922" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H922" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I922" s="0" t="n">
-        <x:v>822</x:v>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="K922" s="0" t="n">
+        <x:v>22831100000</x:v>
       </x:c>
       <x:c r="L922" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:20">
       <x:c r="A923" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B923" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C923" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H923" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I923" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="K923" s="0" t="n">
-        <x:v>5000000</x:v>
+        <x:v>156900630760</x:v>
       </x:c>
       <x:c r="L923" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:20">
       <x:c r="A924" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B924" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C924" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H924" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I924" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K924" s="0" t="n">
-        <x:v>216372000</x:v>
+        <x:v>66210443000</x:v>
       </x:c>
       <x:c r="L924" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:20">
       <x:c r="A925" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B925" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="C925" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I925" s="0" t="n">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v>6027070000</x:v>
+        <x:v>4024</x:v>
       </x:c>
       <x:c r="L925" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:20">
       <x:c r="A926" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B926" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C926" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H926" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I926" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K926" s="0" t="n">
+        <x:v>1120000000</x:v>
       </x:c>
       <x:c r="L926" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:20">
       <x:c r="A927" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B927" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C927" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H927" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I927" s="0" t="n">
-        <x:v>1215</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="K927" s="0" t="n">
+        <x:v>4997419000</x:v>
       </x:c>
       <x:c r="L927" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:20">
       <x:c r="A928" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B928" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C928" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H928" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I928" s="0" t="n">
-        <x:v>220</x:v>
+        <x:v>202334</x:v>
       </x:c>
       <x:c r="K928" s="0" t="n">
-        <x:v>5441418500</x:v>
+        <x:v>1318986059240</x:v>
       </x:c>
       <x:c r="L928" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:20">
       <x:c r="A929" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B929" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C929" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H929" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I929" s="0" t="n">
-        <x:v>18153</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K929" s="0" t="n">
-        <x:v>101467110568.17</x:v>
+        <x:v>69127039000</x:v>
       </x:c>
       <x:c r="L929" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:20">
       <x:c r="A930" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B930" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C930" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H930" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I930" s="0" t="n">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>16364145500</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="L930" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:20">
       <x:c r="A931" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B931" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C931" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H931" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I931" s="0" t="n">
-        <x:v>260</x:v>
-[...2 lines deleted...]
-        <x:v>5407946100</x:v>
+        <x:v>9246</x:v>
       </x:c>
       <x:c r="L931" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:20">
       <x:c r="A932" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B932" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C932" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H932" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I932" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K932" s="0" t="n">
-        <x:v>24942000200</x:v>
+        <x:v>433100000</x:v>
       </x:c>
       <x:c r="L932" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:20">
       <x:c r="A933" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B933" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C933" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H933" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I933" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="K933" s="0" t="n">
-        <x:v>8618000000</x:v>
+        <x:v>5248910240</x:v>
       </x:c>
       <x:c r="L933" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:20">
       <x:c r="A934" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B934" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C934" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H934" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I934" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K934" s="0" t="n">
-        <x:v>1900000000</x:v>
+        <x:v>205350000</x:v>
       </x:c>
       <x:c r="L934" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:20">
       <x:c r="A935" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B935" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C935" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H935" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I935" s="0" t="n">
-        <x:v>467</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="K935" s="0" t="n">
-        <x:v>24776200000</x:v>
+        <x:v>27052412410</x:v>
       </x:c>
       <x:c r="L935" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:20">
       <x:c r="A936" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B936" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C936" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H936" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I936" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>195066</x:v>
       </x:c>
       <x:c r="K936" s="0" t="n">
-        <x:v>796395413240</x:v>
+        <x:v>1510936547450</x:v>
       </x:c>
       <x:c r="L936" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:20">
       <x:c r="A937" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B937" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C937" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H937" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="H937" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I937" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="K937" s="0" t="n">
+        <x:v>477405334420</x:v>
       </x:c>
       <x:c r="L937" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:20">
       <x:c r="A938" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B938" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C938" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H938" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I938" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K938" s="0" t="n">
-        <x:v>11989627000</x:v>
+        <x:v>66684800000</x:v>
       </x:c>
       <x:c r="L938" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:20">
       <x:c r="A939" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B939" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C939" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H939" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I939" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K939" s="0" t="n">
-        <x:v>8531000000</x:v>
+        <x:v>158200000</x:v>
       </x:c>
       <x:c r="L939" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:20">
       <x:c r="A940" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B940" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C940" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H940" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I940" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>15009</x:v>
       </x:c>
       <x:c r="K940" s="0" t="n">
-        <x:v>9143000000</x:v>
+        <x:v>63205529000</x:v>
       </x:c>
       <x:c r="L940" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:20">
       <x:c r="A941" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B941" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C941" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H941" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I941" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="K941" s="0" t="n">
+        <x:v>1129000000</x:v>
       </x:c>
       <x:c r="L941" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:20">
       <x:c r="A942" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B942" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C942" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G942" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H942" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I942" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="K942" s="0" t="n">
+        <x:v>2950000000</x:v>
       </x:c>
       <x:c r="L942" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:20">
       <x:c r="A943" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B943" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C943" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H943" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I943" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K943" s="0" t="n">
-        <x:v>21000000</x:v>
+        <x:v>166500000</x:v>
       </x:c>
       <x:c r="L943" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:20">
       <x:c r="A944" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B944" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C944" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H944" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I944" s="0" t="n">
-        <x:v>242</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="K944" s="0" t="n">
-        <x:v>6709037600</x:v>
+        <x:v>261716074280</x:v>
       </x:c>
       <x:c r="L944" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:20">
       <x:c r="A945" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B945" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C945" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H945" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I945" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K945" s="0" t="n">
-        <x:v>5768314402</x:v>
+        <x:v>863534261805</x:v>
       </x:c>
       <x:c r="L945" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:20">
       <x:c r="A946" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B946" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="C946" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G946" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H946" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I946" s="0" t="n">
-        <x:v>4</x:v>
-[...2 lines deleted...]
-        <x:v>217000000</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="L946" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:20">
       <x:c r="A947" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B947" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C947" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H947" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I947" s="0" t="n">
-        <x:v>498</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K947" s="0" t="n">
-        <x:v>534354965000</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="L947" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:20">
       <x:c r="A948" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B948" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C948" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H948" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I948" s="0" t="n">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K948" s="0" t="n">
-        <x:v>356717990000</x:v>
+        <x:v>216372000</x:v>
       </x:c>
       <x:c r="L948" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:20">
       <x:c r="A949" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B949" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="C949" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H949" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I949" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="K949" s="0" t="n">
+        <x:v>6027070000</x:v>
       </x:c>
       <x:c r="L949" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:20">
       <x:c r="A950" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B950" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C950" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H950" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I950" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="L950" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:20">
       <x:c r="A951" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B951" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C951" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H951" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I951" s="0" t="n">
-        <x:v>1</x:v>
-[...2 lines deleted...]
-        <x:v>21000000</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="L951" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:20">
       <x:c r="A952" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B952" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C952" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G952" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H952" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I952" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K952" s="0" t="n">
-        <x:v>1120000000</x:v>
+        <x:v>5441418500</x:v>
       </x:c>
       <x:c r="L952" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:20">
       <x:c r="A953" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B953" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C953" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H953" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I953" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>18153</x:v>
       </x:c>
       <x:c r="K953" s="0" t="n">
-        <x:v>1900000000</x:v>
+        <x:v>101467110568.17</x:v>
       </x:c>
       <x:c r="L953" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:20">
       <x:c r="A954" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B954" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C954" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H954" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="I954" s="0" t="n">
-        <x:v>243</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="K954" s="0" t="n">
-        <x:v>169508397405</x:v>
+        <x:v>16364145500</x:v>
       </x:c>
       <x:c r="L954" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:20">
       <x:c r="A955" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B955" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C955" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H955" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="I955" s="0" t="n">
-        <x:v>74</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K955" s="0" t="n">
-        <x:v>743189319040</x:v>
+        <x:v>5407946100</x:v>
       </x:c>
       <x:c r="L955" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:20">
       <x:c r="A956" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B956" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C956" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H956" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I956" s="0" t="n">
-        <x:v>554</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K956" s="0" t="n">
-        <x:v>461151656960</x:v>
+        <x:v>24942000200</x:v>
       </x:c>
       <x:c r="L956" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:20">
       <x:c r="A957" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B957" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C957" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H957" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I957" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K957" s="0" t="n">
-        <x:v>800100000</x:v>
+        <x:v>8618000000</x:v>
       </x:c>
       <x:c r="L957" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:20">
       <x:c r="A958" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B958" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="C958" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H958" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I958" s="0" t="n">
-        <x:v>86</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K958" s="0" t="n">
-        <x:v>635292200</x:v>
+        <x:v>1900000000</x:v>
       </x:c>
       <x:c r="L958" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:20">
       <x:c r="A959" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B959" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C959" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H959" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I959" s="0" t="n">
-        <x:v>35792</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="K959" s="0" t="n">
-        <x:v>114137183300</x:v>
+        <x:v>24776200000</x:v>
       </x:c>
       <x:c r="L959" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:20">
       <x:c r="A960" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B960" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C960" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H960" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I960" s="0" t="n">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K960" s="0" t="n">
-        <x:v>365342381000</x:v>
+        <x:v>796395413240</x:v>
       </x:c>
       <x:c r="L960" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:20">
       <x:c r="A961" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B961" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C961" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I961" s="0" t="n">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-        <x:v>1589400000</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L961" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:20">
       <x:c r="A962" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B962" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="C962" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H962" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="I962" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K962" s="0" t="n">
+        <x:v>11989627000</x:v>
+      </x:c>
+      <x:c r="L962" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="963" spans="1:20">
+      <x:c r="A963" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B963" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="C963" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G963" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H963" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I963" s="0" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="K963" s="0" t="n">
+        <x:v>8531000000</x:v>
+      </x:c>
+      <x:c r="L963" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="964" spans="1:20">
+      <x:c r="A964" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B964" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="C964" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G964" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="H962" s="0" t="s">
+      <x:c r="H964" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="I964" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="K964" s="0" t="n">
+        <x:v>9143000000</x:v>
+      </x:c>
+      <x:c r="L964" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="965" spans="1:20">
+      <x:c r="A965" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B965" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="C965" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G965" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H965" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I965" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L965" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="966" spans="1:20">
+      <x:c r="A966" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B966" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="C966" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G966" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H966" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I966" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="L966" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="967" spans="1:20">
+      <x:c r="A967" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B967" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="C967" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G967" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H967" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I967" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K967" s="0" t="n">
+        <x:v>21000000</x:v>
+      </x:c>
+      <x:c r="L967" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="968" spans="1:20">
+      <x:c r="A968" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B968" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="C968" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G968" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H968" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I968" s="0" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K968" s="0" t="n">
+        <x:v>6709037600</x:v>
+      </x:c>
+      <x:c r="L968" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="969" spans="1:20">
+      <x:c r="A969" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B969" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="C969" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G969" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H969" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I969" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="K969" s="0" t="n">
+        <x:v>5768314402</x:v>
+      </x:c>
+      <x:c r="L969" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="970" spans="1:20">
+      <x:c r="A970" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B970" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="C970" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G970" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H970" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I970" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="K970" s="0" t="n">
+        <x:v>217000000</x:v>
+      </x:c>
+      <x:c r="L970" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="971" spans="1:20">
+      <x:c r="A971" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B971" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C971" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G971" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H971" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I971" s="0" t="n">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="K971" s="0" t="n">
+        <x:v>534354965000</x:v>
+      </x:c>
+      <x:c r="L971" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="972" spans="1:20">
+      <x:c r="A972" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B972" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C972" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G972" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H972" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="I972" s="0" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="K972" s="0" t="n">
+        <x:v>356717990000</x:v>
+      </x:c>
+      <x:c r="L972" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="973" spans="1:20">
+      <x:c r="A973" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B973" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C973" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G973" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H973" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I973" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="L973" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="974" spans="1:20">
+      <x:c r="A974" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B974" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C974" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G974" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H974" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I974" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L974" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="975" spans="1:20">
+      <x:c r="A975" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B975" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C975" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G975" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H975" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I975" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K975" s="0" t="n">
+        <x:v>21000000</x:v>
+      </x:c>
+      <x:c r="L975" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="976" spans="1:20">
+      <x:c r="A976" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B976" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C976" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G976" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H976" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I976" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K976" s="0" t="n">
+        <x:v>1120000000</x:v>
+      </x:c>
+      <x:c r="L976" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="977" spans="1:20">
+      <x:c r="A977" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B977" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C977" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G977" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H977" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="I977" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="K977" s="0" t="n">
+        <x:v>1900000000</x:v>
+      </x:c>
+      <x:c r="L977" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="978" spans="1:20">
+      <x:c r="A978" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B978" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C978" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G978" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H978" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="I962" s="0" t="n">
+      <x:c r="I978" s="0" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="K978" s="0" t="n">
+        <x:v>169508397405</x:v>
+      </x:c>
+      <x:c r="L978" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="979" spans="1:20">
+      <x:c r="A979" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B979" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C979" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G979" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H979" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="I979" s="0" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="K979" s="0" t="n">
+        <x:v>743189319040</x:v>
+      </x:c>
+      <x:c r="L979" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="980" spans="1:20">
+      <x:c r="A980" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B980" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C980" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G980" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H980" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I980" s="0" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="K980" s="0" t="n">
+        <x:v>461151656960</x:v>
+      </x:c>
+      <x:c r="L980" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="981" spans="1:20">
+      <x:c r="A981" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B981" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C981" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G981" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H981" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I981" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K981" s="0" t="n">
+        <x:v>800100000</x:v>
+      </x:c>
+      <x:c r="L981" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="982" spans="1:20">
+      <x:c r="A982" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B982" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C982" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G982" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H982" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I982" s="0" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="K982" s="0" t="n">
+        <x:v>635292200</x:v>
+      </x:c>
+      <x:c r="L982" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="983" spans="1:20">
+      <x:c r="A983" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B983" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="C983" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G983" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H983" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I983" s="0" t="n">
+        <x:v>35792</x:v>
+      </x:c>
+      <x:c r="K983" s="0" t="n">
+        <x:v>114137183300</x:v>
+      </x:c>
+      <x:c r="L983" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="984" spans="1:20">
+      <x:c r="A984" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B984" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="C984" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G984" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H984" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="I984" s="0" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K984" s="0" t="n">
+        <x:v>365342381000</x:v>
+      </x:c>
+      <x:c r="L984" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="985" spans="1:20">
+      <x:c r="A985" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B985" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="C985" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G985" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H985" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I985" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="K985" s="0" t="n">
+        <x:v>1589400000</x:v>
+      </x:c>
+      <x:c r="L985" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="986" spans="1:20">
+      <x:c r="A986" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B986" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="C986" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G986" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H986" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="I986" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K962" s="0" t="n">
+      <x:c r="K986" s="0" t="n">
         <x:v>1120000000</x:v>
       </x:c>
-      <x:c r="L962" s="0" t="s">
+      <x:c r="L986" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>