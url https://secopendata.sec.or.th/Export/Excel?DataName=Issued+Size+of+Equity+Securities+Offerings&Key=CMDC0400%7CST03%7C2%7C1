--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ede74a3408f4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/494d08d95bc74c019eb73d794dfc8627.psmdcp" Id="Rce3a26d979c44f47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1c889aeff943ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1996b569d2b34082a784b8a2db8f8b85.psmdcp" Id="R382aa510ba0344c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="639">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
@@ -49,51 +49,51 @@
   <x:si>
     <x:t>d_listed</x:t>
   </x:si>
   <x:si>
     <x:t>sell_unit</x:t>
   </x:si>
   <x:si>
     <x:t>sell_val</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
     <x:t>Security</x:t>
   </x:si>
   <x:si>
     <x:t>IPO</x:t>
   </x:si>
   <x:si>
     <x:t>NDR</x:t>
   </x:si>
   <x:si>
     <x:t>Jan 15 2015 12:00AM</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
   <x:si>
     <x:t>Infra</x:t>
   </x:si>
   <x:si>
     <x:t>3BBIF</x:t>
   </x:si>
   <x:si>
     <x:t>Feb 16 2015 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>PLANB</x:t>
   </x:si>
   <x:si>
     <x:t>Feb 17 2015 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>S11</x:t>
   </x:si>
   <x:si>
     <x:t>Feb 25 2015 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>SCN</x:t>
   </x:si>
@@ -1474,60 +1474,60 @@
   <x:si>
     <x:t>CHIC</x:t>
   </x:si>
   <x:si>
     <x:t>Jul 27 2022 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>TLI</x:t>
   </x:si>
   <x:si>
     <x:t>Jul 25 2022 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>YONG</x:t>
   </x:si>
   <x:si>
     <x:t>Aug  2 2022 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>TGE</x:t>
   </x:si>
   <x:si>
     <x:t>Aug 19 2022 12:00AM</x:t>
   </x:si>
   <x:si>
-    <x:t>24CS</x:t>
+    <x:t>CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sep 12 2022 12:00AM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMPIRE</x:t>
   </x:si>
   <x:si>
     <x:t>Oct  3 2022 12:00AM</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Sep 12 2022 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>TEGH</x:t>
   </x:si>
   <x:si>
     <x:t>Sep 30 2022 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>BAREIT</x:t>
   </x:si>
   <x:si>
     <x:t>Sep 14 2022 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>AAI</x:t>
   </x:si>
   <x:si>
     <x:t>Nov  1 2022 12:00AM</x:t>
   </x:si>
   <x:si>
     <x:t>AMARC</x:t>
   </x:si>
   <x:si>
     <x:t>Oct 19 2022 12:00AM</x:t>
   </x:si>
@@ -9264,83 +9264,83 @@
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:20">
       <x:c r="A241" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B241" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="G241" s="0" t="n">
-        <x:v>130000000</x:v>
+        <x:v>160000000</x:v>
       </x:c>
       <x:c r="H241" s="0" t="n">
-        <x:v>442</x:v>
+        <x:v>374.4</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:20">
       <x:c r="A242" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B242" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="G242" s="0" t="n">
-        <x:v>160000000</x:v>
+        <x:v>130000000</x:v>
       </x:c>
       <x:c r="H242" s="0" t="n">
-        <x:v>374.4</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:20">
       <x:c r="A243" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B243" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="G243" s="0" t="n">