--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072c67906ec14b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/248b04c0c79b4b4f98c51c1120367f42.psmdcp" Id="R730babb8eda945cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ebc86b34e2c45c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/098691f02d404f4b8369f5b5a0c8a71f.psmdcp" Id="R7ecbea0e42db4025" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>business_type</x:t>
   </x:si>
   <x:si>
     <x:t>sell_value</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
     <x:t>CFD</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
   <x:si>
     <x:t>SME</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>