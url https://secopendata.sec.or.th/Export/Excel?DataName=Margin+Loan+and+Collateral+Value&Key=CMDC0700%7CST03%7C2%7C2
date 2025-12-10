--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e9cda21b3b40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6920b8a9b3643e3ab6fc7ca00fa8178.psmdcp" Id="Rad2627ec19164986" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66322f5374941c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2fcf6054ced407e933c0d2150611f37.psmdcp" Id="R22be9027bd634c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>margin_loan_val</x:t>
   </x:si>
   <x:si>
     <x:t>collat_val_total</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -438,434 +438,434 @@
         <x:v>252907464589.08</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:20">
       <x:c r="A3" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>93634802359.55</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
         <x:v>294241337625.81</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:20">
       <x:c r="A4" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>90369254526.85</x:v>
+        <x:v>14291880594.21</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>284140838975.56</x:v>
+        <x:v>44942999832.6</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:20">
       <x:c r="A5" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>78650661777.12</x:v>
+        <x:v>10664833857.25</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>244783267263.95</x:v>
+        <x:v>35246686611.23</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:20">
       <x:c r="A6" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>99048584508.56</x:v>
+        <x:v>90369254526.85</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>309408330424.18</x:v>
+        <x:v>284140838975.56</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:20">
       <x:c r="A7" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B7" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>70613844341.34</x:v>
+        <x:v>78650661777.12</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
-        <x:v>217901733086.82</x:v>
+        <x:v>244783267263.95</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:20">
       <x:c r="A8" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B8" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>19337746200</x:v>
+        <x:v>61966872638.49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
-        <x:v>74686946570</x:v>
+        <x:v>196575889047.27</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:20">
       <x:c r="A9" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B9" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>83721910989.03</x:v>
+        <x:v>76489270649.42</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
-        <x:v>256530224108.33</x:v>
+        <x:v>274684792163.32</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>92332909840.5</x:v>
+        <x:v>73123071985.3</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>286257032009.82</x:v>
+        <x:v>246879078199.36</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>67708844367.32</x:v>
+        <x:v>91911157541.32</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>205242737991.35</x:v>
+        <x:v>277463847642.52</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
       <x:c r="A12" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>88135282299.24</x:v>
+        <x:v>76142368118.57</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>274719219000.5</x:v>
+        <x:v>268852605182.25</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
       <x:c r="A13" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>93915796610.98</x:v>
+        <x:v>89069672661.81</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>277939339121.42</x:v>
+        <x:v>274509987474.86</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>88600113764.51</x:v>
+        <x:v>48909214569.27</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
-        <x:v>277218040973.57</x:v>
+        <x:v>152674746411.24</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>76142368118.57</x:v>
+        <x:v>67408945330.48</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>268852605182.25</x:v>
+        <x:v>200237257757.4</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>89069672661.81</x:v>
+        <x:v>75479224949.43</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>274509987474.86</x:v>
+        <x:v>255577570821.34</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>48909214569.27</x:v>
+        <x:v>58194708663.02</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
-        <x:v>152674746411.24</x:v>
+        <x:v>182400668698.07</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>67408945330.48</x:v>
+        <x:v>93915796610.98</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
-        <x:v>200237257757.4</x:v>
+        <x:v>277939339121.42</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>75479224949.43</x:v>
+        <x:v>88600113764.51</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
-        <x:v>255577570821.34</x:v>
+        <x:v>277218040973.57</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:20">
       <x:c r="A20" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>96639707835.52</x:v>
+        <x:v>99048584508.56</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>315043184420.71</x:v>
+        <x:v>309408330424.18</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:20">
       <x:c r="A21" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>97514530395.28</x:v>
+        <x:v>70613844341.34</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>328978607747.17</x:v>
+        <x:v>217901733086.82</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:20">
       <x:c r="A22" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>58194708663.02</x:v>
+        <x:v>19337746200</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>182400668698.07</x:v>
+        <x:v>74686946570</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>61966872638.49</x:v>
+        <x:v>83721910989.03</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
-        <x:v>196575889047.27</x:v>
+        <x:v>256530224108.33</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>76489270649.42</x:v>
+        <x:v>92332909840.5</x:v>
       </x:c>
       <x:c r="D24" s="0" t="n">
-        <x:v>274684792163.32</x:v>
+        <x:v>286257032009.82</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>73123071985.3</x:v>
+        <x:v>67708844367.32</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
-        <x:v>246879078199.36</x:v>
+        <x:v>205242737991.35</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>91911157541.32</x:v>
+        <x:v>88135282299.24</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
-        <x:v>277463847642.52</x:v>
+        <x:v>274719219000.5</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>