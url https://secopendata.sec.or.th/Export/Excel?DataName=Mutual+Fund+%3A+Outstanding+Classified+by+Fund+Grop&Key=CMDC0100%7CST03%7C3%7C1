--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4116bf34056540c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/203fed24ca4f453d933b1237e18e597c.psmdcp" Id="Rcf56c0bb5f0e4693" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dce34b837794757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e7a48b2a74a40189b5134a332e8c696.psmdcp" Id="R5e8b9692241e4652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>nav</x:t>
   </x:si>
   <x:si>
@@ -52,66 +52,66 @@
   <x:si>
     <x:t>MIXED</x:t>
   </x:si>
   <x:si>
     <x:t>FI Others</x:t>
   </x:si>
   <x:si>
     <x:t>2022-12-30</x:t>
   </x:si>
   <x:si>
     <x:t>MMF</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative</x:t>
   </x:si>
   <x:si>
     <x:t>2023-12-28</x:t>
   </x:si>
   <x:si>
     <x:t>2024-12-30</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
-    <x:t>Aug 2025</x:t>
-[...2 lines deleted...]
-    <x:t>2025-08-29</x:t>
+    <x:t>Oct 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rollover</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-10-31</x:t>
   </x:si>
   <x:si>
     <x:t>2021-12-30</x:t>
   </x:si>
   <x:si>
     <x:t>Term Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Daily FI</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Rollover</x:t>
   </x:si>
   <x:si>
     <x:t>CF</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
@@ -572,700 +572,700 @@
         <x:v>10</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
         <x:v>1312619524255.86</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>418665498561.04</x:v>
+        <x:v>442771322.03</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
-      <x:c r="A12" s="0" t="n">
-        <x:v>2021</x:v>
+      <x:c r="A12" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>304686393426.42</x:v>
+        <x:v>486983410412.47</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
-      <x:c r="A13" s="0" t="n">
-        <x:v>2021</x:v>
+      <x:c r="A13" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>348745650992.18</x:v>
+        <x:v>1281288382962.92</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>501480378905.43</x:v>
+        <x:v>304686393426.42</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>380979021718.8</x:v>
+        <x:v>348745650992.18</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>1027725468386.82</x:v>
-[...2 lines deleted...]
-        <x:v>18</x:v>
+        <x:v>501480378905.43</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
-        <x:v>299042443582.33</x:v>
+        <x:v>380979021718.8</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
-        <x:v>1260836373575.7</x:v>
+        <x:v>1027725468386.82</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="n">
+        <x:v>299042443582.33</x:v>
+      </x:c>
+      <x:c r="C19" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:20">
+      <x:c r="A20" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>1260836373575.7</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:20">
+      <x:c r="A21" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B19" s="0" t="n">
+      <x:c r="B21" s="0" t="n">
         <x:v>1196868721074.76</x:v>
       </x:c>
-      <x:c r="C19" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D19" s="0" t="s">
+      <x:c r="C21" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:20">
-[...23 lines deleted...]
-    </x:row>
     <x:row r="22" spans="1:20">
-      <x:c r="A22" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="A22" s="0" t="n">
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>1720535016627.43</x:v>
+        <x:v>38300382.78</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>128412108505.58</x:v>
+        <x:v>347228367941.2</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>352560669343.77</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>524319446066.06</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>968970680421</x:v>
+        <x:v>1134713133468.81</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>355927207084.43</x:v>
+        <x:v>108672952237.87</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:20">
       <x:c r="A27" s="0" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="n">
+        <x:v>326319923095.1</x:v>
+      </x:c>
+      <x:c r="C27" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:20">
+      <x:c r="A28" s="0" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="n">
+        <x:v>310009490347.79</x:v>
+      </x:c>
+      <x:c r="C28" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:20">
+      <x:c r="A29" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B27" s="0" t="n">
-[...5 lines deleted...]
-      <x:c r="D27" s="0" t="s">
+      <x:c r="B29" s="0" t="n">
+        <x:v>466973394139.33</x:v>
+      </x:c>
+      <x:c r="C29" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:20">
-      <x:c r="A28" s="0" t="s">
+    <x:row r="30" spans="1:20">
+      <x:c r="A30" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="B28" s="0" t="n">
-[...10 lines deleted...]
-      <x:c r="A29" s="0" t="s">
+      <x:c r="B30" s="0" t="n">
+        <x:v>376576617594.59</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:20">
+      <x:c r="A31" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="B29" s="0" t="n">
-[...26 lines deleted...]
-      </x:c>
       <x:c r="B31" s="0" t="n">
-        <x:v>347228367941.2</x:v>
+        <x:v>514915988569.21</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>5</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:20">
       <x:c r="A32" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B32" s="0" t="n">
-        <x:v>524319446066.06</x:v>
+        <x:v>299033204614.09</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:20">
       <x:c r="A33" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B33" s="0" t="n">
-        <x:v>1134713133468.81</x:v>
+        <x:v>1325036013132.95</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:20">
       <x:c r="A34" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B34" s="0" t="n">
-        <x:v>108672952237.87</x:v>
+        <x:v>114419618359.61</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:20">
       <x:c r="A35" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B35" s="0" t="n">
-        <x:v>326319923095.1</x:v>
+        <x:v>299747824593</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:20">
       <x:c r="A36" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B36" s="0" t="n">
-        <x:v>310009490347.79</x:v>
+        <x:v>1322984610094.85</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:20">
       <x:c r="A37" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B37" s="0" t="n">
-        <x:v>466973394139.33</x:v>
+        <x:v>374174129919.2</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:20">
-      <x:c r="A38" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="A38" s="0" t="n">
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B38" s="0" t="n">
-        <x:v>164731184288.96</x:v>
+        <x:v>367458336893.27</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:20">
       <x:c r="A39" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B39" s="0" t="n">
-        <x:v>299033204614.09</x:v>
+        <x:v>789226823403.04</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:20">
+      <x:c r="A40" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="n">
+        <x:v>204501536477.83</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:20">
+      <x:c r="A41" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="n">
+        <x:v>436442525924.675</x:v>
+      </x:c>
+      <x:c r="C41" s="0" t="s">
         <x:v>7</x:v>
-      </x:c>
-[...26 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:20">
-      <x:c r="A42" s="0" t="n">
-        <x:v>2021</x:v>
+      <x:c r="A42" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B42" s="0" t="n">
-        <x:v>299747824593</x:v>
+        <x:v>574900520577.861</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:20">
       <x:c r="A43" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B43" s="0" t="n">
-        <x:v>1322984610094.85</x:v>
+        <x:v>128412108505.58</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:20">
       <x:c r="A44" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B44" s="0" t="n">
-        <x:v>374174129919.2</x:v>
+        <x:v>352560669343.77</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:20">
       <x:c r="A45" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B45" s="0" t="n">
-        <x:v>367458336893.27</x:v>
+        <x:v>968970680421</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:20">
       <x:c r="A46" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B46" s="0" t="n">
-        <x:v>789226823403.04</x:v>
+        <x:v>355927207084.43</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:20">
-      <x:c r="A47" s="0" t="s">
-        <x:v>14</x:v>
+      <x:c r="A47" s="0" t="n">
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B47" s="0" t="n">
-        <x:v>469117435402.36</x:v>
+        <x:v>959912765871.33</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>4</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:20">
       <x:c r="A48" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B48" s="0" t="n">
-        <x:v>473299170080.18</x:v>
+        <x:v>1722362490993.27</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:20">
       <x:c r="A49" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B49" s="0" t="n">
         <x:v>340075876336.63</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:20">
       <x:c r="A50" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B50" s="0" t="n">
         <x:v>433900555126.06</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:20">
       <x:c r="A51" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B51" s="0" t="n">
         <x:v>1491870577385.3</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:20">
       <x:c r="A52" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B52" s="0" t="n">
         <x:v>1301137485479.91</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:20">
       <x:c r="A53" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B53" s="0" t="n">
         <x:v>471373679871.84</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:20">
       <x:c r="A54" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B54" s="0" t="n">
         <x:v>488565230.99</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:20">
       <x:c r="A55" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B55" s="0" t="n">
         <x:v>376267940148.54</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:20">
       <x:c r="A56" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B56" s="0" t="n">
         <x:v>381212783946.74</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:20">
       <x:c r="A57" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B57" s="0" t="n">
         <x:v>405667493506.12</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:20">
       <x:c r="A58" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B58" s="0" t="n">
-        <x:v>692633577821.741</x:v>
+        <x:v>449563416397.23</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>