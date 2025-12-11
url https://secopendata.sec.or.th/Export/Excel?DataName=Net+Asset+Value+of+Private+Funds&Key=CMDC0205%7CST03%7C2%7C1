--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -1,111 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da25ff64ac84845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d90a596793e348d4b6b5c675aec4091f.psmdcp" Id="R71178cffde6340d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dd92015c44f4e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d6864489d924ee496a64e4a776b0684.psmdcp" Id="R99141c5e7d6d410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>assetliab_thai_desc</x:t>
   </x:si>
   <x:si>
     <x:t>fair_value</x:t>
   </x:si>
   <x:si>
     <x:t>foreign_flag</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
-    <x:t>เงินฝาก/บัตรเงินฝาก/หนังสือยืนยันการรับฝากเงิน</x:t>
-[...8 lines deleted...]
-    <x:t>Euro Commercial Paper/Euro Medium Term Note</x:t>
+    <x:t>สัญญาซื้อขายล่วงหน้า</x:t>
   </x:si>
   <x:si>
     <x:t>Y</x:t>
   </x:si>
   <x:si>
-    <x:t>ตั๋วเงินคลัง/พันธบัตร</x:t>
-[...5 lines deleted...]
-    <x:t>สัญญาซื้อขายล่วงหน้า</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
   <x:si>
     <x:t>สินทรัพย์อื่น</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N</x:t>
   </x:si>
   <x:si>
     <x:t>หุ้นกู้/ตั๋วแลกเงิน/ตั๋วสัญญาใช้เงิน</x:t>
   </x:si>
   <x:si>
     <x:t>หุ้นบุริมสิทธิ์</x:t>
   </x:si>
   <x:si>
+    <x:t>Euro Commercial Paper/Euro Medium Term Note</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ตั๋วเงินคลัง/พันธบัตร</x:t>
+  </x:si>
+  <x:si>
     <x:t>กองทรัสต์</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ใบแสดงสิทธิ/ใบสำคัญแสดงสิทธิ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>เงินฝาก/บัตรเงินฝาก/หนังสือยืนยันการรับฝากเงิน</x:t>
   </x:si>
   <x:si>
     <x:t>หุ้นสามัญ</x:t>
   </x:si>
   <x:si>
     <x:t>หน่วยลงทุน</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
@@ -452,4377 +452,4377 @@
     <x:row r="1" spans="1:20">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:20">
       <x:c r="A2" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B2" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="0" t="n">
-        <x:v>47421274491.15</x:v>
+        <x:v>188874973.81</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:20">
       <x:c r="A3" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>52313375877.44</x:v>
+        <x:v>6909804386.61</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:20">
       <x:c r="A4" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>2875893278.28</x:v>
+        <x:v>86707098972.61</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:20">
       <x:c r="A5" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>22756555457.21</x:v>
+        <x:v>1259547112.38</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:20">
       <x:c r="A6" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>86054911064.53</x:v>
+        <x:v>44955675385.03</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:20">
       <x:c r="A7" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B7" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
-        <x:v>188874973.81</x:v>
+        <x:v>23720676535.55</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:20">
       <x:c r="A8" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B8" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
-        <x:v>6909804386.61</x:v>
+        <x:v>91175356434.41</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:20">
       <x:c r="A9" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B9" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
-        <x:v>86707098972.61</x:v>
+        <x:v>5024432061.95</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>1259547112.38</x:v>
+        <x:v>77248111885.09</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>44955675385.03</x:v>
+        <x:v>73323834.53</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
       <x:c r="A12" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>23720676535.55</x:v>
+        <x:v>368875143779.44</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
       <x:c r="A13" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>91175356434.41</x:v>
+        <x:v>1241465833.8</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
-        <x:v>5024432061.95</x:v>
+        <x:v>13349363344.28</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
-        <x:v>77248111885.09</x:v>
+        <x:v>3034170122.96</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>73323834.53</x:v>
+        <x:v>9512647719.66</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
-        <x:v>368875143779.44</x:v>
+        <x:v>47896970007.51</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
-        <x:v>1241465833.8</x:v>
+        <x:v>5012650611</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
-        <x:v>13349363344.28</x:v>
+        <x:v>10123618569.22</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:20">
       <x:c r="A20" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>3034170122.96</x:v>
+        <x:v>163457877386.9</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:20">
       <x:c r="A21" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>9512647719.66</x:v>
+        <x:v>371269153343.7</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:20">
       <x:c r="A22" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>47896970007.51</x:v>
+        <x:v>1276534028036.95</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
-        <x:v>5012650611</x:v>
+        <x:v>99465192505.82</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D24" s="0" t="n">
-        <x:v>10123618569.22</x:v>
+        <x:v>23980374323.57</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
-        <x:v>163457877386.9</x:v>
+        <x:v>1343538444611.41</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
-        <x:v>371269153343.7</x:v>
+        <x:v>8716330244.64</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:20">
       <x:c r="A27" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B27" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D27" s="0" t="n">
-        <x:v>1276534028036.95</x:v>
+        <x:v>15176381353.61</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:20">
       <x:c r="A28" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B28" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D28" s="0" t="n">
-        <x:v>99465192505.82</x:v>
+        <x:v>2588592202.66</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:20">
       <x:c r="A29" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B29" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D29" s="0" t="n">
-        <x:v>23980374323.57</x:v>
+        <x:v>180551422987.94</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:20">
       <x:c r="A30" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B30" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D30" s="0" t="n">
-        <x:v>1343538444611.41</x:v>
+        <x:v>17945548434.72</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:20">
       <x:c r="A31" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B31" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D31" s="0" t="n">
-        <x:v>8716330244.64</x:v>
+        <x:v>8350987699.8</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:20">
       <x:c r="A32" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B32" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D32" s="0" t="n">
-        <x:v>15176381353.61</x:v>
+        <x:v>22846829688.57</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:20">
       <x:c r="A33" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B33" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D33" s="0" t="n">
-        <x:v>2588592202.66</x:v>
+        <x:v>43376746694.7</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:20">
       <x:c r="A34" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B34" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D34" s="0" t="n">
-        <x:v>180551422987.94</x:v>
+        <x:v>110894485571.39</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:20">
       <x:c r="A35" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B35" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D35" s="0" t="n">
-        <x:v>85070431259.06</x:v>
+        <x:v>238943961738.5</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:20">
       <x:c r="A36" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B36" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D36" s="0" t="n">
-        <x:v>148642153899.64</x:v>
+        <x:v>23341074258.8</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:20">
       <x:c r="A37" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B37" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D37" s="0" t="n">
-        <x:v>389367923093.97</x:v>
+        <x:v>5735024153.06</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:20">
       <x:c r="A38" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B38" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D38" s="0" t="n">
-        <x:v>17250246768.14</x:v>
+        <x:v>73294838213.2</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:20">
       <x:c r="A39" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B39" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D39" s="0" t="n">
-        <x:v>1149225317634.29</x:v>
+        <x:v>308384845013.1</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:20">
       <x:c r="A40" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B40" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D40" s="0" t="n">
-        <x:v>9705361051.16</x:v>
+        <x:v>35252739.88</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:20">
       <x:c r="A41" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B41" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D41" s="0" t="n">
-        <x:v>321994667178.27</x:v>
+        <x:v>155396167272.62</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:20">
       <x:c r="A42" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B42" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D42" s="0" t="n">
-        <x:v>23341074258.8</x:v>
+        <x:v>48582138578.98</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:20">
       <x:c r="A43" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B43" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D43" s="0" t="n">
-        <x:v>5735024153.06</x:v>
+        <x:v>27456546024.5</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:20">
       <x:c r="A44" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B44" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D44" s="0" t="n">
-        <x:v>73294838213.2</x:v>
+        <x:v>13019169141.86</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:20">
       <x:c r="A45" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B45" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D45" s="0" t="n">
-        <x:v>308384845013.1</x:v>
+        <x:v>94774179810.2</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:20">
       <x:c r="A46" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B46" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D46" s="0" t="n">
-        <x:v>35252739.88</x:v>
+        <x:v>160523025469.7</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:20">
       <x:c r="A47" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B47" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D47" s="0" t="n">
-        <x:v>155396167272.62</x:v>
+        <x:v>1213787944.77</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:20">
       <x:c r="A48" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B48" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D48" s="0" t="n">
-        <x:v>48582138578.98</x:v>
+        <x:v>1239570484345.77</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:20">
       <x:c r="A49" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B49" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D49" s="0" t="n">
-        <x:v>27456546024.5</x:v>
+        <x:v>6975955685.54</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:20">
       <x:c r="A50" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B50" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D50" s="0" t="n">
-        <x:v>13019169141.86</x:v>
+        <x:v>5000539823.11</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:20">
       <x:c r="A51" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B51" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D51" s="0" t="n">
-        <x:v>94774179810.2</x:v>
+        <x:v>56074565666.89</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:20">
       <x:c r="A52" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B52" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D52" s="0" t="n">
-        <x:v>160523025469.7</x:v>
+        <x:v>17888934.08</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:20">
       <x:c r="A53" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B53" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D53" s="0" t="n">
-        <x:v>1213787944.77</x:v>
+        <x:v>1106948628.39</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:20">
       <x:c r="A54" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B54" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D54" s="0" t="n">
-        <x:v>1239570484345.77</x:v>
+        <x:v>10457190999.05</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:20">
       <x:c r="A55" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B55" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D55" s="0" t="n">
-        <x:v>6975955685.54</x:v>
+        <x:v>1107057165.55</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:20">
       <x:c r="A56" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B56" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D56" s="0" t="n">
-        <x:v>5000539823.11</x:v>
+        <x:v>14658412171.24</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:20">
       <x:c r="A57" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B57" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D57" s="0" t="n">
-        <x:v>56074565666.89</x:v>
+        <x:v>2576320535.06</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:20">
       <x:c r="A58" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B58" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D58" s="0" t="n">
-        <x:v>17888934.08</x:v>
+        <x:v>23923576976.13</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:20">
       <x:c r="A59" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B59" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
-        <x:v>1106948628.39</x:v>
+        <x:v>51346688822.99</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:20">
       <x:c r="A60" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B60" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
-        <x:v>10457190999.05</x:v>
+        <x:v>12972519728.63</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:20">
       <x:c r="A61" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B61" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D61" s="0" t="n">
-        <x:v>1107057165.55</x:v>
+        <x:v>5179600015.58</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:20">
       <x:c r="A62" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B62" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D62" s="0" t="n">
-        <x:v>14658412171.24</x:v>
+        <x:v>1312162935740.89</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:20">
       <x:c r="A63" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B63" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D63" s="0" t="n">
-        <x:v>2576320535.06</x:v>
+        <x:v>12713664.49</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:20">
       <x:c r="A64" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B64" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D64" s="0" t="n">
-        <x:v>23923576976.13</x:v>
+        <x:v>347423331849.67</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:20">
       <x:c r="A65" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B65" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D65" s="0" t="n">
-        <x:v>51346688822.99</x:v>
+        <x:v>866585248.58</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:20">
       <x:c r="A66" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B66" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D66" s="0" t="n">
-        <x:v>12972519728.63</x:v>
+        <x:v>17438755349.68</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:20">
       <x:c r="A67" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B67" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D67" s="0" t="n">
-        <x:v>5179600015.58</x:v>
+        <x:v>1348131557911.74</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:20">
       <x:c r="A68" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B68" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D68" s="0" t="n">
-        <x:v>1312162935740.89</x:v>
+        <x:v>11191341481.24</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:20">
       <x:c r="A69" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B69" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D69" s="0" t="n">
-        <x:v>12713664.49</x:v>
+        <x:v>233888897498.1</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:20">
       <x:c r="A70" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B70" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C70" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D70" s="0" t="n">
-        <x:v>347423331849.67</x:v>
+        <x:v>15773195828.26</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:20">
       <x:c r="A71" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B71" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D71" s="0" t="n">
-        <x:v>866585248.58</x:v>
+        <x:v>1354140685854.24</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:20">
       <x:c r="A72" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B72" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D72" s="0" t="n">
-        <x:v>17438755349.68</x:v>
+        <x:v>7389120.53</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:20">
       <x:c r="A73" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B73" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D73" s="0" t="n">
-        <x:v>1348131557911.74</x:v>
+        <x:v>11464823541.77</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:20">
       <x:c r="A74" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B74" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D74" s="0" t="n">
-        <x:v>11191341481.24</x:v>
+        <x:v>355731586845</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:20">
       <x:c r="A75" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B75" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D75" s="0" t="n">
-        <x:v>233888897498.1</x:v>
+        <x:v>14208861155.77</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:20">
       <x:c r="A76" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B76" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
-        <x:v>987293665.72</x:v>
+        <x:v>299400354941.05</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:20">
       <x:c r="A77" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B77" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D77" s="0" t="n">
-        <x:v>46068559117.79</x:v>
+        <x:v>51388869801.84</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:20">
       <x:c r="A78" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B78" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D78" s="0" t="n">
-        <x:v>1807394132</x:v>
+        <x:v>281119866569.59</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:20">
       <x:c r="A79" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B79" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D79" s="0" t="n">
-        <x:v>41957517169.31</x:v>
+        <x:v>36171370194.39</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:20">
       <x:c r="A80" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B80" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D80" s="0" t="n">
-        <x:v>71181786502.97</x:v>
+        <x:v>1119662888.16</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:20">
       <x:c r="A81" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B81" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D81" s="0" t="n">
-        <x:v>999796432</x:v>
+        <x:v>47978782242.39</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:20">
       <x:c r="A82" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B82" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D82" s="0" t="n">
-        <x:v>1822393006.99</x:v>
+        <x:v>63127100583.01</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:20">
       <x:c r="A83" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B83" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D83" s="0" t="n">
-        <x:v>84363643155.98</x:v>
+        <x:v>14189596542.12</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:20">
       <x:c r="A84" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B84" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D84" s="0" t="n">
-        <x:v>45455619798.36</x:v>
+        <x:v>36573668931.3</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:20">
       <x:c r="A85" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B85" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D85" s="0" t="n">
-        <x:v>4608464686.49</x:v>
+        <x:v>11507958750.32</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:20">
       <x:c r="A86" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B86" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D86" s="0" t="n">
-        <x:v>78512163284.93</x:v>
+        <x:v>98733145146.19</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:20">
       <x:c r="A87" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B87" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D87" s="0" t="n">
-        <x:v>8219475765.12</x:v>
+        <x:v>247685542702.77</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:20">
       <x:c r="A88" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B88" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
-        <x:v>375539469012.53</x:v>
+        <x:v>2837256429.91</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:20">
       <x:c r="A89" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="C89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D89" s="0" t="n">
-        <x:v>1223163974.88</x:v>
+        <x:v>372820435576.31</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:20">
       <x:c r="A90" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B90" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D90" s="0" t="n">
-        <x:v>2584055019.85</x:v>
+        <x:v>30861024301.7</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:20">
       <x:c r="A91" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B91" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D91" s="0" t="n">
-        <x:v>8512162454.16</x:v>
+        <x:v>371369085065.39</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:20">
       <x:c r="A92" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B92" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="C92" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D92" s="0" t="n">
-        <x:v>74287298482.87</x:v>
+        <x:v>1039904629.1</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:20">
       <x:c r="A93" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B93" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D93" s="0" t="n">
-        <x:v>4997376067.48</x:v>
+        <x:v>4579632130.49</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:20">
       <x:c r="A94" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B94" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D94" s="0" t="n">
-        <x:v>93512527004.38</x:v>
+        <x:v>13371231105.48</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:20">
       <x:c r="A95" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B95" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D95" s="0" t="n">
-        <x:v>52331460971.12</x:v>
+        <x:v>99602773696.77</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:20">
       <x:c r="A96" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B96" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D96" s="0" t="n">
-        <x:v>13800842712.46</x:v>
+        <x:v>359147100478.16</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:20">
       <x:c r="A97" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B97" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D97" s="0" t="n">
-        <x:v>84873149218.07</x:v>
+        <x:v>35110169320.49</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:20">
       <x:c r="A98" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B98" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D98" s="0" t="n">
-        <x:v>95399792399.57</x:v>
+        <x:v>5449387379.86</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:20">
       <x:c r="A99" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B99" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D99" s="0" t="n">
-        <x:v>264857827313.25</x:v>
+        <x:v>40689328812.91</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:20">
       <x:c r="A100" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B100" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D100" s="0" t="n">
-        <x:v>4773282059.15</x:v>
+        <x:v>1376759171752.85</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:20">
       <x:c r="A101" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B101" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D101" s="0" t="n">
-        <x:v>1301003242155.76</x:v>
+        <x:v>183126991330.99</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:20">
       <x:c r="A102" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B102" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D102" s="0" t="n">
-        <x:v>14198259.16</x:v>
+        <x:v>115875234349.16</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:20">
       <x:c r="A103" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B103" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
-        <x:v>162608774477.06</x:v>
+        <x:v>30713899486.55</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:20">
       <x:c r="A104" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B104" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D104" s="0" t="n">
-        <x:v>55163638501.41</x:v>
+        <x:v>13925642207.43</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:20">
       <x:c r="A105" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B105" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D105" s="0" t="n">
-        <x:v>31699748546.42</x:v>
+        <x:v>16760298051.26</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:20">
       <x:c r="A106" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B106" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
-        <x:v>40096287641.36</x:v>
+        <x:v>35949173835.14</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:20">
       <x:c r="A107" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B107" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
-        <x:v>171654849936.15</x:v>
+        <x:v>1161913079951.86</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:20">
       <x:c r="A108" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B108" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D108" s="0" t="n">
-        <x:v>32264276603.2</x:v>
+        <x:v>159075875575.57</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:20">
       <x:c r="A109" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B109" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D109" s="0" t="n">
-        <x:v>42580722917.59</x:v>
+        <x:v>378943230590.3</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:20">
       <x:c r="A110" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B110" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
-        <x:v>1727997098.3</x:v>
+        <x:v>2644632256.12</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:20">
       <x:c r="A111" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B111" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
-        <x:v>1283447193393.03</x:v>
+        <x:v>6026692673.7</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:20">
       <x:c r="A112" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B112" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D112" s="0" t="n">
-        <x:v>5415626115.03</x:v>
+        <x:v>75433513014.87</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:20">
       <x:c r="A113" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B113" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D113" s="0" t="n">
-        <x:v>13496386669.39</x:v>
+        <x:v>23520299750.33</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:20">
       <x:c r="A114" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B114" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D114" s="0" t="n">
-        <x:v>71223263444.01</x:v>
+        <x:v>158788403161.98</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:20">
       <x:c r="A115" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B115" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
-        <x:v>89963746486.69</x:v>
+        <x:v>47112097417.85</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:20">
       <x:c r="A116" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B116" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D116" s="0" t="n">
-        <x:v>10172204285.3</x:v>
+        <x:v>23329424385.79</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:20">
       <x:c r="A117" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B117" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D117" s="0" t="n">
-        <x:v>16760298051.26</x:v>
+        <x:v>68216798093.38</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:20">
       <x:c r="A118" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B118" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D118" s="0" t="n">
-        <x:v>35949173835.14</x:v>
+        <x:v>74944985387.96</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:20">
       <x:c r="A119" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B119" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D119" s="0" t="n">
-        <x:v>1161913079951.86</x:v>
+        <x:v>64650215352.23</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:20">
       <x:c r="A120" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B120" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D120" s="0" t="n">
-        <x:v>159075875575.57</x:v>
+        <x:v>38814605.34</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:20">
       <x:c r="A121" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B121" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D121" s="0" t="n">
-        <x:v>378943230590.3</x:v>
+        <x:v>16674988503.56</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:20">
       <x:c r="A122" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B122" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D122" s="0" t="n">
-        <x:v>2644632256.12</x:v>
+        <x:v>8411149416.35</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:20">
       <x:c r="A123" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B123" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D123" s="0" t="n">
-        <x:v>6026692673.7</x:v>
+        <x:v>62542255750.57</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:20">
       <x:c r="A124" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B124" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D124" s="0" t="n">
-        <x:v>75433513014.87</x:v>
+        <x:v>55480436439.83</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:20">
       <x:c r="A125" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B125" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D125" s="0" t="n">
-        <x:v>23520299750.33</x:v>
+        <x:v>9706981485.08</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:20">
       <x:c r="A126" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B126" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D126" s="0" t="n">
-        <x:v>158788403161.98</x:v>
+        <x:v>5567327253.6</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:20">
       <x:c r="A127" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B127" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D127" s="0" t="n">
-        <x:v>47112097417.85</x:v>
+        <x:v>48001784396.88</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:20">
       <x:c r="A128" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B128" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D128" s="0" t="n">
-        <x:v>23329424385.79</x:v>
+        <x:v>13576252.24</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:20">
       <x:c r="A129" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B129" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D129" s="0" t="n">
-        <x:v>68216798093.38</x:v>
+        <x:v>168335504741.64</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:20">
       <x:c r="A130" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B130" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D130" s="0" t="n">
-        <x:v>74944985387.96</x:v>
+        <x:v>107799023668.04</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:20">
       <x:c r="A131" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B131" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D131" s="0" t="n">
-        <x:v>64650215352.23</x:v>
+        <x:v>23778065400.18</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:20">
       <x:c r="A132" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B132" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D132" s="0" t="n">
-        <x:v>38814605.34</x:v>
+        <x:v>115200514669.04</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:20">
       <x:c r="A133" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B133" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D133" s="0" t="n">
-        <x:v>16674988503.56</x:v>
+        <x:v>213748849996.88</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:20">
       <x:c r="A134" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B134" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D134" s="0" t="n">
-        <x:v>8411149416.35</x:v>
+        <x:v>5459470927</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:20">
       <x:c r="A135" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B135" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D135" s="0" t="n">
-        <x:v>62542255750.57</x:v>
+        <x:v>23749795911.39</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:20">
       <x:c r="A136" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B136" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
-        <x:v>55480436439.83</x:v>
+        <x:v>43644901956.6</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:20">
       <x:c r="A137" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B137" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D137" s="0" t="n">
-        <x:v>9706981485.08</x:v>
+        <x:v>11555556.6</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:20">
       <x:c r="A138" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B138" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D138" s="0" t="n">
-        <x:v>5567327253.6</x:v>
+        <x:v>886845096.08</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:20">
       <x:c r="A139" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B139" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D139" s="0" t="n">
-        <x:v>48001784396.88</x:v>
+        <x:v>10257999.08</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:20">
       <x:c r="A140" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B140" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D140" s="0" t="n">
-        <x:v>13576252.24</x:v>
+        <x:v>123945501199.65</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:20">
       <x:c r="A141" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B141" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D141" s="0" t="n">
-        <x:v>168335504741.64</x:v>
+        <x:v>1050902114.72</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:20">
       <x:c r="A142" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B142" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D142" s="0" t="n">
-        <x:v>107799023668.04</x:v>
+        <x:v>228835459224.32</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:20">
       <x:c r="A143" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B143" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D143" s="0" t="n">
-        <x:v>23778065400.18</x:v>
+        <x:v>18030800724.15</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:20">
       <x:c r="A144" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B144" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D144" s="0" t="n">
-        <x:v>115200514669.04</x:v>
+        <x:v>2985805213.27</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:20">
       <x:c r="A145" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B145" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D145" s="0" t="n">
-        <x:v>213748849996.88</x:v>
+        <x:v>36897360029.14</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:20">
       <x:c r="A146" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B146" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
-        <x:v>5459470927</x:v>
+        <x:v>1822393006.99</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:20">
       <x:c r="A147" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B147" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
-        <x:v>23749795911.39</x:v>
+        <x:v>84363643155.98</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:20">
       <x:c r="A148" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B148" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D148" s="0" t="n">
-        <x:v>43644901956.6</x:v>
+        <x:v>45455619798.36</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:20">
       <x:c r="A149" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B149" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D149" s="0" t="n">
-        <x:v>11555556.6</x:v>
+        <x:v>4608464686.49</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:20">
       <x:c r="A150" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B150" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D150" s="0" t="n">
-        <x:v>886845096.08</x:v>
+        <x:v>78512163284.93</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:20">
       <x:c r="A151" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B151" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D151" s="0" t="n">
-        <x:v>70969493025.93</x:v>
+        <x:v>8219475765.12</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:20">
       <x:c r="A152" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B152" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D152" s="0" t="n">
-        <x:v>2819261187.37</x:v>
+        <x:v>375539469012.53</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:20">
       <x:c r="A153" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B153" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D153" s="0" t="n">
-        <x:v>318851519873.73</x:v>
+        <x:v>1223163974.88</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:20">
       <x:c r="A154" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B154" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D154" s="0" t="n">
-        <x:v>382814554048.13</x:v>
+        <x:v>2584055019.85</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:20">
       <x:c r="A155" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B155" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D155" s="0" t="n">
-        <x:v>44048213966.43</x:v>
+        <x:v>8512162454.16</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:20">
       <x:c r="A156" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B156" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
-        <x:v>14208861155.77</x:v>
+        <x:v>74287298482.87</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:20">
       <x:c r="A157" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B157" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
-        <x:v>299400354941.05</x:v>
+        <x:v>4997376067.48</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:20">
       <x:c r="A158" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B158" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D158" s="0" t="n">
-        <x:v>51388869801.84</x:v>
+        <x:v>93512527004.38</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:20">
       <x:c r="A159" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B159" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D159" s="0" t="n">
-        <x:v>281119866569.59</x:v>
+        <x:v>52331460971.12</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:20">
       <x:c r="A160" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B160" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D160" s="0" t="n">
-        <x:v>36171370194.39</x:v>
+        <x:v>13800842712.46</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:20">
       <x:c r="A161" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B161" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
-        <x:v>1119662888.16</x:v>
+        <x:v>84873149218.07</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:20">
       <x:c r="A162" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B162" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D162" s="0" t="n">
-        <x:v>47978782242.39</x:v>
+        <x:v>95399792399.57</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:20">
       <x:c r="A163" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B163" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D163" s="0" t="n">
-        <x:v>63127100583.01</x:v>
+        <x:v>264857827313.25</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:20">
       <x:c r="A164" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B164" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D164" s="0" t="n">
-        <x:v>14189596542.12</x:v>
+        <x:v>4773282059.15</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:20">
       <x:c r="A165" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B165" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D165" s="0" t="n">
-        <x:v>36573668931.3</x:v>
+        <x:v>1301003242155.76</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:20">
       <x:c r="A166" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B166" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D166" s="0" t="n">
-        <x:v>11507958750.32</x:v>
+        <x:v>14198259.16</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:20">
       <x:c r="A167" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B167" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D167" s="0" t="n">
-        <x:v>98733145146.19</x:v>
+        <x:v>162608774477.06</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:20">
       <x:c r="A168" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B168" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D168" s="0" t="n">
-        <x:v>247685542702.77</x:v>
+        <x:v>55163638501.41</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:20">
       <x:c r="A169" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B169" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D169" s="0" t="n">
-        <x:v>2837256429.91</x:v>
+        <x:v>31699748546.42</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:20">
       <x:c r="A170" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B170" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D170" s="0" t="n">
-        <x:v>372820435576.31</x:v>
+        <x:v>40096287641.36</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:20">
       <x:c r="A171" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B171" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D171" s="0" t="n">
-        <x:v>30861024301.7</x:v>
+        <x:v>171654849936.15</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:20">
       <x:c r="A172" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B172" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D172" s="0" t="n">
-        <x:v>371369085065.39</x:v>
+        <x:v>32264276603.2</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:20">
       <x:c r="A173" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B173" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D173" s="0" t="n">
-        <x:v>1039904629.1</x:v>
+        <x:v>42580722917.59</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:20">
       <x:c r="A174" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B174" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D174" s="0" t="n">
-        <x:v>4579632130.49</x:v>
+        <x:v>4065414152.04</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:20">
       <x:c r="A175" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B175" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D175" s="0" t="n">
-        <x:v>13371231105.48</x:v>
+        <x:v>23678983936.26</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:20">
       <x:c r="A176" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B176" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D176" s="0" t="n">
-        <x:v>99602773696.77</x:v>
+        <x:v>42845914840.11</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:20">
       <x:c r="A177" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B177" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D177" s="0" t="n">
-        <x:v>359147100478.16</x:v>
+        <x:v>364148950018.39</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:20">
       <x:c r="A178" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B178" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D178" s="0" t="n">
-        <x:v>35110169320.49</x:v>
+        <x:v>35646147985.44</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:20">
       <x:c r="A179" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B179" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D179" s="0" t="n">
-        <x:v>16905025276.31</x:v>
+        <x:v>5892482714.38</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:20">
       <x:c r="A180" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B180" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D180" s="0" t="n">
-        <x:v>23621971740.84</x:v>
+        <x:v>38084749738.75</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:20">
       <x:c r="A181" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B181" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D181" s="0" t="n">
-        <x:v>533772991.41</x:v>
+        <x:v>125501639398.8</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:20">
       <x:c r="A182" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B182" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D182" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>51615336764.51</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:20">
       <x:c r="A183" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B183" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D183" s="0" t="n">
-        <x:v>31285659.33</x:v>
+        <x:v>2415604367.08</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:20">
       <x:c r="A184" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B184" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D184" s="0" t="n">
-        <x:v>155756034209.03</x:v>
+        <x:v>40135335173.78</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:20">
       <x:c r="A185" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B185" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D185" s="0" t="n">
-        <x:v>84530464675.79</x:v>
+        <x:v>1190910568646.61</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:20">
       <x:c r="A186" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B186" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D186" s="0" t="n">
-        <x:v>51615336764.51</x:v>
+        <x:v>35908378135.18</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:20">
       <x:c r="A187" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B187" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D187" s="0" t="n">
-        <x:v>2415604367.08</x:v>
+        <x:v>1178742258099.55</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:20">
       <x:c r="A188" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B188" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D188" s="0" t="n">
-        <x:v>40135335173.78</x:v>
+        <x:v>4572479561.53</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:20">
       <x:c r="A189" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B189" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D189" s="0" t="n">
-        <x:v>1190910568646.61</x:v>
+        <x:v>294068376622.75</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:20">
       <x:c r="A190" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B190" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D190" s="0" t="n">
-        <x:v>35908378135.18</x:v>
+        <x:v>39828714310.9</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:20">
       <x:c r="A191" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B191" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D191" s="0" t="n">
-        <x:v>1178742258099.55</x:v>
+        <x:v>1211743663349.75</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:20">
       <x:c r="A192" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B192" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D192" s="0" t="n">
-        <x:v>4572479561.53</x:v>
+        <x:v>112222925.53</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:20">
       <x:c r="A193" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B193" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D193" s="0" t="n">
-        <x:v>294068376622.75</x:v>
+        <x:v>9667790938.4</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:20">
       <x:c r="A194" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B194" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D194" s="0" t="n">
-        <x:v>39828714310.9</x:v>
+        <x:v>368326586202.44</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:20">
       <x:c r="A195" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B195" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D195" s="0" t="n">
-        <x:v>1211743663349.75</x:v>
+        <x:v>3607914331.94</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:20">
       <x:c r="A196" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B196" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D196" s="0" t="n">
-        <x:v>112222925.53</x:v>
+        <x:v>24343746739.43</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:20">
       <x:c r="A197" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B197" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D197" s="0" t="n">
-        <x:v>9667790938.4</x:v>
+        <x:v>24100465799.17</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:20">
       <x:c r="A198" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B198" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D198" s="0" t="n">
-        <x:v>368326586202.44</x:v>
+        <x:v>158257793978.32</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:20">
       <x:c r="A199" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B199" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D199" s="0" t="n">
-        <x:v>3607914331.94</x:v>
+        <x:v>374583985990.25</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:20">
       <x:c r="A200" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B200" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D200" s="0" t="n">
-        <x:v>24343746739.43</x:v>
+        <x:v>31757656149.42</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:20">
       <x:c r="A201" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B201" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D201" s="0" t="n">
-        <x:v>24100465799.17</x:v>
+        <x:v>14348191196.97</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:20">
       <x:c r="A202" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B202" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D202" s="0" t="n">
-        <x:v>158257793978.32</x:v>
+        <x:v>41534284745.27</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:20">
       <x:c r="A203" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B203" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D203" s="0" t="n">
-        <x:v>374583985990.25</x:v>
+        <x:v>99583913916.75</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:20">
       <x:c r="A204" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B204" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D204" s="0" t="n">
-        <x:v>31757656149.42</x:v>
+        <x:v>107136441494.52</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:20">
       <x:c r="A205" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B205" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D205" s="0" t="n">
-        <x:v>14348191196.97</x:v>
+        <x:v>242302457675.93</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:20">
       <x:c r="A206" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B206" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D206" s="0" t="n">
-        <x:v>41534284745.27</x:v>
+        <x:v>96555491680.44</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:20">
       <x:c r="A207" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B207" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D207" s="0" t="n">
-        <x:v>99583913916.75</x:v>
+        <x:v>224856364982.84</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:20">
       <x:c r="A208" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B208" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D208" s="0" t="n">
-        <x:v>107136441494.52</x:v>
+        <x:v>44363121521.83</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:20">
       <x:c r="A209" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B209" s="0" t="n">
-        <x:v>4</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D209" s="0" t="n">
-        <x:v>242302457675.93</x:v>
+        <x:v>6437657785.77</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:20">
       <x:c r="A210" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B210" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D210" s="0" t="n">
-        <x:v>96555491680.44</x:v>
+        <x:v>23453590693.4</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:20">
       <x:c r="A211" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B211" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D211" s="0" t="n">
-        <x:v>224856364982.84</x:v>
+        <x:v>3514061379.94</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:20">
       <x:c r="A212" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B212" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D212" s="0" t="n">
-        <x:v>44363121521.83</x:v>
+        <x:v>14176845587.43</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:20">
       <x:c r="A213" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B213" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D213" s="0" t="n">
-        <x:v>6437657785.77</x:v>
+        <x:v>114990168394.64</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:20">
       <x:c r="A214" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B214" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D214" s="0" t="n">
-        <x:v>23453590693.4</x:v>
+        <x:v>121007688646.16</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:20">
       <x:c r="A215" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B215" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D215" s="0" t="n">
-        <x:v>3514061379.94</x:v>
+        <x:v>31332787813.38</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:20">
       <x:c r="A216" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B216" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D216" s="0" t="n">
-        <x:v>14176845587.43</x:v>
+        <x:v>12134777.03</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:20">
       <x:c r="A217" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B217" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D217" s="0" t="n">
-        <x:v>114990168394.64</x:v>
+        <x:v>185538304448.48</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:20">
       <x:c r="A218" s="0" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B218" s="0" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D218" s="0" t="n">
-        <x:v>121007688646.16</x:v>
+        <x:v>1050902114.72</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>