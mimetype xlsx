--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c6a809695845cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e36c73e55884ca9a8a95e0e0db4805d.psmdcp" Id="R9667150709c84ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6eb3477c1fe410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c90d88fe0124ddbbd6af40254d6872c.psmdcp" Id="Ra4416ef7d89c4e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>classified_group</x:t>
   </x:si>
   <x:si>
     <x:t>classified_type</x:t>
   </x:si>
   <x:si>
     <x:t>num_investor</x:t>
   </x:si>
   <x:si>
     <x:t>num_account</x:t>
   </x:si>
   <x:si>
     <x:t>sum_outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
     <x:t>ภูมิภาค</x:t>
   </x:si>
   <x:si>
     <x:t>5) ภาคตะวันออกเฉียงเหนือ</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
   <x:si>
     <x:t>6) ภาคใต้</x:t>
   </x:si>
   <x:si>
     <x:t>ช่วงอายุ</x:t>
   </x:si>
   <x:si>
     <x:t>1. อายุ &lt;= 20</x:t>
   </x:si>
   <x:si>
     <x:t>2. อายุ &gt;20-30</x:t>
   </x:si>
   <x:si>
     <x:t>3. อายุ &gt;30-40</x:t>
   </x:si>
   <x:si>
     <x:t>4. อายุ &gt;40-50</x:t>
   </x:si>
   <x:si>
     <x:t>5. อายุ &gt;50-60</x:t>
   </x:si>
   <x:si>
     <x:t>6. อายุ &gt;60</x:t>
   </x:si>
@@ -445,51 +445,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:T1606"/>
+  <x:dimension ref="A1:T1696"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:20">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
@@ -20758,21451 +20758,23788 @@
       </x:c>
       <x:c r="B782" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E782" s="0" t="n">
         <x:v>45422</x:v>
       </x:c>
       <x:c r="F782" s="0" t="n">
         <x:v>162985</x:v>
       </x:c>
       <x:c r="G782" s="0" t="n">
         <x:v>49461932012.9766</x:v>
       </x:c>
       <x:c r="H782" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:20">
       <x:c r="A783" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B783" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E783" s="0" t="n">
-        <x:v>8857</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="F783" s="0" t="n">
-        <x:v>16000</x:v>
+        <x:v>6373</x:v>
       </x:c>
       <x:c r="G783" s="0" t="n">
-        <x:v>30423318892.5015</x:v>
+        <x:v>20541436619.6057</x:v>
       </x:c>
       <x:c r="H783" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:20">
       <x:c r="A784" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B784" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E784" s="0" t="n">
-        <x:v>175193</x:v>
+        <x:v>341748</x:v>
       </x:c>
       <x:c r="F784" s="0" t="n">
-        <x:v>448373</x:v>
+        <x:v>798833</x:v>
       </x:c>
       <x:c r="G784" s="0" t="n">
-        <x:v>88727314893.8817</x:v>
+        <x:v>69934459537.4147</x:v>
       </x:c>
       <x:c r="H784" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:20">
       <x:c r="A785" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B785" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E785" s="0" t="n">
-        <x:v>347104</x:v>
+        <x:v>552990</x:v>
       </x:c>
       <x:c r="F785" s="0" t="n">
-        <x:v>1285937</x:v>
+        <x:v>2173997</x:v>
       </x:c>
       <x:c r="G785" s="0" t="n">
-        <x:v>309801259726.536</x:v>
+        <x:v>318138236408.604</x:v>
       </x:c>
       <x:c r="H785" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:20">
       <x:c r="A786" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B786" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E786" s="0" t="n">
-        <x:v>328652</x:v>
+        <x:v>500101</x:v>
       </x:c>
       <x:c r="F786" s="0" t="n">
-        <x:v>1528119</x:v>
+        <x:v>2879037</x:v>
       </x:c>
       <x:c r="G786" s="0" t="n">
-        <x:v>640233422020.839</x:v>
+        <x:v>938867623051.639</x:v>
       </x:c>
       <x:c r="H786" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:20">
       <x:c r="A787" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B787" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E787" s="0" t="n">
-        <x:v>262375</x:v>
+        <x:v>357517</x:v>
       </x:c>
       <x:c r="F787" s="0" t="n">
-        <x:v>1337475</x:v>
+        <x:v>2318112</x:v>
       </x:c>
       <x:c r="G787" s="0" t="n">
-        <x:v>908754569734.358</x:v>
+        <x:v>1345878641191.94</x:v>
       </x:c>
       <x:c r="H787" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:20">
       <x:c r="A788" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B788" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E788" s="0" t="n">
-        <x:v>215230</x:v>
+        <x:v>361693</x:v>
       </x:c>
       <x:c r="F788" s="0" t="n">
-        <x:v>890976</x:v>
+        <x:v>1813153</x:v>
       </x:c>
       <x:c r="G788" s="0" t="n">
-        <x:v>1290250304417.39</x:v>
+        <x:v>2850048026758.24</x:v>
       </x:c>
       <x:c r="H788" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:20">
       <x:c r="A789" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B789" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E789" s="0" t="n">
-        <x:v>82468</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F789" s="0" t="n">
-        <x:v>250456</x:v>
+        <x:v>1090645</x:v>
       </x:c>
       <x:c r="G789" s="0" t="n">
-        <x:v>186861436834.92</x:v>
+        <x:v>3619665460651.02</x:v>
       </x:c>
       <x:c r="H789" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:20">
       <x:c r="A790" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B790" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E790" s="0" t="n">
-        <x:v>14006</x:v>
+        <x:v>14610</x:v>
       </x:c>
       <x:c r="F790" s="0" t="n">
-        <x:v>156660</x:v>
+        <x:v>33668</x:v>
       </x:c>
       <x:c r="G790" s="0" t="n">
-        <x:v>1329872352679.32</x:v>
+        <x:v>2771401238400.72</x:v>
       </x:c>
       <x:c r="H790" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:20">
       <x:c r="A791" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B791" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E791" s="0" t="n">
-        <x:v>1419898</x:v>
+        <x:v>67954</x:v>
       </x:c>
       <x:c r="F791" s="0" t="n">
-        <x:v>5757470</x:v>
+        <x:v>125299</x:v>
       </x:c>
       <x:c r="G791" s="0" t="n">
-        <x:v>3455086627432.2</x:v>
+        <x:v>110474925554.193</x:v>
       </x:c>
       <x:c r="H791" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:20">
       <x:c r="A792" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B792" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="D792" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E792" s="0" t="n">
-        <x:v>1433904</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F792" s="0" t="n">
-        <x:v>5914130</x:v>
+        <x:v>1090645</x:v>
       </x:c>
       <x:c r="G792" s="0" t="n">
-        <x:v>4784958980111.82</x:v>
+        <x:v>3619665460651.02</x:v>
       </x:c>
       <x:c r="H792" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:20">
       <x:c r="A793" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B793" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E793" s="0" t="n">
-        <x:v>18018</x:v>
+        <x:v>14610</x:v>
       </x:c>
       <x:c r="F793" s="0" t="n">
-        <x:v>56105</x:v>
+        <x:v>33668</x:v>
       </x:c>
       <x:c r="G793" s="0" t="n">
-        <x:v>56873198935.7124</x:v>
+        <x:v>2771401238400.72</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:20">
       <x:c r="A794" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B794" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E794" s="0" t="n">
-        <x:v>24069</x:v>
+        <x:v>2185680</x:v>
       </x:c>
       <x:c r="F794" s="0" t="n">
-        <x:v>73936</x:v>
+        <x:v>10114804</x:v>
       </x:c>
       <x:c r="G794" s="0" t="n">
-        <x:v>50590778871.0845</x:v>
+        <x:v>5653883349121.63</x:v>
       </x:c>
       <x:c r="H794" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:20">
       <x:c r="A795" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B795" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E795" s="0" t="n">
-        <x:v>55125</x:v>
+        <x:v>2200316</x:v>
       </x:c>
       <x:c r="F795" s="0" t="n">
-        <x:v>183335</x:v>
+        <x:v>11239117</x:v>
       </x:c>
       <x:c r="G795" s="0" t="n">
-        <x:v>85757756573.356</x:v>
+        <x:v>12044950048173.4</x:v>
       </x:c>
       <x:c r="H795" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:20">
       <x:c r="A796" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B796" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E796" s="0" t="n">
-        <x:v>63940</x:v>
+        <x:v>30292</x:v>
       </x:c>
       <x:c r="F796" s="0" t="n">
-        <x:v>213499</x:v>
+        <x:v>104303</x:v>
       </x:c>
       <x:c r="G796" s="0" t="n">
-        <x:v>162126736879.979</x:v>
+        <x:v>60466959950.3105</x:v>
       </x:c>
       <x:c r="H796" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:20">
       <x:c r="A797" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B797" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E797" s="0" t="n">
-        <x:v>105880</x:v>
+        <x:v>39366</x:v>
       </x:c>
       <x:c r="F797" s="0" t="n">
-        <x:v>425397</x:v>
+        <x:v>138539</x:v>
       </x:c>
       <x:c r="G797" s="0" t="n">
-        <x:v>200940707172.412</x:v>
+        <x:v>52092227608.6745</x:v>
       </x:c>
       <x:c r="H797" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:20">
       <x:c r="A798" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B798" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E798" s="0" t="n">
-        <x:v>716034</x:v>
+        <x:v>91405</x:v>
       </x:c>
       <x:c r="F798" s="0" t="n">
-        <x:v>3456531</x:v>
+        <x:v>346723</x:v>
       </x:c>
       <x:c r="G798" s="0" t="n">
-        <x:v>3416415606933.52</x:v>
+        <x:v>112187461674.131</x:v>
       </x:c>
       <x:c r="H798" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:20">
       <x:c r="A799" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B799" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E799" s="0" t="n">
-        <x:v>900</x:v>
+        <x:v>111020</x:v>
       </x:c>
       <x:c r="F799" s="0" t="n">
-        <x:v>1916</x:v>
+        <x:v>483419</x:v>
       </x:c>
       <x:c r="G799" s="0" t="n">
-        <x:v>431376656.55355</x:v>
+        <x:v>297890853236.977</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:20">
       <x:c r="A800" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B800" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E800" s="0" t="n">
-        <x:v>1863</x:v>
+        <x:v>151942</x:v>
       </x:c>
       <x:c r="F800" s="0" t="n">
-        <x:v>4282</x:v>
+        <x:v>742324</x:v>
       </x:c>
       <x:c r="G800" s="0" t="n">
-        <x:v>3070491688.95469</x:v>
+        <x:v>266274411759.248</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:20">
       <x:c r="A801" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B801" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E801" s="0" t="n">
-        <x:v>2865</x:v>
+        <x:v>852711</x:v>
       </x:c>
       <x:c r="F801" s="0" t="n">
-        <x:v>6602</x:v>
+        <x:v>5027758</x:v>
       </x:c>
       <x:c r="G801" s="0" t="n">
-        <x:v>2054400826.16271</x:v>
+        <x:v>3788602399232.2</x:v>
       </x:c>
       <x:c r="H801" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:20">
       <x:c r="A802" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B802" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E802" s="0" t="n">
-        <x:v>2967</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="F802" s="0" t="n">
-        <x:v>7643</x:v>
+        <x:v>6131</x:v>
       </x:c>
       <x:c r="G802" s="0" t="n">
-        <x:v>2792883866.86889</x:v>
+        <x:v>697464403.83148</x:v>
       </x:c>
       <x:c r="H802" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:20">
       <x:c r="A803" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B803" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E803" s="0" t="n">
-        <x:v>3288</x:v>
+        <x:v>4296</x:v>
       </x:c>
       <x:c r="F803" s="0" t="n">
-        <x:v>7771</x:v>
+        <x:v>10492</x:v>
       </x:c>
       <x:c r="G803" s="0" t="n">
-        <x:v>3206641757.0793</x:v>
+        <x:v>1443356243.13531</x:v>
       </x:c>
       <x:c r="H803" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:20">
       <x:c r="A804" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B804" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E804" s="0" t="n">
-        <x:v>3492</x:v>
+        <x:v>7186</x:v>
       </x:c>
       <x:c r="F804" s="0" t="n">
-        <x:v>8354</x:v>
+        <x:v>18433</x:v>
       </x:c>
       <x:c r="G804" s="0" t="n">
-        <x:v>4495017465.82365</x:v>
+        <x:v>3221808278.35514</x:v>
       </x:c>
       <x:c r="H804" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:20">
       <x:c r="A805" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B805" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E805" s="0" t="n">
-        <x:v>3529</x:v>
+        <x:v>7352</x:v>
       </x:c>
       <x:c r="F805" s="0" t="n">
-        <x:v>8722</x:v>
+        <x:v>19261</x:v>
       </x:c>
       <x:c r="G805" s="0" t="n">
-        <x:v>4012266312.63265</x:v>
+        <x:v>2703083509.26113</x:v>
       </x:c>
       <x:c r="H805" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:20">
       <x:c r="A806" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B806" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E806" s="0" t="n">
-        <x:v>3637</x:v>
+        <x:v>7652</x:v>
       </x:c>
       <x:c r="F806" s="0" t="n">
-        <x:v>9381</x:v>
+        <x:v>19561</x:v>
       </x:c>
       <x:c r="G806" s="0" t="n">
-        <x:v>4462736698.01611</x:v>
+        <x:v>3943681164.89057</x:v>
       </x:c>
       <x:c r="H806" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:20">
       <x:c r="A807" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B807" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E807" s="0" t="n">
-        <x:v>3811</x:v>
+        <x:v>7761</x:v>
       </x:c>
       <x:c r="F807" s="0" t="n">
-        <x:v>8743</x:v>
+        <x:v>20660</x:v>
       </x:c>
       <x:c r="G807" s="0" t="n">
-        <x:v>2924365920.91194</x:v>
+        <x:v>5743906794.78724</x:v>
       </x:c>
       <x:c r="H807" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:20">
       <x:c r="A808" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B808" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E808" s="0" t="n">
-        <x:v>3999</x:v>
+        <x:v>8000</x:v>
       </x:c>
       <x:c r="F808" s="0" t="n">
-        <x:v>9134</x:v>
+        <x:v>20763</x:v>
       </x:c>
       <x:c r="G808" s="0" t="n">
-        <x:v>2149638952.04313</x:v>
+        <x:v>5415549030.38813</x:v>
       </x:c>
       <x:c r="H808" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:20">
       <x:c r="A809" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B809" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E809" s="0" t="n">
-        <x:v>4854</x:v>
+        <x:v>8201</x:v>
       </x:c>
       <x:c r="F809" s="0" t="n">
-        <x:v>10807</x:v>
+        <x:v>21361</x:v>
       </x:c>
       <x:c r="G809" s="0" t="n">
-        <x:v>6268010713.01187</x:v>
+        <x:v>4607067040.41975</x:v>
       </x:c>
       <x:c r="H809" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:20">
       <x:c r="A810" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B810" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E810" s="0" t="n">
-        <x:v>6068</x:v>
+        <x:v>9030</x:v>
       </x:c>
       <x:c r="F810" s="0" t="n">
-        <x:v>12946</x:v>
+        <x:v>24035</x:v>
       </x:c>
       <x:c r="G810" s="0" t="n">
-        <x:v>3567355075.68514</x:v>
+        <x:v>3010186222.90765</x:v>
       </x:c>
       <x:c r="H810" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:20">
       <x:c r="A811" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B811" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E811" s="0" t="n">
-        <x:v>9027</x:v>
+        <x:v>9189</x:v>
       </x:c>
       <x:c r="F811" s="0" t="n">
-        <x:v>25715</x:v>
+        <x:v>23014</x:v>
       </x:c>
       <x:c r="G811" s="0" t="n">
-        <x:v>9567247035.39108</x:v>
+        <x:v>3923771997.88404</x:v>
       </x:c>
       <x:c r="H811" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:20">
       <x:c r="A812" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B812" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E812" s="0" t="n">
-        <x:v>9586</x:v>
+        <x:v>10585</x:v>
       </x:c>
       <x:c r="F812" s="0" t="n">
-        <x:v>25415</x:v>
+        <x:v>28839</x:v>
       </x:c>
       <x:c r="G812" s="0" t="n">
-        <x:v>15161610881.8106</x:v>
+        <x:v>4710733570.4642</x:v>
       </x:c>
       <x:c r="H812" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:20">
       <x:c r="A813" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B813" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E813" s="0" t="n">
-        <x:v>9885</x:v>
+        <x:v>13081</x:v>
       </x:c>
       <x:c r="F813" s="0" t="n">
-        <x:v>28486</x:v>
+        <x:v>30365</x:v>
       </x:c>
       <x:c r="G813" s="0" t="n">
-        <x:v>9553541507.45842</x:v>
+        <x:v>6599985076.27239</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:20">
       <x:c r="A814" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B814" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E814" s="0" t="n">
-        <x:v>10604</x:v>
+        <x:v>17891</x:v>
       </x:c>
       <x:c r="F814" s="0" t="n">
-        <x:v>25948</x:v>
+        <x:v>52441</x:v>
       </x:c>
       <x:c r="G814" s="0" t="n">
-        <x:v>13609153309.9202</x:v>
+        <x:v>9996259258.2014</x:v>
       </x:c>
       <x:c r="H814" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:20">
       <x:c r="A815" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B815" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E815" s="0" t="n">
-        <x:v>39017</x:v>
+        <x:v>18060</x:v>
       </x:c>
       <x:c r="F815" s="0" t="n">
-        <x:v>121650</x:v>
+        <x:v>51061</x:v>
       </x:c>
       <x:c r="G815" s="0" t="n">
-        <x:v>56981671863.2108</x:v>
+        <x:v>30749114225.3579</x:v>
       </x:c>
       <x:c r="H815" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:20">
       <x:c r="A816" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B816" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E816" s="0" t="n">
-        <x:v>2741</x:v>
+        <x:v>19274</x:v>
       </x:c>
       <x:c r="F816" s="0" t="n">
-        <x:v>5952</x:v>
+        <x:v>60347</x:v>
       </x:c>
       <x:c r="G816" s="0" t="n">
-        <x:v>2245006976.84741</x:v>
+        <x:v>12832999818.9118</x:v>
       </x:c>
       <x:c r="H816" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:20">
       <x:c r="A817" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B817" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E817" s="0" t="n">
-        <x:v>2776</x:v>
+        <x:v>24321</x:v>
       </x:c>
       <x:c r="F817" s="0" t="n">
-        <x:v>7219</x:v>
+        <x:v>65896</x:v>
       </x:c>
       <x:c r="G817" s="0" t="n">
-        <x:v>3225802766.11365</x:v>
+        <x:v>15466110119.9851</x:v>
       </x:c>
       <x:c r="H817" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:20">
       <x:c r="A818" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B818" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E818" s="0" t="n">
-        <x:v>2898</x:v>
+        <x:v>67120</x:v>
       </x:c>
       <x:c r="F818" s="0" t="n">
-        <x:v>7254</x:v>
+        <x:v>232951</x:v>
       </x:c>
       <x:c r="G818" s="0" t="n">
-        <x:v>2980285924.53526</x:v>
+        <x:v>72251648946.9328</x:v>
       </x:c>
       <x:c r="H818" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:20">
       <x:c r="A819" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B819" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E819" s="0" t="n">
-        <x:v>7279</x:v>
+        <x:v>4470</x:v>
       </x:c>
       <x:c r="F819" s="0" t="n">
-        <x:v>17760</x:v>
+        <x:v>12901</x:v>
       </x:c>
       <x:c r="G819" s="0" t="n">
-        <x:v>10123796043.4881</x:v>
+        <x:v>4127747840.00841</x:v>
       </x:c>
       <x:c r="H819" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:20">
       <x:c r="A820" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B820" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E820" s="0" t="n">
-        <x:v>11852</x:v>
+        <x:v>5205</x:v>
       </x:c>
       <x:c r="F820" s="0" t="n">
-        <x:v>33781</x:v>
+        <x:v>13978</x:v>
       </x:c>
       <x:c r="G820" s="0" t="n">
-        <x:v>16278324734.9981</x:v>
+        <x:v>3988224373.58936</x:v>
       </x:c>
       <x:c r="H820" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:20">
       <x:c r="A821" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B821" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E821" s="0" t="n">
-        <x:v>14374</x:v>
+        <x:v>5395</x:v>
       </x:c>
       <x:c r="F821" s="0" t="n">
-        <x:v>38114</x:v>
+        <x:v>12883</x:v>
       </x:c>
       <x:c r="G821" s="0" t="n">
-        <x:v>17031901368.6037</x:v>
+        <x:v>2909202359.82812</x:v>
       </x:c>
       <x:c r="H821" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:20">
       <x:c r="A822" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B822" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E822" s="0" t="n">
-        <x:v>2619</x:v>
+        <x:v>5499</x:v>
       </x:c>
       <x:c r="F822" s="0" t="n">
-        <x:v>6203</x:v>
+        <x:v>14089</x:v>
       </x:c>
       <x:c r="G822" s="0" t="n">
-        <x:v>4311920873.38612</x:v>
+        <x:v>3423243565.33352</x:v>
       </x:c>
       <x:c r="H822" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:20">
       <x:c r="A823" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B823" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E823" s="0" t="n">
-        <x:v>2699</x:v>
+        <x:v>5841</x:v>
       </x:c>
       <x:c r="F823" s="0" t="n">
-        <x:v>6339</x:v>
+        <x:v>16648</x:v>
       </x:c>
       <x:c r="G823" s="0" t="n">
-        <x:v>2762638042.11061</x:v>
+        <x:v>4309308360.58166</x:v>
       </x:c>
       <x:c r="H823" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:20">
       <x:c r="A824" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B824" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E824" s="0" t="n">
-        <x:v>3020</x:v>
+        <x:v>7461</x:v>
       </x:c>
       <x:c r="F824" s="0" t="n">
-        <x:v>6766</x:v>
+        <x:v>17081</x:v>
       </x:c>
       <x:c r="G824" s="0" t="n">
-        <x:v>3906355155.75281</x:v>
+        <x:v>5378690055.74769</x:v>
       </x:c>
       <x:c r="H824" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:20">
       <x:c r="A825" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B825" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E825" s="0" t="n">
-        <x:v>3665</x:v>
+        <x:v>10617</x:v>
       </x:c>
       <x:c r="F825" s="0" t="n">
-        <x:v>9060</x:v>
+        <x:v>29742</x:v>
       </x:c>
       <x:c r="G825" s="0" t="n">
-        <x:v>4646921955.79784</x:v>
+        <x:v>12128724629.9961</x:v>
       </x:c>
       <x:c r="H825" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:20">
       <x:c r="A826" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B826" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E826" s="0" t="n">
-        <x:v>5453</x:v>
+        <x:v>12282</x:v>
       </x:c>
       <x:c r="F826" s="0" t="n">
-        <x:v>13702</x:v>
+        <x:v>34346</x:v>
       </x:c>
       <x:c r="G826" s="0" t="n">
-        <x:v>7727039806.70894</x:v>
+        <x:v>6800282054.00345</x:v>
       </x:c>
       <x:c r="H826" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:20">
       <x:c r="A827" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B827" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E827" s="0" t="n">
-        <x:v>5626</x:v>
+        <x:v>12695</x:v>
       </x:c>
       <x:c r="F827" s="0" t="n">
-        <x:v>14618</x:v>
+        <x:v>34465</x:v>
       </x:c>
       <x:c r="G827" s="0" t="n">
-        <x:v>5106063037.48383</x:v>
+        <x:v>14744165226.4614</x:v>
       </x:c>
       <x:c r="H827" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:20">
       <x:c r="A828" s="0" t="n">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B828" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E828" s="0" t="n">
-        <x:v>6429</x:v>
+        <x:v>13926</x:v>
       </x:c>
       <x:c r="F828" s="0" t="n">
-        <x:v>17363</x:v>
+        <x:v>39152</x:v>
       </x:c>
       <x:c r="G828" s="0" t="n">
-        <x:v>8454210002.02096</x:v>
+        <x:v>21327685669.3632</x:v>
       </x:c>
       <x:c r="H828" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:20">
       <x:c r="A829" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B829" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E829" s="0" t="n">
-        <x:v>6439</x:v>
+        <x:v>8857</x:v>
       </x:c>
       <x:c r="F829" s="0" t="n">
-        <x:v>15680</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="G829" s="0" t="n">
-        <x:v>11259190752.2582</x:v>
+        <x:v>30423318892.5015</x:v>
       </x:c>
       <x:c r="H829" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:20">
       <x:c r="A830" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B830" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E830" s="0" t="n">
-        <x:v>7804</x:v>
+        <x:v>175193</x:v>
       </x:c>
       <x:c r="F830" s="0" t="n">
-        <x:v>20240</x:v>
+        <x:v>448373</x:v>
       </x:c>
       <x:c r="G830" s="0" t="n">
-        <x:v>13715002127.7842</x:v>
+        <x:v>88727314893.8817</x:v>
       </x:c>
       <x:c r="H830" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:20">
       <x:c r="A831" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B831" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E831" s="0" t="n">
-        <x:v>8161</x:v>
+        <x:v>347104</x:v>
       </x:c>
       <x:c r="F831" s="0" t="n">
-        <x:v>20307</x:v>
+        <x:v>1285937</x:v>
       </x:c>
       <x:c r="G831" s="0" t="n">
-        <x:v>11718200821.8755</x:v>
+        <x:v>309801259726.536</x:v>
       </x:c>
       <x:c r="H831" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:20">
       <x:c r="A832" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B832" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E832" s="0" t="n">
-        <x:v>12394</x:v>
+        <x:v>328652</x:v>
       </x:c>
       <x:c r="F832" s="0" t="n">
-        <x:v>34811</x:v>
+        <x:v>1528119</x:v>
       </x:c>
       <x:c r="G832" s="0" t="n">
-        <x:v>19228709543.3113</x:v>
+        <x:v>640233422020.839</x:v>
       </x:c>
       <x:c r="H832" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:20">
       <x:c r="A833" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B833" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E833" s="0" t="n">
-        <x:v>12565</x:v>
+        <x:v>262375</x:v>
       </x:c>
       <x:c r="F833" s="0" t="n">
-        <x:v>34256</x:v>
+        <x:v>1337475</x:v>
       </x:c>
       <x:c r="G833" s="0" t="n">
-        <x:v>22814164000.8877</x:v>
+        <x:v>908754569734.358</x:v>
       </x:c>
       <x:c r="H833" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:20">
       <x:c r="A834" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B834" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E834" s="0" t="n">
-        <x:v>24091</x:v>
+        <x:v>215230</x:v>
       </x:c>
       <x:c r="F834" s="0" t="n">
-        <x:v>84915</x:v>
+        <x:v>890976</x:v>
       </x:c>
       <x:c r="G834" s="0" t="n">
-        <x:v>29729360458.3884</x:v>
+        <x:v>1290250304417.39</x:v>
       </x:c>
       <x:c r="H834" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:20">
       <x:c r="A835" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B835" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E835" s="0" t="n">
-        <x:v>54959</x:v>
+        <x:v>82468</x:v>
       </x:c>
       <x:c r="F835" s="0" t="n">
-        <x:v>169174</x:v>
+        <x:v>250456</x:v>
       </x:c>
       <x:c r="G835" s="0" t="n">
-        <x:v>96719814641.3926</x:v>
+        <x:v>186861436834.92</x:v>
       </x:c>
       <x:c r="H835" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:20">
       <x:c r="A836" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B836" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E836" s="0" t="n">
-        <x:v>471</x:v>
+        <x:v>14006</x:v>
       </x:c>
       <x:c r="F836" s="0" t="n">
-        <x:v>886</x:v>
+        <x:v>156660</x:v>
       </x:c>
       <x:c r="G836" s="0" t="n">
-        <x:v>444210090.7503</x:v>
+        <x:v>1329872352679.32</x:v>
       </x:c>
       <x:c r="H836" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:20">
       <x:c r="A837" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B837" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E837" s="0" t="n">
-        <x:v>1021</x:v>
+        <x:v>1419898</x:v>
       </x:c>
       <x:c r="F837" s="0" t="n">
-        <x:v>1976</x:v>
+        <x:v>5757470</x:v>
       </x:c>
       <x:c r="G837" s="0" t="n">
-        <x:v>724516363.12131</x:v>
+        <x:v>3455086627432.2</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:20">
       <x:c r="A838" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B838" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E838" s="0" t="n">
-        <x:v>1174</x:v>
+        <x:v>1433904</x:v>
       </x:c>
       <x:c r="F838" s="0" t="n">
-        <x:v>2401</x:v>
+        <x:v>5914130</x:v>
       </x:c>
       <x:c r="G838" s="0" t="n">
-        <x:v>911134907.7082</x:v>
+        <x:v>4784958980111.82</x:v>
       </x:c>
       <x:c r="H838" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:20">
       <x:c r="A839" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B839" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E839" s="0" t="n">
-        <x:v>1557</x:v>
+        <x:v>18018</x:v>
       </x:c>
       <x:c r="F839" s="0" t="n">
-        <x:v>3408</x:v>
+        <x:v>56105</x:v>
       </x:c>
       <x:c r="G839" s="0" t="n">
-        <x:v>2253010104.95299</x:v>
+        <x:v>56873198935.7124</x:v>
       </x:c>
       <x:c r="H839" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:20">
       <x:c r="A840" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B840" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E840" s="0" t="n">
-        <x:v>1740</x:v>
+        <x:v>24069</x:v>
       </x:c>
       <x:c r="F840" s="0" t="n">
-        <x:v>4164</x:v>
+        <x:v>73936</x:v>
       </x:c>
       <x:c r="G840" s="0" t="n">
-        <x:v>3149886013.52865</x:v>
+        <x:v>50590778871.0845</x:v>
       </x:c>
       <x:c r="H840" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:20">
       <x:c r="A841" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B841" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E841" s="0" t="n">
-        <x:v>2419</x:v>
+        <x:v>55125</x:v>
       </x:c>
       <x:c r="F841" s="0" t="n">
-        <x:v>5016</x:v>
+        <x:v>183335</x:v>
       </x:c>
       <x:c r="G841" s="0" t="n">
-        <x:v>1724580940.961</x:v>
+        <x:v>85757756573.356</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:20">
       <x:c r="A842" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B842" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E842" s="0" t="n">
-        <x:v>2663</x:v>
+        <x:v>63940</x:v>
       </x:c>
       <x:c r="F842" s="0" t="n">
-        <x:v>6128</x:v>
+        <x:v>213499</x:v>
       </x:c>
       <x:c r="G842" s="0" t="n">
-        <x:v>3150011368.18895</x:v>
+        <x:v>162126736879.979</x:v>
       </x:c>
       <x:c r="H842" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:20">
       <x:c r="A843" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B843" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E843" s="0" t="n">
-        <x:v>2666</x:v>
+        <x:v>105880</x:v>
       </x:c>
       <x:c r="F843" s="0" t="n">
-        <x:v>6352</x:v>
+        <x:v>425397</x:v>
       </x:c>
       <x:c r="G843" s="0" t="n">
-        <x:v>3732445622.96619</x:v>
+        <x:v>200940707172.412</x:v>
       </x:c>
       <x:c r="H843" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:20">
       <x:c r="A844" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B844" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E844" s="0" t="n">
-        <x:v>2748</x:v>
+        <x:v>716034</x:v>
       </x:c>
       <x:c r="F844" s="0" t="n">
-        <x:v>6366</x:v>
+        <x:v>3456531</x:v>
       </x:c>
       <x:c r="G844" s="0" t="n">
-        <x:v>3137051107.26053</x:v>
+        <x:v>3416415606933.52</x:v>
       </x:c>
       <x:c r="H844" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:20">
       <x:c r="A845" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B845" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E845" s="0" t="n">
-        <x:v>3386</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F845" s="0" t="n">
-        <x:v>8481</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="G845" s="0" t="n">
-        <x:v>5125519325.40991</x:v>
+        <x:v>431376656.55355</x:v>
       </x:c>
       <x:c r="H845" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:20">
       <x:c r="A846" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B846" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E846" s="0" t="n">
-        <x:v>3491</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="F846" s="0" t="n">
-        <x:v>8601</x:v>
+        <x:v>4282</x:v>
       </x:c>
       <x:c r="G846" s="0" t="n">
-        <x:v>3124943607.93121</x:v>
+        <x:v>3070491688.95469</x:v>
       </x:c>
       <x:c r="H846" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:20">
       <x:c r="A847" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B847" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E847" s="0" t="n">
-        <x:v>3781</x:v>
+        <x:v>2865</x:v>
       </x:c>
       <x:c r="F847" s="0" t="n">
-        <x:v>8780</x:v>
+        <x:v>6602</x:v>
       </x:c>
       <x:c r="G847" s="0" t="n">
-        <x:v>3343978500.09862</x:v>
+        <x:v>2054400826.16271</x:v>
       </x:c>
       <x:c r="H847" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:20">
       <x:c r="A848" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B848" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E848" s="0" t="n">
-        <x:v>4074</x:v>
+        <x:v>2967</x:v>
       </x:c>
       <x:c r="F848" s="0" t="n">
-        <x:v>10185</x:v>
+        <x:v>7643</x:v>
       </x:c>
       <x:c r="G848" s="0" t="n">
-        <x:v>5082235496.50133</x:v>
+        <x:v>2792883866.86889</x:v>
       </x:c>
       <x:c r="H848" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:20">
       <x:c r="A849" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B849" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E849" s="0" t="n">
-        <x:v>4419</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="F849" s="0" t="n">
-        <x:v>10815</x:v>
+        <x:v>7771</x:v>
       </x:c>
       <x:c r="G849" s="0" t="n">
-        <x:v>7871262140.79668</x:v>
+        <x:v>3206641757.0793</x:v>
       </x:c>
       <x:c r="H849" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:20">
       <x:c r="A850" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B850" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E850" s="0" t="n">
-        <x:v>4832</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="F850" s="0" t="n">
-        <x:v>12142</x:v>
+        <x:v>8354</x:v>
       </x:c>
       <x:c r="G850" s="0" t="n">
-        <x:v>7116159353.17944</x:v>
+        <x:v>4495017465.82365</x:v>
       </x:c>
       <x:c r="H850" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:20">
       <x:c r="A851" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B851" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E851" s="0" t="n">
-        <x:v>4906</x:v>
+        <x:v>3529</x:v>
       </x:c>
       <x:c r="F851" s="0" t="n">
-        <x:v>11991</x:v>
+        <x:v>8722</x:v>
       </x:c>
       <x:c r="G851" s="0" t="n">
-        <x:v>5458293192.22954</x:v>
+        <x:v>4012266312.63265</x:v>
       </x:c>
       <x:c r="H851" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:20">
       <x:c r="A852" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B852" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E852" s="0" t="n">
-        <x:v>8189</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="F852" s="0" t="n">
-        <x:v>22784</x:v>
+        <x:v>9381</x:v>
       </x:c>
       <x:c r="G852" s="0" t="n">
-        <x:v>14831298605.3341</x:v>
+        <x:v>4462736698.01611</x:v>
       </x:c>
       <x:c r="H852" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:20">
       <x:c r="A853" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B853" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E853" s="0" t="n">
-        <x:v>8490</x:v>
+        <x:v>3811</x:v>
       </x:c>
       <x:c r="F853" s="0" t="n">
-        <x:v>23629</x:v>
+        <x:v>8743</x:v>
       </x:c>
       <x:c r="G853" s="0" t="n">
-        <x:v>12339545539.2004</x:v>
+        <x:v>2924365920.91194</x:v>
       </x:c>
       <x:c r="H853" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:20">
       <x:c r="A854" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B854" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E854" s="0" t="n">
-        <x:v>16677</x:v>
+        <x:v>3999</x:v>
       </x:c>
       <x:c r="F854" s="0" t="n">
-        <x:v>54407</x:v>
+        <x:v>9134</x:v>
       </x:c>
       <x:c r="G854" s="0" t="n">
-        <x:v>25967118742.1666</x:v>
+        <x:v>2149638952.04313</x:v>
       </x:c>
       <x:c r="H854" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:20">
       <x:c r="A855" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B855" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E855" s="0" t="n">
-        <x:v>20474</x:v>
+        <x:v>4854</x:v>
       </x:c>
       <x:c r="F855" s="0" t="n">
-        <x:v>58381</x:v>
+        <x:v>10807</x:v>
       </x:c>
       <x:c r="G855" s="0" t="n">
-        <x:v>33266328102.2152</x:v>
+        <x:v>6268010713.01187</x:v>
       </x:c>
       <x:c r="H855" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:20">
       <x:c r="A856" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B856" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E856" s="0" t="n">
-        <x:v>1799</x:v>
+        <x:v>6068</x:v>
       </x:c>
       <x:c r="F856" s="0" t="n">
-        <x:v>4765</x:v>
+        <x:v>12946</x:v>
       </x:c>
       <x:c r="G856" s="0" t="n">
-        <x:v>1990458160.47905</x:v>
+        <x:v>3567355075.68514</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:20">
       <x:c r="A857" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B857" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E857" s="0" t="n">
-        <x:v>1959</x:v>
+        <x:v>9027</x:v>
       </x:c>
       <x:c r="F857" s="0" t="n">
-        <x:v>5462</x:v>
+        <x:v>25715</x:v>
       </x:c>
       <x:c r="G857" s="0" t="n">
-        <x:v>5882874059.90581</x:v>
+        <x:v>9567247035.39108</x:v>
       </x:c>
       <x:c r="H857" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:20">
       <x:c r="A858" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B858" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E858" s="0" t="n">
-        <x:v>2951</x:v>
+        <x:v>9586</x:v>
       </x:c>
       <x:c r="F858" s="0" t="n">
-        <x:v>6914</x:v>
+        <x:v>25415</x:v>
       </x:c>
       <x:c r="G858" s="0" t="n">
-        <x:v>3803340479.33254</x:v>
+        <x:v>15161610881.8106</x:v>
       </x:c>
       <x:c r="H858" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:20">
       <x:c r="A859" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B859" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E859" s="0" t="n">
-        <x:v>3094</x:v>
+        <x:v>9885</x:v>
       </x:c>
       <x:c r="F859" s="0" t="n">
-        <x:v>8639</x:v>
+        <x:v>28486</x:v>
       </x:c>
       <x:c r="G859" s="0" t="n">
-        <x:v>5540612990.11417</x:v>
+        <x:v>9553541507.45842</x:v>
       </x:c>
       <x:c r="H859" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:20">
       <x:c r="A860" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B860" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E860" s="0" t="n">
-        <x:v>3162</x:v>
+        <x:v>10604</x:v>
       </x:c>
       <x:c r="F860" s="0" t="n">
-        <x:v>8892</x:v>
+        <x:v>25948</x:v>
       </x:c>
       <x:c r="G860" s="0" t="n">
-        <x:v>5407382258.15335</x:v>
+        <x:v>13609153309.9202</x:v>
       </x:c>
       <x:c r="H860" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:20">
       <x:c r="A861" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B861" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E861" s="0" t="n">
-        <x:v>3350</x:v>
+        <x:v>39017</x:v>
       </x:c>
       <x:c r="F861" s="0" t="n">
-        <x:v>8128</x:v>
+        <x:v>121650</x:v>
       </x:c>
       <x:c r="G861" s="0" t="n">
-        <x:v>2701378475.0037</x:v>
+        <x:v>56981671863.2108</x:v>
       </x:c>
       <x:c r="H861" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:20">
       <x:c r="A862" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B862" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E862" s="0" t="n">
-        <x:v>3627</x:v>
+        <x:v>2741</x:v>
       </x:c>
       <x:c r="F862" s="0" t="n">
-        <x:v>7854</x:v>
+        <x:v>5952</x:v>
       </x:c>
       <x:c r="G862" s="0" t="n">
-        <x:v>3455117459.32653</x:v>
+        <x:v>2245006976.84741</x:v>
       </x:c>
       <x:c r="H862" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:20">
       <x:c r="A863" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B863" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E863" s="0" t="n">
-        <x:v>3690</x:v>
+        <x:v>2776</x:v>
       </x:c>
       <x:c r="F863" s="0" t="n">
-        <x:v>10280</x:v>
+        <x:v>7219</x:v>
       </x:c>
       <x:c r="G863" s="0" t="n">
-        <x:v>6013066359.40093</x:v>
+        <x:v>3225802766.11365</x:v>
       </x:c>
       <x:c r="H863" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:20">
       <x:c r="A864" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B864" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E864" s="0" t="n">
-        <x:v>4843</x:v>
+        <x:v>2898</x:v>
       </x:c>
       <x:c r="F864" s="0" t="n">
-        <x:v>11483</x:v>
+        <x:v>7254</x:v>
       </x:c>
       <x:c r="G864" s="0" t="n">
-        <x:v>6086258522.38516</x:v>
+        <x:v>2980285924.53526</x:v>
       </x:c>
       <x:c r="H864" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:20">
       <x:c r="A865" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B865" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E865" s="0" t="n">
-        <x:v>6513</x:v>
+        <x:v>7279</x:v>
       </x:c>
       <x:c r="F865" s="0" t="n">
-        <x:v>19135</x:v>
+        <x:v>17760</x:v>
       </x:c>
       <x:c r="G865" s="0" t="n">
-        <x:v>9031313777.85949</x:v>
+        <x:v>10123796043.4881</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:20">
       <x:c r="A866" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B866" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E866" s="0" t="n">
-        <x:v>12060</x:v>
+        <x:v>11852</x:v>
       </x:c>
       <x:c r="F866" s="0" t="n">
-        <x:v>30534</x:v>
+        <x:v>33781</x:v>
       </x:c>
       <x:c r="G866" s="0" t="n">
-        <x:v>13258527202.5268</x:v>
+        <x:v>16278324734.9981</x:v>
       </x:c>
       <x:c r="H866" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:20">
       <x:c r="A867" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B867" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E867" s="0" t="n">
-        <x:v>14096</x:v>
+        <x:v>14374</x:v>
       </x:c>
       <x:c r="F867" s="0" t="n">
-        <x:v>34403</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="G867" s="0" t="n">
-        <x:v>23425851372.5303</x:v>
+        <x:v>17031901368.6037</x:v>
       </x:c>
       <x:c r="H867" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:20">
       <x:c r="A868" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B868" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E868" s="0" t="n">
-        <x:v>15669</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="F868" s="0" t="n">
-        <x:v>46485</x:v>
+        <x:v>6203</x:v>
       </x:c>
       <x:c r="G868" s="0" t="n">
-        <x:v>34770464283.1238</x:v>
+        <x:v>4311920873.38612</x:v>
       </x:c>
       <x:c r="H868" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:20">
       <x:c r="A869" s="0" t="n">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="B869" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E869" s="0" t="n">
-        <x:v>30209</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="F869" s="0" t="n">
-        <x:v>95452</x:v>
+        <x:v>6339</x:v>
       </x:c>
       <x:c r="G869" s="0" t="n">
-        <x:v>44168837918.6805</x:v>
+        <x:v>2762638042.11061</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:20">
       <x:c r="A870" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B870" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E870" s="0" t="n">
-        <x:v>9975</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="F870" s="0" t="n">
-        <x:v>27512</x:v>
+        <x:v>6766</x:v>
       </x:c>
       <x:c r="G870" s="0" t="n">
-        <x:v>31672273672.4837</x:v>
+        <x:v>3906355155.75281</x:v>
       </x:c>
       <x:c r="H870" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:20">
       <x:c r="A871" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B871" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E871" s="0" t="n">
-        <x:v>194139</x:v>
+        <x:v>3665</x:v>
       </x:c>
       <x:c r="F871" s="0" t="n">
-        <x:v>498637</x:v>
+        <x:v>9060</x:v>
       </x:c>
       <x:c r="G871" s="0" t="n">
-        <x:v>108797148591.502</x:v>
+        <x:v>4646921955.79784</x:v>
       </x:c>
       <x:c r="H871" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:20">
       <x:c r="A872" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B872" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E872" s="0" t="n">
-        <x:v>364605</x:v>
+        <x:v>5453</x:v>
       </x:c>
       <x:c r="F872" s="0" t="n">
-        <x:v>1367860</x:v>
+        <x:v>13702</x:v>
       </x:c>
       <x:c r="G872" s="0" t="n">
-        <x:v>316094022580.674</x:v>
+        <x:v>7727039806.70894</x:v>
       </x:c>
       <x:c r="H872" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:20">
       <x:c r="A873" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B873" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E873" s="0" t="n">
-        <x:v>342783</x:v>
+        <x:v>5626</x:v>
       </x:c>
       <x:c r="F873" s="0" t="n">
-        <x:v>1628026</x:v>
+        <x:v>14618</x:v>
       </x:c>
       <x:c r="G873" s="0" t="n">
-        <x:v>666865655560.594</x:v>
+        <x:v>5106063037.48383</x:v>
       </x:c>
       <x:c r="H873" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:20">
       <x:c r="A874" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B874" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E874" s="0" t="n">
-        <x:v>275080</x:v>
+        <x:v>6429</x:v>
       </x:c>
       <x:c r="F874" s="0" t="n">
-        <x:v>1432889</x:v>
+        <x:v>17363</x:v>
       </x:c>
       <x:c r="G874" s="0" t="n">
-        <x:v>964724904218.693</x:v>
+        <x:v>8454210002.02096</x:v>
       </x:c>
       <x:c r="H874" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:20">
       <x:c r="A875" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B875" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E875" s="0" t="n">
-        <x:v>232622</x:v>
+        <x:v>6439</x:v>
       </x:c>
       <x:c r="F875" s="0" t="n">
-        <x:v>982977</x:v>
+        <x:v>15680</x:v>
       </x:c>
       <x:c r="G875" s="0" t="n">
-        <x:v>1422030486761.04</x:v>
+        <x:v>11259190752.2582</x:v>
       </x:c>
       <x:c r="H875" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:20">
       <x:c r="A876" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B876" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E876" s="0" t="n">
-        <x:v>135832</x:v>
+        <x:v>7804</x:v>
       </x:c>
       <x:c r="F876" s="0" t="n">
-        <x:v>266216</x:v>
+        <x:v>20240</x:v>
       </x:c>
       <x:c r="G876" s="0" t="n">
-        <x:v>193607710003.458</x:v>
+        <x:v>13715002127.7842</x:v>
       </x:c>
       <x:c r="H876" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:20">
       <x:c r="A877" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B877" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E877" s="0" t="n">
-        <x:v>14856</x:v>
+        <x:v>8161</x:v>
       </x:c>
       <x:c r="F877" s="0" t="n">
-        <x:v>210683</x:v>
+        <x:v>20307</x:v>
       </x:c>
       <x:c r="G877" s="0" t="n">
-        <x:v>1183860281966.19</x:v>
+        <x:v>11718200821.8755</x:v>
       </x:c>
       <x:c r="H877" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:20">
       <x:c r="A878" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B878" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E878" s="0" t="n">
-        <x:v>1481370</x:v>
+        <x:v>12394</x:v>
       </x:c>
       <x:c r="F878" s="0" t="n">
-        <x:v>6204117</x:v>
+        <x:v>34811</x:v>
       </x:c>
       <x:c r="G878" s="0" t="n">
-        <x:v>3703792201396.5</x:v>
+        <x:v>19228709543.3113</x:v>
       </x:c>
       <x:c r="H878" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:20">
       <x:c r="A879" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B879" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E879" s="0" t="n">
-        <x:v>1496226</x:v>
+        <x:v>12565</x:v>
       </x:c>
       <x:c r="F879" s="0" t="n">
-        <x:v>6414800</x:v>
+        <x:v>34256</x:v>
       </x:c>
       <x:c r="G879" s="0" t="n">
-        <x:v>4887652483355.69</x:v>
+        <x:v>22814164000.8877</x:v>
       </x:c>
       <x:c r="H879" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:20">
       <x:c r="A880" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B880" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E880" s="0" t="n">
-        <x:v>19369</x:v>
+        <x:v>24091</x:v>
       </x:c>
       <x:c r="F880" s="0" t="n">
-        <x:v>61871</x:v>
+        <x:v>84915</x:v>
       </x:c>
       <x:c r="G880" s="0" t="n">
-        <x:v>63672127868.3351</x:v>
+        <x:v>29729360458.3884</x:v>
       </x:c>
       <x:c r="H880" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:20">
       <x:c r="A881" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B881" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E881" s="0" t="n">
-        <x:v>25482</x:v>
+        <x:v>54959</x:v>
       </x:c>
       <x:c r="F881" s="0" t="n">
-        <x:v>80184</x:v>
+        <x:v>169174</x:v>
       </x:c>
       <x:c r="G881" s="0" t="n">
-        <x:v>53248077513.2841</x:v>
+        <x:v>96719814641.3926</x:v>
       </x:c>
       <x:c r="H881" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:20">
       <x:c r="A882" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B882" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E882" s="0" t="n">
-        <x:v>58667</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F882" s="0" t="n">
-        <x:v>199801</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="G882" s="0" t="n">
-        <x:v>90417211652.4163</x:v>
+        <x:v>444210090.7503</x:v>
       </x:c>
       <x:c r="H882" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:20">
       <x:c r="A883" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B883" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E883" s="0" t="n">
-        <x:v>68750</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F883" s="0" t="n">
-        <x:v>237125</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="G883" s="0" t="n">
-        <x:v>176957400661.211</x:v>
+        <x:v>724516363.12131</x:v>
       </x:c>
       <x:c r="H883" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:20">
       <x:c r="A884" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B884" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E884" s="0" t="n">
-        <x:v>111031</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="F884" s="0" t="n">
-        <x:v>460762</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="G884" s="0" t="n">
-        <x:v>213760228393.835</x:v>
+        <x:v>911134907.7082</x:v>
       </x:c>
       <x:c r="H884" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:20">
       <x:c r="A885" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B885" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E885" s="0" t="n">
-        <x:v>736791</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="F885" s="0" t="n">
-        <x:v>3742442</x:v>
+        <x:v>3408</x:v>
       </x:c>
       <x:c r="G885" s="0" t="n">
-        <x:v>3441384245273.83</x:v>
+        <x:v>2253010104.95299</x:v>
       </x:c>
       <x:c r="H885" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:20">
       <x:c r="A886" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B886" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E886" s="0" t="n">
-        <x:v>986</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="F886" s="0" t="n">
-        <x:v>2126</x:v>
+        <x:v>4164</x:v>
       </x:c>
       <x:c r="G886" s="0" t="n">
-        <x:v>459241189.36056</x:v>
+        <x:v>3149886013.52865</x:v>
       </x:c>
       <x:c r="H886" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:20">
       <x:c r="A887" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B887" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E887" s="0" t="n">
-        <x:v>1947</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="F887" s="0" t="n">
-        <x:v>4623</x:v>
+        <x:v>5016</x:v>
       </x:c>
       <x:c r="G887" s="0" t="n">
-        <x:v>1994763575.04458</x:v>
+        <x:v>1724580940.961</x:v>
       </x:c>
       <x:c r="H887" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:20">
       <x:c r="A888" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B888" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E888" s="0" t="n">
-        <x:v>3052</x:v>
+        <x:v>2663</x:v>
       </x:c>
       <x:c r="F888" s="0" t="n">
-        <x:v>7312</x:v>
+        <x:v>6128</x:v>
       </x:c>
       <x:c r="G888" s="0" t="n">
-        <x:v>2131309719.37221</x:v>
+        <x:v>3150011368.18895</x:v>
       </x:c>
       <x:c r="H888" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:20">
       <x:c r="A889" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B889" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E889" s="0" t="n">
-        <x:v>3130</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="F889" s="0" t="n">
-        <x:v>8261</x:v>
+        <x:v>6352</x:v>
       </x:c>
       <x:c r="G889" s="0" t="n">
-        <x:v>3047484809.16918</x:v>
+        <x:v>3732445622.96619</x:v>
       </x:c>
       <x:c r="H889" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:20">
       <x:c r="A890" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B890" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E890" s="0" t="n">
-        <x:v>3407</x:v>
+        <x:v>2748</x:v>
       </x:c>
       <x:c r="F890" s="0" t="n">
-        <x:v>8544</x:v>
+        <x:v>6366</x:v>
       </x:c>
       <x:c r="G890" s="0" t="n">
-        <x:v>3292674602.35579</x:v>
+        <x:v>3137051107.26053</x:v>
       </x:c>
       <x:c r="H890" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:20">
       <x:c r="A891" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B891" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E891" s="0" t="n">
-        <x:v>3659</x:v>
+        <x:v>3386</x:v>
       </x:c>
       <x:c r="F891" s="0" t="n">
-        <x:v>9138</x:v>
+        <x:v>8481</x:v>
       </x:c>
       <x:c r="G891" s="0" t="n">
-        <x:v>4484461692.923</x:v>
+        <x:v>5125519325.40991</x:v>
       </x:c>
       <x:c r="H891" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:20">
       <x:c r="A892" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B892" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E892" s="0" t="n">
-        <x:v>3704</x:v>
+        <x:v>3491</x:v>
       </x:c>
       <x:c r="F892" s="0" t="n">
-        <x:v>9471</x:v>
+        <x:v>8601</x:v>
       </x:c>
       <x:c r="G892" s="0" t="n">
-        <x:v>4144130499.6124</x:v>
+        <x:v>3124943607.93121</x:v>
       </x:c>
       <x:c r="H892" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:20">
       <x:c r="A893" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B893" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E893" s="0" t="n">
-        <x:v>3918</x:v>
+        <x:v>3781</x:v>
       </x:c>
       <x:c r="F893" s="0" t="n">
-        <x:v>10235</x:v>
+        <x:v>8780</x:v>
       </x:c>
       <x:c r="G893" s="0" t="n">
-        <x:v>5375475667.46149</x:v>
+        <x:v>3343978500.09862</x:v>
       </x:c>
       <x:c r="H893" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:20">
       <x:c r="A894" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B894" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E894" s="0" t="n">
-        <x:v>4084</x:v>
+        <x:v>4074</x:v>
       </x:c>
       <x:c r="F894" s="0" t="n">
-        <x:v>9760</x:v>
+        <x:v>10185</x:v>
       </x:c>
       <x:c r="G894" s="0" t="n">
-        <x:v>3210092000.52591</x:v>
+        <x:v>5082235496.50133</x:v>
       </x:c>
       <x:c r="H894" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:20">
       <x:c r="A895" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B895" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E895" s="0" t="n">
-        <x:v>4135</x:v>
+        <x:v>4419</x:v>
       </x:c>
       <x:c r="F895" s="0" t="n">
-        <x:v>9991</x:v>
+        <x:v>10815</x:v>
       </x:c>
       <x:c r="G895" s="0" t="n">
-        <x:v>2282604632.88801</x:v>
+        <x:v>7871262140.79668</x:v>
       </x:c>
       <x:c r="H895" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:20">
       <x:c r="A896" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B896" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E896" s="0" t="n">
-        <x:v>5366</x:v>
+        <x:v>4832</x:v>
       </x:c>
       <x:c r="F896" s="0" t="n">
-        <x:v>12260</x:v>
+        <x:v>12142</x:v>
       </x:c>
       <x:c r="G896" s="0" t="n">
-        <x:v>6115037428.45986</x:v>
+        <x:v>7116159353.17944</x:v>
       </x:c>
       <x:c r="H896" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:20">
       <x:c r="A897" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B897" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E897" s="0" t="n">
-        <x:v>6284</x:v>
+        <x:v>4906</x:v>
       </x:c>
       <x:c r="F897" s="0" t="n">
-        <x:v>13903</x:v>
+        <x:v>11991</x:v>
       </x:c>
       <x:c r="G897" s="0" t="n">
-        <x:v>4172937408.58887</x:v>
+        <x:v>5458293192.22954</x:v>
       </x:c>
       <x:c r="H897" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:20">
       <x:c r="A898" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B898" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E898" s="0" t="n">
-        <x:v>9565</x:v>
+        <x:v>8189</x:v>
       </x:c>
       <x:c r="F898" s="0" t="n">
-        <x:v>27566</x:v>
+        <x:v>22784</x:v>
       </x:c>
       <x:c r="G898" s="0" t="n">
-        <x:v>9921819401.11686</x:v>
+        <x:v>14831298605.3341</x:v>
       </x:c>
       <x:c r="H898" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:20">
       <x:c r="A899" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B899" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E899" s="0" t="n">
-        <x:v>9843</x:v>
+        <x:v>8490</x:v>
       </x:c>
       <x:c r="F899" s="0" t="n">
-        <x:v>27400</x:v>
+        <x:v>23629</x:v>
       </x:c>
       <x:c r="G899" s="0" t="n">
-        <x:v>16518768531.568</x:v>
+        <x:v>12339545539.2004</x:v>
       </x:c>
       <x:c r="H899" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:20">
       <x:c r="A900" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B900" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E900" s="0" t="n">
-        <x:v>10327</x:v>
+        <x:v>16677</x:v>
       </x:c>
       <x:c r="F900" s="0" t="n">
-        <x:v>30810</x:v>
+        <x:v>54407</x:v>
       </x:c>
       <x:c r="G900" s="0" t="n">
-        <x:v>9934983457.64698</x:v>
+        <x:v>25967118742.1666</x:v>
       </x:c>
       <x:c r="H900" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:20">
       <x:c r="A901" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B901" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E901" s="0" t="n">
-        <x:v>11155</x:v>
+        <x:v>20474</x:v>
       </x:c>
       <x:c r="F901" s="0" t="n">
-        <x:v>28358</x:v>
+        <x:v>58381</x:v>
       </x:c>
       <x:c r="G901" s="0" t="n">
-        <x:v>14594559120.1041</x:v>
+        <x:v>33266328102.2152</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:20">
       <x:c r="A902" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B902" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E902" s="0" t="n">
-        <x:v>40756</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="F902" s="0" t="n">
-        <x:v>131769</x:v>
+        <x:v>4765</x:v>
       </x:c>
       <x:c r="G902" s="0" t="n">
-        <x:v>62310042670.5087</x:v>
+        <x:v>1990458160.47905</x:v>
       </x:c>
       <x:c r="H902" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:20">
       <x:c r="A903" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B903" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E903" s="0" t="n">
-        <x:v>2854</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="F903" s="0" t="n">
-        <x:v>7737</x:v>
+        <x:v>5462</x:v>
       </x:c>
       <x:c r="G903" s="0" t="n">
-        <x:v>3084780216.96159</x:v>
+        <x:v>5882874059.90581</x:v>
       </x:c>
       <x:c r="H903" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:20">
       <x:c r="A904" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B904" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E904" s="0" t="n">
-        <x:v>2871</x:v>
+        <x:v>2951</x:v>
       </x:c>
       <x:c r="F904" s="0" t="n">
-        <x:v>6388</x:v>
+        <x:v>6914</x:v>
       </x:c>
       <x:c r="G904" s="0" t="n">
-        <x:v>2613053173.44805</x:v>
+        <x:v>3803340479.33254</x:v>
       </x:c>
       <x:c r="H904" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:20">
       <x:c r="A905" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B905" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E905" s="0" t="n">
-        <x:v>2970</x:v>
+        <x:v>3094</x:v>
       </x:c>
       <x:c r="F905" s="0" t="n">
-        <x:v>7671</x:v>
+        <x:v>8639</x:v>
       </x:c>
       <x:c r="G905" s="0" t="n">
-        <x:v>3321369390.73283</x:v>
+        <x:v>5540612990.11417</x:v>
       </x:c>
       <x:c r="H905" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:20">
       <x:c r="A906" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B906" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E906" s="0" t="n">
-        <x:v>7527</x:v>
+        <x:v>3162</x:v>
       </x:c>
       <x:c r="F906" s="0" t="n">
-        <x:v>18937</x:v>
+        <x:v>8892</x:v>
       </x:c>
       <x:c r="G906" s="0" t="n">
-        <x:v>10005001123.6176</x:v>
+        <x:v>5407382258.15335</x:v>
       </x:c>
       <x:c r="H906" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:20">
       <x:c r="A907" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B907" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E907" s="0" t="n">
-        <x:v>12506</x:v>
+        <x:v>3350</x:v>
       </x:c>
       <x:c r="F907" s="0" t="n">
-        <x:v>36770</x:v>
+        <x:v>8128</x:v>
       </x:c>
       <x:c r="G907" s="0" t="n">
-        <x:v>17672670321.2854</x:v>
+        <x:v>2701378475.0037</x:v>
       </x:c>
       <x:c r="H907" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:20">
       <x:c r="A908" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B908" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E908" s="0" t="n">
-        <x:v>15160</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="F908" s="0" t="n">
-        <x:v>41526</x:v>
+        <x:v>7854</x:v>
       </x:c>
       <x:c r="G908" s="0" t="n">
-        <x:v>18201650124.6706</x:v>
+        <x:v>3455117459.32653</x:v>
       </x:c>
       <x:c r="H908" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:20">
       <x:c r="A909" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B909" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E909" s="0" t="n">
-        <x:v>2985</x:v>
+        <x:v>3690</x:v>
       </x:c>
       <x:c r="F909" s="0" t="n">
-        <x:v>6985</x:v>
+        <x:v>10280</x:v>
       </x:c>
       <x:c r="G909" s="0" t="n">
-        <x:v>4564298014.49157</x:v>
+        <x:v>6013066359.40093</x:v>
       </x:c>
       <x:c r="H909" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:20">
       <x:c r="A910" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B910" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E910" s="0" t="n">
-        <x:v>2990</x:v>
+        <x:v>4843</x:v>
       </x:c>
       <x:c r="F910" s="0" t="n">
-        <x:v>6912</x:v>
+        <x:v>11483</x:v>
       </x:c>
       <x:c r="G910" s="0" t="n">
-        <x:v>2803321106.23776</x:v>
+        <x:v>6086258522.38516</x:v>
       </x:c>
       <x:c r="H910" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:20">
       <x:c r="A911" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B911" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E911" s="0" t="n">
-        <x:v>3106</x:v>
+        <x:v>6513</x:v>
       </x:c>
       <x:c r="F911" s="0" t="n">
-        <x:v>7173</x:v>
+        <x:v>19135</x:v>
       </x:c>
       <x:c r="G911" s="0" t="n">
-        <x:v>4466181073.3765</x:v>
+        <x:v>9031313777.85949</x:v>
       </x:c>
       <x:c r="H911" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:20">
       <x:c r="A912" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B912" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E912" s="0" t="n">
-        <x:v>3822</x:v>
+        <x:v>12060</x:v>
       </x:c>
       <x:c r="F912" s="0" t="n">
-        <x:v>9589</x:v>
+        <x:v>30534</x:v>
       </x:c>
       <x:c r="G912" s="0" t="n">
-        <x:v>4866716466.08207</x:v>
+        <x:v>13258527202.5268</x:v>
       </x:c>
       <x:c r="H912" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:20">
       <x:c r="A913" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B913" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E913" s="0" t="n">
-        <x:v>5864</x:v>
+        <x:v>14096</x:v>
       </x:c>
       <x:c r="F913" s="0" t="n">
-        <x:v>15028</x:v>
+        <x:v>34403</x:v>
       </x:c>
       <x:c r="G913" s="0" t="n">
-        <x:v>8103698045.10162</x:v>
+        <x:v>23425851372.5303</x:v>
       </x:c>
       <x:c r="H913" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:20">
       <x:c r="A914" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B914" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E914" s="0" t="n">
-        <x:v>6267</x:v>
+        <x:v>15669</x:v>
       </x:c>
       <x:c r="F914" s="0" t="n">
-        <x:v>16367</x:v>
+        <x:v>46485</x:v>
       </x:c>
       <x:c r="G914" s="0" t="n">
-        <x:v>5669358400.47808</x:v>
+        <x:v>34770464283.1238</x:v>
       </x:c>
       <x:c r="H914" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:20">
       <x:c r="A915" s="0" t="n">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B915" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E915" s="0" t="n">
-        <x:v>6836</x:v>
+        <x:v>30209</x:v>
       </x:c>
       <x:c r="F915" s="0" t="n">
-        <x:v>18898</x:v>
+        <x:v>95452</x:v>
       </x:c>
       <x:c r="G915" s="0" t="n">
-        <x:v>8634153604.43062</x:v>
+        <x:v>44168837918.6805</x:v>
       </x:c>
       <x:c r="H915" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:20">
       <x:c r="A916" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B916" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E916" s="0" t="n">
-        <x:v>6848</x:v>
+        <x:v>9975</x:v>
       </x:c>
       <x:c r="F916" s="0" t="n">
-        <x:v>17017</x:v>
+        <x:v>27512</x:v>
       </x:c>
       <x:c r="G916" s="0" t="n">
-        <x:v>11979981143.5559</x:v>
+        <x:v>31672273672.4837</x:v>
       </x:c>
       <x:c r="H916" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:20">
       <x:c r="A917" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B917" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E917" s="0" t="n">
-        <x:v>8039</x:v>
+        <x:v>194139</x:v>
       </x:c>
       <x:c r="F917" s="0" t="n">
-        <x:v>21906</x:v>
+        <x:v>498637</x:v>
       </x:c>
       <x:c r="G917" s="0" t="n">
-        <x:v>15233535054.3957</x:v>
+        <x:v>108797148591.502</x:v>
       </x:c>
       <x:c r="H917" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:20">
       <x:c r="A918" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B918" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E918" s="0" t="n">
-        <x:v>8411</x:v>
+        <x:v>364605</x:v>
       </x:c>
       <x:c r="F918" s="0" t="n">
-        <x:v>21834</x:v>
+        <x:v>1367860</x:v>
       </x:c>
       <x:c r="G918" s="0" t="n">
-        <x:v>12962606368.4834</x:v>
+        <x:v>316094022580.674</x:v>
       </x:c>
       <x:c r="H918" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:20">
       <x:c r="A919" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B919" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E919" s="0" t="n">
-        <x:v>13093</x:v>
+        <x:v>342783</x:v>
       </x:c>
       <x:c r="F919" s="0" t="n">
-        <x:v>37737</x:v>
+        <x:v>1628026</x:v>
       </x:c>
       <x:c r="G919" s="0" t="n">
-        <x:v>21056830599.9911</x:v>
+        <x:v>666865655560.594</x:v>
       </x:c>
       <x:c r="H919" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:20">
       <x:c r="A920" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B920" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E920" s="0" t="n">
-        <x:v>13500</x:v>
+        <x:v>275080</x:v>
       </x:c>
       <x:c r="F920" s="0" t="n">
-        <x:v>37107</x:v>
+        <x:v>1432889</x:v>
       </x:c>
       <x:c r="G920" s="0" t="n">
-        <x:v>23927401496.033</x:v>
+        <x:v>964724904218.693</x:v>
       </x:c>
       <x:c r="H920" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:20">
       <x:c r="A921" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B921" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E921" s="0" t="n">
-        <x:v>25360</x:v>
+        <x:v>232622</x:v>
       </x:c>
       <x:c r="F921" s="0" t="n">
-        <x:v>91817</x:v>
+        <x:v>982977</x:v>
       </x:c>
       <x:c r="G921" s="0" t="n">
-        <x:v>32413239769.3881</x:v>
+        <x:v>1422030486761.04</x:v>
       </x:c>
       <x:c r="H921" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:20">
       <x:c r="A922" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B922" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E922" s="0" t="n">
-        <x:v>58433</x:v>
+        <x:v>135832</x:v>
       </x:c>
       <x:c r="F922" s="0" t="n">
-        <x:v>185419</x:v>
+        <x:v>266216</x:v>
       </x:c>
       <x:c r="G922" s="0" t="n">
-        <x:v>101353070450.116</x:v>
+        <x:v>193607710003.458</x:v>
       </x:c>
       <x:c r="H922" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:20">
       <x:c r="A923" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B923" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E923" s="0" t="n">
-        <x:v>628</x:v>
+        <x:v>14856</x:v>
       </x:c>
       <x:c r="F923" s="0" t="n">
-        <x:v>1198</x:v>
+        <x:v>210683</x:v>
       </x:c>
       <x:c r="G923" s="0" t="n">
-        <x:v>612379057.54015</x:v>
+        <x:v>1183860281966.19</x:v>
       </x:c>
       <x:c r="H923" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:20">
       <x:c r="A924" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B924" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E924" s="0" t="n">
-        <x:v>1124</x:v>
+        <x:v>1481370</x:v>
       </x:c>
       <x:c r="F924" s="0" t="n">
-        <x:v>2435</x:v>
+        <x:v>6204117</x:v>
       </x:c>
       <x:c r="G924" s="0" t="n">
-        <x:v>762930563.87234</x:v>
+        <x:v>3703792201396.5</x:v>
       </x:c>
       <x:c r="H924" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:20">
       <x:c r="A925" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B925" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E925" s="0" t="n">
-        <x:v>1424</x:v>
+        <x:v>1496226</x:v>
       </x:c>
       <x:c r="F925" s="0" t="n">
-        <x:v>3054</x:v>
+        <x:v>6414800</x:v>
       </x:c>
       <x:c r="G925" s="0" t="n">
-        <x:v>896646531.51325</x:v>
+        <x:v>4887652483355.69</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:20">
       <x:c r="A926" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B926" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E926" s="0" t="n">
-        <x:v>1689</x:v>
+        <x:v>19369</x:v>
       </x:c>
       <x:c r="F926" s="0" t="n">
-        <x:v>3805</x:v>
+        <x:v>61871</x:v>
       </x:c>
       <x:c r="G926" s="0" t="n">
-        <x:v>2055567358.82665</x:v>
+        <x:v>63672127868.3351</x:v>
       </x:c>
       <x:c r="H926" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:20">
       <x:c r="A927" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B927" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E927" s="0" t="n">
-        <x:v>1941</x:v>
+        <x:v>25482</x:v>
       </x:c>
       <x:c r="F927" s="0" t="n">
-        <x:v>4813</x:v>
+        <x:v>80184</x:v>
       </x:c>
       <x:c r="G927" s="0" t="n">
-        <x:v>3660386710.14394</x:v>
+        <x:v>53248077513.2841</x:v>
       </x:c>
       <x:c r="H927" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:20">
       <x:c r="A928" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B928" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E928" s="0" t="n">
-        <x:v>2598</x:v>
+        <x:v>58667</x:v>
       </x:c>
       <x:c r="F928" s="0" t="n">
-        <x:v>5557</x:v>
+        <x:v>199801</x:v>
       </x:c>
       <x:c r="G928" s="0" t="n">
-        <x:v>1729471953.18011</x:v>
+        <x:v>90417211652.4163</x:v>
       </x:c>
       <x:c r="H928" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:20">
       <x:c r="A929" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B929" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E929" s="0" t="n">
-        <x:v>2823</x:v>
+        <x:v>68750</x:v>
       </x:c>
       <x:c r="F929" s="0" t="n">
-        <x:v>6688</x:v>
+        <x:v>237125</x:v>
       </x:c>
       <x:c r="G929" s="0" t="n">
-        <x:v>3174109254.37201</x:v>
+        <x:v>176957400661.211</x:v>
       </x:c>
       <x:c r="H929" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:20">
       <x:c r="A930" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B930" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E930" s="0" t="n">
-        <x:v>2911</x:v>
+        <x:v>111031</x:v>
       </x:c>
       <x:c r="F930" s="0" t="n">
-        <x:v>7062</x:v>
+        <x:v>460762</x:v>
       </x:c>
       <x:c r="G930" s="0" t="n">
-        <x:v>3972954079.14124</x:v>
+        <x:v>213760228393.835</x:v>
       </x:c>
       <x:c r="H930" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:20">
       <x:c r="A931" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B931" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E931" s="0" t="n">
-        <x:v>2948</x:v>
+        <x:v>736791</x:v>
       </x:c>
       <x:c r="F931" s="0" t="n">
-        <x:v>7042</x:v>
+        <x:v>3742442</x:v>
       </x:c>
       <x:c r="G931" s="0" t="n">
-        <x:v>3221837414.54993</x:v>
+        <x:v>3441384245273.83</x:v>
       </x:c>
       <x:c r="H931" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:20">
       <x:c r="A932" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B932" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E932" s="0" t="n">
-        <x:v>3689</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="F932" s="0" t="n">
-        <x:v>9603</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="G932" s="0" t="n">
-        <x:v>5024497306.50244</x:v>
+        <x:v>459241189.36056</x:v>
       </x:c>
       <x:c r="H932" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:20">
       <x:c r="A933" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B933" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E933" s="0" t="n">
-        <x:v>3995</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="F933" s="0" t="n">
-        <x:v>10160</x:v>
+        <x:v>4623</x:v>
       </x:c>
       <x:c r="G933" s="0" t="n">
-        <x:v>3233802061.64658</x:v>
+        <x:v>1994763575.04458</x:v>
       </x:c>
       <x:c r="H933" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:20">
       <x:c r="A934" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B934" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E934" s="0" t="n">
-        <x:v>4095</x:v>
+        <x:v>3052</x:v>
       </x:c>
       <x:c r="F934" s="0" t="n">
-        <x:v>9708</x:v>
+        <x:v>7312</x:v>
       </x:c>
       <x:c r="G934" s="0" t="n">
-        <x:v>3240461099.75684</x:v>
+        <x:v>2131309719.37221</x:v>
       </x:c>
       <x:c r="H934" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:20">
       <x:c r="A935" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B935" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E935" s="0" t="n">
-        <x:v>4422</x:v>
+        <x:v>3130</x:v>
       </x:c>
       <x:c r="F935" s="0" t="n">
-        <x:v>11377</x:v>
+        <x:v>8261</x:v>
       </x:c>
       <x:c r="G935" s="0" t="n">
-        <x:v>5372173031.48462</x:v>
+        <x:v>3047484809.16918</x:v>
       </x:c>
       <x:c r="H935" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:20">
       <x:c r="A936" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B936" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E936" s="0" t="n">
-        <x:v>4842</x:v>
+        <x:v>3407</x:v>
       </x:c>
       <x:c r="F936" s="0" t="n">
-        <x:v>12190</x:v>
+        <x:v>8544</x:v>
       </x:c>
       <x:c r="G936" s="0" t="n">
-        <x:v>7256574610.6443</x:v>
+        <x:v>3292674602.35579</x:v>
       </x:c>
       <x:c r="H936" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:20">
       <x:c r="A937" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B937" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E937" s="0" t="n">
-        <x:v>5263</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="F937" s="0" t="n">
-        <x:v>13744</x:v>
+        <x:v>9138</x:v>
       </x:c>
       <x:c r="G937" s="0" t="n">
-        <x:v>7395543391.97171</x:v>
+        <x:v>4484461692.923</x:v>
       </x:c>
       <x:c r="H937" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:20">
       <x:c r="A938" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B938" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E938" s="0" t="n">
-        <x:v>5341</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="F938" s="0" t="n">
-        <x:v>13422</x:v>
+        <x:v>9471</x:v>
       </x:c>
       <x:c r="G938" s="0" t="n">
-        <x:v>5836822496.25834</x:v>
+        <x:v>4144130499.6124</x:v>
       </x:c>
       <x:c r="H938" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:20">
       <x:c r="A939" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B939" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E939" s="0" t="n">
-        <x:v>8983</x:v>
+        <x:v>3918</x:v>
       </x:c>
       <x:c r="F939" s="0" t="n">
-        <x:v>25287</x:v>
+        <x:v>10235</x:v>
       </x:c>
       <x:c r="G939" s="0" t="n">
-        <x:v>15559858138.6838</x:v>
+        <x:v>5375475667.46149</x:v>
       </x:c>
       <x:c r="H939" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:20">
       <x:c r="A940" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B940" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E940" s="0" t="n">
-        <x:v>9179</x:v>
+        <x:v>4084</x:v>
       </x:c>
       <x:c r="F940" s="0" t="n">
-        <x:v>26325</x:v>
+        <x:v>9760</x:v>
       </x:c>
       <x:c r="G940" s="0" t="n">
-        <x:v>13652525357.1669</x:v>
+        <x:v>3210092000.52591</x:v>
       </x:c>
       <x:c r="H940" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:20">
       <x:c r="A941" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B941" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E941" s="0" t="n">
-        <x:v>17951</x:v>
+        <x:v>4135</x:v>
       </x:c>
       <x:c r="F941" s="0" t="n">
-        <x:v>59663</x:v>
+        <x:v>9991</x:v>
       </x:c>
       <x:c r="G941" s="0" t="n">
-        <x:v>29849185558.2134</x:v>
+        <x:v>2282604632.88801</x:v>
       </x:c>
       <x:c r="H941" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:20">
       <x:c r="A942" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B942" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E942" s="0" t="n">
-        <x:v>21591</x:v>
+        <x:v>5366</x:v>
       </x:c>
       <x:c r="F942" s="0" t="n">
-        <x:v>63553</x:v>
+        <x:v>12260</x:v>
       </x:c>
       <x:c r="G942" s="0" t="n">
-        <x:v>34438286421.1665</x:v>
+        <x:v>6115037428.45986</x:v>
       </x:c>
       <x:c r="H942" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:20">
       <x:c r="A943" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B943" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E943" s="0" t="n">
-        <x:v>1885</x:v>
+        <x:v>6284</x:v>
       </x:c>
       <x:c r="F943" s="0" t="n">
-        <x:v>5134</x:v>
+        <x:v>13903</x:v>
       </x:c>
       <x:c r="G943" s="0" t="n">
-        <x:v>2214865534.38995</x:v>
+        <x:v>4172937408.58887</x:v>
       </x:c>
       <x:c r="H943" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:20">
       <x:c r="A944" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B944" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E944" s="0" t="n">
-        <x:v>2039</x:v>
+        <x:v>9565</x:v>
       </x:c>
       <x:c r="F944" s="0" t="n">
-        <x:v>5832</x:v>
+        <x:v>27566</x:v>
       </x:c>
       <x:c r="G944" s="0" t="n">
-        <x:v>6444646669.29063</x:v>
+        <x:v>9921819401.11686</x:v>
       </x:c>
       <x:c r="H944" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:20">
       <x:c r="A945" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B945" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E945" s="0" t="n">
-        <x:v>3094</x:v>
+        <x:v>9843</x:v>
       </x:c>
       <x:c r="F945" s="0" t="n">
-        <x:v>7504</x:v>
+        <x:v>27400</x:v>
       </x:c>
       <x:c r="G945" s="0" t="n">
-        <x:v>3790039418.37087</x:v>
+        <x:v>16518768531.568</x:v>
       </x:c>
       <x:c r="H945" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:20">
       <x:c r="A946" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B946" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E946" s="0" t="n">
-        <x:v>3225</x:v>
+        <x:v>10327</x:v>
       </x:c>
       <x:c r="F946" s="0" t="n">
-        <x:v>9338</x:v>
+        <x:v>30810</x:v>
       </x:c>
       <x:c r="G946" s="0" t="n">
-        <x:v>5880386171.37725</x:v>
+        <x:v>9934983457.64698</x:v>
       </x:c>
       <x:c r="H946" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:20">
       <x:c r="A947" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B947" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E947" s="0" t="n">
-        <x:v>3274</x:v>
+        <x:v>11155</x:v>
       </x:c>
       <x:c r="F947" s="0" t="n">
-        <x:v>9272</x:v>
+        <x:v>28358</x:v>
       </x:c>
       <x:c r="G947" s="0" t="n">
-        <x:v>5152514665.60356</x:v>
+        <x:v>14594559120.1041</x:v>
       </x:c>
       <x:c r="H947" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:20">
       <x:c r="A948" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B948" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E948" s="0" t="n">
-        <x:v>3623</x:v>
+        <x:v>40756</x:v>
       </x:c>
       <x:c r="F948" s="0" t="n">
-        <x:v>8976</x:v>
+        <x:v>131769</x:v>
       </x:c>
       <x:c r="G948" s="0" t="n">
-        <x:v>2886700240.8413</x:v>
+        <x:v>62310042670.5087</x:v>
       </x:c>
       <x:c r="H948" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:20">
       <x:c r="A949" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B949" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E949" s="0" t="n">
-        <x:v>3766</x:v>
+        <x:v>2854</x:v>
       </x:c>
       <x:c r="F949" s="0" t="n">
-        <x:v>10849</x:v>
+        <x:v>7737</x:v>
       </x:c>
       <x:c r="G949" s="0" t="n">
-        <x:v>6304916927.13863</x:v>
+        <x:v>3084780216.96159</x:v>
       </x:c>
       <x:c r="H949" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:20">
       <x:c r="A950" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B950" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E950" s="0" t="n">
-        <x:v>3850</x:v>
+        <x:v>2871</x:v>
       </x:c>
       <x:c r="F950" s="0" t="n">
-        <x:v>8429</x:v>
+        <x:v>6388</x:v>
       </x:c>
       <x:c r="G950" s="0" t="n">
-        <x:v>3178521097.27732</x:v>
+        <x:v>2613053173.44805</x:v>
       </x:c>
       <x:c r="H950" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:20">
       <x:c r="A951" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B951" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E951" s="0" t="n">
-        <x:v>5002</x:v>
+        <x:v>2970</x:v>
       </x:c>
       <x:c r="F951" s="0" t="n">
-        <x:v>12230</x:v>
+        <x:v>7671</x:v>
       </x:c>
       <x:c r="G951" s="0" t="n">
-        <x:v>6458213606.13861</x:v>
+        <x:v>3321369390.73283</x:v>
       </x:c>
       <x:c r="H951" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:20">
       <x:c r="A952" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B952" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E952" s="0" t="n">
-        <x:v>6672</x:v>
+        <x:v>7527</x:v>
       </x:c>
       <x:c r="F952" s="0" t="n">
-        <x:v>20334</x:v>
+        <x:v>18937</x:v>
       </x:c>
       <x:c r="G952" s="0" t="n">
-        <x:v>9501580768.93691</x:v>
+        <x:v>10005001123.6176</x:v>
       </x:c>
       <x:c r="H952" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:20">
       <x:c r="A953" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B953" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E953" s="0" t="n">
-        <x:v>12553</x:v>
+        <x:v>12506</x:v>
       </x:c>
       <x:c r="F953" s="0" t="n">
-        <x:v>32920</x:v>
+        <x:v>36770</x:v>
       </x:c>
       <x:c r="G953" s="0" t="n">
-        <x:v>14217031056.2519</x:v>
+        <x:v>17672670321.2854</x:v>
       </x:c>
       <x:c r="H953" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:20">
       <x:c r="A954" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B954" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E954" s="0" t="n">
-        <x:v>14248</x:v>
+        <x:v>15160</x:v>
       </x:c>
       <x:c r="F954" s="0" t="n">
-        <x:v>36225</x:v>
+        <x:v>41526</x:v>
       </x:c>
       <x:c r="G954" s="0" t="n">
-        <x:v>22572655221.9153</x:v>
+        <x:v>18201650124.6706</x:v>
       </x:c>
       <x:c r="H954" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:20">
       <x:c r="A955" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B955" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E955" s="0" t="n">
-        <x:v>16505</x:v>
+        <x:v>2985</x:v>
       </x:c>
       <x:c r="F955" s="0" t="n">
-        <x:v>50576</x:v>
+        <x:v>6985</x:v>
       </x:c>
       <x:c r="G955" s="0" t="n">
-        <x:v>36351000138.3263</x:v>
+        <x:v>4564298014.49157</x:v>
       </x:c>
       <x:c r="H955" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:20">
       <x:c r="A956" s="0" t="n">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="B956" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E956" s="0" t="n">
-        <x:v>31200</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="F956" s="0" t="n">
-        <x:v>100980</x:v>
+        <x:v>6912</x:v>
       </x:c>
       <x:c r="G956" s="0" t="n">
-        <x:v>48978655273.9957</x:v>
+        <x:v>2803321106.23776</x:v>
       </x:c>
       <x:c r="H956" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:20">
       <x:c r="A957" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B957" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E957" s="0" t="n">
-        <x:v>9227</x:v>
+        <x:v>3106</x:v>
       </x:c>
       <x:c r="F957" s="0" t="n">
-        <x:v>16956</x:v>
+        <x:v>7173</x:v>
       </x:c>
       <x:c r="G957" s="0" t="n">
-        <x:v>26161059371.4111</x:v>
+        <x:v>4466181073.3765</x:v>
       </x:c>
       <x:c r="H957" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:20">
       <x:c r="A958" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B958" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E958" s="0" t="n">
-        <x:v>207773</x:v>
+        <x:v>3822</x:v>
       </x:c>
       <x:c r="F958" s="0" t="n">
-        <x:v>603615</x:v>
+        <x:v>9589</x:v>
       </x:c>
       <x:c r="G958" s="0" t="n">
-        <x:v>82089327717.7103</x:v>
+        <x:v>4866716466.08207</x:v>
       </x:c>
       <x:c r="H958" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:20">
       <x:c r="A959" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B959" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E959" s="0" t="n">
-        <x:v>368546</x:v>
+        <x:v>5864</x:v>
       </x:c>
       <x:c r="F959" s="0" t="n">
-        <x:v>1518539</x:v>
+        <x:v>15028</x:v>
       </x:c>
       <x:c r="G959" s="0" t="n">
-        <x:v>266487397653.132</x:v>
+        <x:v>8103698045.10162</x:v>
       </x:c>
       <x:c r="H959" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:20">
       <x:c r="A960" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B960" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E960" s="0" t="n">
-        <x:v>345328</x:v>
+        <x:v>6267</x:v>
       </x:c>
       <x:c r="F960" s="0" t="n">
-        <x:v>1794738</x:v>
+        <x:v>16367</x:v>
       </x:c>
       <x:c r="G960" s="0" t="n">
-        <x:v>584828446810.288</x:v>
+        <x:v>5669358400.47808</x:v>
       </x:c>
       <x:c r="H960" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:20">
       <x:c r="A961" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B961" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E961" s="0" t="n">
-        <x:v>270955</x:v>
+        <x:v>6836</x:v>
       </x:c>
       <x:c r="F961" s="0" t="n">
-        <x:v>1518940</x:v>
+        <x:v>18898</x:v>
       </x:c>
       <x:c r="G961" s="0" t="n">
-        <x:v>866375026998.158</x:v>
+        <x:v>8634153604.43062</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:20">
       <x:c r="A962" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B962" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E962" s="0" t="n">
-        <x:v>232491</x:v>
+        <x:v>6848</x:v>
       </x:c>
       <x:c r="F962" s="0" t="n">
-        <x:v>1027749</x:v>
+        <x:v>17017</x:v>
       </x:c>
       <x:c r="G962" s="0" t="n">
-        <x:v>1333393921418.98</x:v>
+        <x:v>11979981143.5559</x:v>
       </x:c>
       <x:c r="H962" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:20">
       <x:c r="A963" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B963" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E963" s="0" t="n">
-        <x:v>79874</x:v>
+        <x:v>8039</x:v>
       </x:c>
       <x:c r="F963" s="0" t="n">
-        <x:v>241759</x:v>
+        <x:v>21906</x:v>
       </x:c>
       <x:c r="G963" s="0" t="n">
-        <x:v>143574462638.713</x:v>
+        <x:v>15233535054.3957</x:v>
       </x:c>
       <x:c r="H963" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:20">
       <x:c r="A964" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B964" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E964" s="0" t="n">
-        <x:v>16175</x:v>
+        <x:v>8411</x:v>
       </x:c>
       <x:c r="F964" s="0" t="n">
-        <x:v>345570</x:v>
+        <x:v>21834</x:v>
       </x:c>
       <x:c r="G964" s="0" t="n">
-        <x:v>1445281519699.22</x:v>
+        <x:v>12962606368.4834</x:v>
       </x:c>
       <x:c r="H964" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:20">
       <x:c r="A965" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B965" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E965" s="0" t="n">
-        <x:v>1514179</x:v>
+        <x:v>13093</x:v>
       </x:c>
       <x:c r="F965" s="0" t="n">
-        <x:v>6722296</x:v>
+        <x:v>37737</x:v>
       </x:c>
       <x:c r="G965" s="0" t="n">
-        <x:v>3302908539482.1</x:v>
+        <x:v>21056830599.9911</x:v>
       </x:c>
       <x:c r="H965" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:20">
       <x:c r="A966" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B966" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E966" s="0" t="n">
-        <x:v>1530354</x:v>
+        <x:v>13500</x:v>
       </x:c>
       <x:c r="F966" s="0" t="n">
-        <x:v>7067866</x:v>
+        <x:v>37107</x:v>
       </x:c>
       <x:c r="G966" s="0" t="n">
-        <x:v>4748190059182.22</x:v>
+        <x:v>23927401496.033</x:v>
       </x:c>
       <x:c r="H966" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:20">
       <x:c r="A967" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B967" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E967" s="0" t="n">
-        <x:v>19736</x:v>
+        <x:v>25360</x:v>
       </x:c>
       <x:c r="F967" s="0" t="n">
-        <x:v>66215</x:v>
+        <x:v>91817</x:v>
       </x:c>
       <x:c r="G967" s="0" t="n">
-        <x:v>63072336435.6571</x:v>
+        <x:v>32413239769.3881</x:v>
       </x:c>
       <x:c r="H967" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:20">
       <x:c r="A968" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B968" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E968" s="0" t="n">
-        <x:v>25785</x:v>
+        <x:v>58433</x:v>
       </x:c>
       <x:c r="F968" s="0" t="n">
-        <x:v>86479</x:v>
+        <x:v>185419</x:v>
       </x:c>
       <x:c r="G968" s="0" t="n">
-        <x:v>45813857801.1675</x:v>
+        <x:v>101353070450.116</x:v>
       </x:c>
       <x:c r="H968" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:20">
       <x:c r="A969" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B969" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E969" s="0" t="n">
-        <x:v>61026</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F969" s="0" t="n">
-        <x:v>218738</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="G969" s="0" t="n">
-        <x:v>81483558849.5287</x:v>
+        <x:v>612379057.54015</x:v>
       </x:c>
       <x:c r="H969" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:20">
       <x:c r="A970" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B970" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E970" s="0" t="n">
-        <x:v>72250</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="F970" s="0" t="n">
-        <x:v>263993</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="G970" s="0" t="n">
-        <x:v>164949296216.368</x:v>
+        <x:v>762930563.87234</x:v>
       </x:c>
       <x:c r="H970" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:20">
       <x:c r="A971" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B971" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E971" s="0" t="n">
-        <x:v>113744</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="F971" s="0" t="n">
-        <x:v>498425</x:v>
+        <x:v>3054</x:v>
       </x:c>
       <x:c r="G971" s="0" t="n">
-        <x:v>196861005389.656</x:v>
+        <x:v>896646531.51325</x:v>
       </x:c>
       <x:c r="H971" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:20">
       <x:c r="A972" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B972" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E972" s="0" t="n">
-        <x:v>741440</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="F972" s="0" t="n">
-        <x:v>4087092</x:v>
+        <x:v>3805</x:v>
       </x:c>
       <x:c r="G972" s="0" t="n">
-        <x:v>3389041200608.42</x:v>
+        <x:v>2055567358.82665</x:v>
       </x:c>
       <x:c r="H972" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:20">
       <x:c r="A973" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B973" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E973" s="0" t="n">
-        <x:v>1036</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="F973" s="0" t="n">
-        <x:v>2390</x:v>
+        <x:v>4813</x:v>
       </x:c>
       <x:c r="G973" s="0" t="n">
-        <x:v>430015866.35376</x:v>
+        <x:v>3660386710.14394</x:v>
       </x:c>
       <x:c r="H973" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:20">
       <x:c r="A974" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B974" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E974" s="0" t="n">
-        <x:v>1986</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="F974" s="0" t="n">
-        <x:v>4915</x:v>
+        <x:v>5557</x:v>
       </x:c>
       <x:c r="G974" s="0" t="n">
-        <x:v>1788064501.91755</x:v>
+        <x:v>1729471953.18011</x:v>
       </x:c>
       <x:c r="H974" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:20">
       <x:c r="A975" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B975" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E975" s="0" t="n">
-        <x:v>3202</x:v>
+        <x:v>2823</x:v>
       </x:c>
       <x:c r="F975" s="0" t="n">
-        <x:v>8018</x:v>
+        <x:v>6688</x:v>
       </x:c>
       <x:c r="G975" s="0" t="n">
-        <x:v>1898967777.96569</x:v>
+        <x:v>3174109254.37201</x:v>
       </x:c>
       <x:c r="H975" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:20">
       <x:c r="A976" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B976" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E976" s="0" t="n">
-        <x:v>3226</x:v>
+        <x:v>2911</x:v>
       </x:c>
       <x:c r="F976" s="0" t="n">
-        <x:v>9030</x:v>
+        <x:v>7062</x:v>
       </x:c>
       <x:c r="G976" s="0" t="n">
-        <x:v>4139015092.75773</x:v>
+        <x:v>3972954079.14124</x:v>
       </x:c>
       <x:c r="H976" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:20">
       <x:c r="A977" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B977" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E977" s="0" t="n">
-        <x:v>3488</x:v>
+        <x:v>2948</x:v>
       </x:c>
       <x:c r="F977" s="0" t="n">
-        <x:v>9484</x:v>
+        <x:v>7042</x:v>
       </x:c>
       <x:c r="G977" s="0" t="n">
-        <x:v>2831942926.70254</x:v>
+        <x:v>3221837414.54993</x:v>
       </x:c>
       <x:c r="H977" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:20">
       <x:c r="A978" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B978" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E978" s="0" t="n">
-        <x:v>3727</x:v>
+        <x:v>3689</x:v>
       </x:c>
       <x:c r="F978" s="0" t="n">
-        <x:v>9979</x:v>
+        <x:v>9603</x:v>
       </x:c>
       <x:c r="G978" s="0" t="n">
-        <x:v>3924264812.08062</x:v>
+        <x:v>5024497306.50244</x:v>
       </x:c>
       <x:c r="H978" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:20">
       <x:c r="A979" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B979" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E979" s="0" t="n">
-        <x:v>3871</x:v>
+        <x:v>3995</x:v>
       </x:c>
       <x:c r="F979" s="0" t="n">
-        <x:v>10350</x:v>
+        <x:v>10160</x:v>
       </x:c>
       <x:c r="G979" s="0" t="n">
-        <x:v>3777770929.35527</x:v>
+        <x:v>3233802061.64658</x:v>
       </x:c>
       <x:c r="H979" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:20">
       <x:c r="A980" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B980" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E980" s="0" t="n">
-        <x:v>3934</x:v>
+        <x:v>4095</x:v>
       </x:c>
       <x:c r="F980" s="0" t="n">
-        <x:v>10653</x:v>
+        <x:v>9708</x:v>
       </x:c>
       <x:c r="G980" s="0" t="n">
-        <x:v>4506012038.52603</x:v>
+        <x:v>3240461099.75684</x:v>
       </x:c>
       <x:c r="H980" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:20">
       <x:c r="A981" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B981" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E981" s="0" t="n">
-        <x:v>4288</x:v>
+        <x:v>4422</x:v>
       </x:c>
       <x:c r="F981" s="0" t="n">
-        <x:v>10800</x:v>
+        <x:v>11377</x:v>
       </x:c>
       <x:c r="G981" s="0" t="n">
-        <x:v>2934600209.01558</x:v>
+        <x:v>5372173031.48462</x:v>
       </x:c>
       <x:c r="H981" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:20">
       <x:c r="A982" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B982" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E982" s="0" t="n">
-        <x:v>4318</x:v>
+        <x:v>4842</x:v>
       </x:c>
       <x:c r="F982" s="0" t="n">
-        <x:v>11374</x:v>
+        <x:v>12190</x:v>
       </x:c>
       <x:c r="G982" s="0" t="n">
-        <x:v>2260483368.29346</x:v>
+        <x:v>7256574610.6443</x:v>
       </x:c>
       <x:c r="H982" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:20">
       <x:c r="A983" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B983" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E983" s="0" t="n">
-        <x:v>5596</x:v>
+        <x:v>5263</x:v>
       </x:c>
       <x:c r="F983" s="0" t="n">
-        <x:v>13586</x:v>
+        <x:v>13744</x:v>
       </x:c>
       <x:c r="G983" s="0" t="n">
-        <x:v>5290598192.73217</x:v>
+        <x:v>7395543391.97171</x:v>
       </x:c>
       <x:c r="H983" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:20">
       <x:c r="A984" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B984" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E984" s="0" t="n">
-        <x:v>5804</x:v>
+        <x:v>5341</x:v>
       </x:c>
       <x:c r="F984" s="0" t="n">
-        <x:v>14638</x:v>
+        <x:v>13422</x:v>
       </x:c>
       <x:c r="G984" s="0" t="n">
-        <x:v>3905147881.66441</x:v>
+        <x:v>5836822496.25834</x:v>
       </x:c>
       <x:c r="H984" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:20">
       <x:c r="A985" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B985" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E985" s="0" t="n">
-        <x:v>9847</x:v>
+        <x:v>8983</x:v>
       </x:c>
       <x:c r="F985" s="0" t="n">
-        <x:v>28798</x:v>
+        <x:v>25287</x:v>
       </x:c>
       <x:c r="G985" s="0" t="n">
-        <x:v>15187052630.5346</x:v>
+        <x:v>15559858138.6838</x:v>
       </x:c>
       <x:c r="H985" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:20">
       <x:c r="A986" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B986" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E986" s="0" t="n">
-        <x:v>9880</x:v>
+        <x:v>9179</x:v>
       </x:c>
       <x:c r="F986" s="0" t="n">
-        <x:v>30093</x:v>
+        <x:v>26325</x:v>
       </x:c>
       <x:c r="G986" s="0" t="n">
-        <x:v>9120866216.64742</x:v>
+        <x:v>13652525357.1669</x:v>
       </x:c>
       <x:c r="H986" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:20">
       <x:c r="A987" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B987" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E987" s="0" t="n">
-        <x:v>10636</x:v>
+        <x:v>17951</x:v>
       </x:c>
       <x:c r="F987" s="0" t="n">
-        <x:v>33587</x:v>
+        <x:v>59663</x:v>
       </x:c>
       <x:c r="G987" s="0" t="n">
-        <x:v>8539626153.78043</x:v>
+        <x:v>29849185558.2134</x:v>
       </x:c>
       <x:c r="H987" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:20">
       <x:c r="A988" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B988" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E988" s="0" t="n">
-        <x:v>11549</x:v>
+        <x:v>21591</x:v>
       </x:c>
       <x:c r="F988" s="0" t="n">
-        <x:v>31020</x:v>
+        <x:v>63553</x:v>
       </x:c>
       <x:c r="G988" s="0" t="n">
-        <x:v>13465766753.4985</x:v>
+        <x:v>34438286421.1665</x:v>
       </x:c>
       <x:c r="H988" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:20">
       <x:c r="A989" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B989" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E989" s="0" t="n">
-        <x:v>41637</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="F989" s="0" t="n">
-        <x:v>141555</x:v>
+        <x:v>5134</x:v>
       </x:c>
       <x:c r="G989" s="0" t="n">
-        <x:v>54582724946.8416</x:v>
+        <x:v>2214865534.38995</x:v>
       </x:c>
       <x:c r="H989" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:20">
       <x:c r="A990" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B990" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E990" s="0" t="n">
-        <x:v>2750</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="F990" s="0" t="n">
-        <x:v>6523</x:v>
+        <x:v>5832</x:v>
       </x:c>
       <x:c r="G990" s="0" t="n">
-        <x:v>2219923063.59103</x:v>
+        <x:v>6444646669.29063</x:v>
       </x:c>
       <x:c r="H990" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:20">
       <x:c r="A991" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B991" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E991" s="0" t="n">
-        <x:v>2847</x:v>
+        <x:v>3094</x:v>
       </x:c>
       <x:c r="F991" s="0" t="n">
-        <x:v>8188</x:v>
+        <x:v>7504</x:v>
       </x:c>
       <x:c r="G991" s="0" t="n">
-        <x:v>3044294402.29643</x:v>
+        <x:v>3790039418.37087</x:v>
       </x:c>
       <x:c r="H991" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:20">
       <x:c r="A992" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B992" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E992" s="0" t="n">
-        <x:v>2947</x:v>
+        <x:v>3225</x:v>
       </x:c>
       <x:c r="F992" s="0" t="n">
-        <x:v>8016</x:v>
+        <x:v>9338</x:v>
       </x:c>
       <x:c r="G992" s="0" t="n">
-        <x:v>3043663004.83369</x:v>
+        <x:v>5880386171.37725</x:v>
       </x:c>
       <x:c r="H992" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:20">
       <x:c r="A993" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B993" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E993" s="0" t="n">
-        <x:v>7710</x:v>
+        <x:v>3274</x:v>
       </x:c>
       <x:c r="F993" s="0" t="n">
-        <x:v>20000</x:v>
+        <x:v>9272</x:v>
       </x:c>
       <x:c r="G993" s="0" t="n">
-        <x:v>8761361586.57524</x:v>
+        <x:v>5152514665.60356</x:v>
       </x:c>
       <x:c r="H993" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:20">
       <x:c r="A994" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B994" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E994" s="0" t="n">
-        <x:v>12761</x:v>
+        <x:v>3623</x:v>
       </x:c>
       <x:c r="F994" s="0" t="n">
-        <x:v>38847</x:v>
+        <x:v>8976</x:v>
       </x:c>
       <x:c r="G994" s="0" t="n">
-        <x:v>15413695706.818</x:v>
+        <x:v>2886700240.8413</x:v>
       </x:c>
       <x:c r="H994" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:20">
       <x:c r="A995" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B995" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E995" s="0" t="n">
-        <x:v>15785</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="F995" s="0" t="n">
-        <x:v>45496</x:v>
+        <x:v>10849</x:v>
       </x:c>
       <x:c r="G995" s="0" t="n">
-        <x:v>16206018821.9923</x:v>
+        <x:v>6304916927.13863</x:v>
       </x:c>
       <x:c r="H995" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:20">
       <x:c r="A996" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B996" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E996" s="0" t="n">
-        <x:v>3059</x:v>
+        <x:v>3850</x:v>
       </x:c>
       <x:c r="F996" s="0" t="n">
-        <x:v>7418</x:v>
+        <x:v>8429</x:v>
       </x:c>
       <x:c r="G996" s="0" t="n">
-        <x:v>4291542547.81954</x:v>
+        <x:v>3178521097.27732</x:v>
       </x:c>
       <x:c r="H996" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:20">
       <x:c r="A997" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B997" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E997" s="0" t="n">
-        <x:v>3063</x:v>
+        <x:v>5002</x:v>
       </x:c>
       <x:c r="F997" s="0" t="n">
-        <x:v>7449</x:v>
+        <x:v>12230</x:v>
       </x:c>
       <x:c r="G997" s="0" t="n">
-        <x:v>2620123982.58039</x:v>
+        <x:v>6458213606.13861</x:v>
       </x:c>
       <x:c r="H997" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:20">
       <x:c r="A998" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B998" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E998" s="0" t="n">
-        <x:v>3105</x:v>
+        <x:v>6672</x:v>
       </x:c>
       <x:c r="F998" s="0" t="n">
-        <x:v>7743</x:v>
+        <x:v>20334</x:v>
       </x:c>
       <x:c r="G998" s="0" t="n">
-        <x:v>4155440393.87833</x:v>
+        <x:v>9501580768.93691</x:v>
       </x:c>
       <x:c r="H998" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:20">
       <x:c r="A999" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B999" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E999" s="0" t="n">
-        <x:v>3783</x:v>
+        <x:v>12553</x:v>
       </x:c>
       <x:c r="F999" s="0" t="n">
-        <x:v>9963</x:v>
+        <x:v>32920</x:v>
       </x:c>
       <x:c r="G999" s="0" t="n">
-        <x:v>4196532571.19594</x:v>
+        <x:v>14217031056.2519</x:v>
       </x:c>
       <x:c r="H999" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:20">
       <x:c r="A1000" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="n">
-        <x:v>5915</x:v>
+        <x:v>14248</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="n">
-        <x:v>16321</x:v>
+        <x:v>36225</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="n">
-        <x:v>6962772202.07162</x:v>
+        <x:v>22572655221.9153</x:v>
       </x:c>
       <x:c r="H1000" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:20">
       <x:c r="A1001" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="n">
-        <x:v>6528</x:v>
+        <x:v>16505</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="n">
-        <x:v>18270</x:v>
+        <x:v>50576</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="n">
-        <x:v>5311306765.83182</x:v>
+        <x:v>36351000138.3263</x:v>
       </x:c>
       <x:c r="H1001" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:20">
       <x:c r="A1002" s="0" t="n">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="n">
-        <x:v>6904</x:v>
+        <x:v>31200</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="n">
-        <x:v>17997</x:v>
+        <x:v>100980</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="n">
-        <x:v>11833234040.1214</x:v>
+        <x:v>48978655273.9957</x:v>
       </x:c>
       <x:c r="H1002" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:20">
       <x:c r="A1003" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="n">
-        <x:v>7050</x:v>
+        <x:v>9227</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="n">
-        <x:v>20711</x:v>
+        <x:v>16956</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="n">
-        <x:v>7716488917.71604</x:v>
+        <x:v>26161059371.4111</x:v>
       </x:c>
       <x:c r="H1003" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:20">
       <x:c r="A1004" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="n">
-        <x:v>8033</x:v>
+        <x:v>207773</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="n">
-        <x:v>22983</x:v>
+        <x:v>603615</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="n">
-        <x:v>12855641226.0962</x:v>
+        <x:v>82089327717.7103</x:v>
       </x:c>
       <x:c r="H1004" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:20">
       <x:c r="A1005" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="n">
-        <x:v>8359</x:v>
+        <x:v>368546</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="n">
-        <x:v>22810</x:v>
+        <x:v>1518539</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="n">
-        <x:v>11650718085.0358</x:v>
+        <x:v>266487397653.132</x:v>
       </x:c>
       <x:c r="H1005" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:20">
       <x:c r="A1006" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="n">
-        <x:v>13196</x:v>
+        <x:v>345328</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="n">
-        <x:v>39988</x:v>
+        <x:v>1794738</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="n">
-        <x:v>19200173534.9844</x:v>
+        <x:v>584828446810.288</x:v>
       </x:c>
       <x:c r="H1006" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:20">
       <x:c r="A1007" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="n">
-        <x:v>13779</x:v>
+        <x:v>270955</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="n">
-        <x:v>39161</x:v>
+        <x:v>1518940</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="n">
-        <x:v>21590544383.6816</x:v>
+        <x:v>866375026998.158</x:v>
       </x:c>
       <x:c r="H1007" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:20">
       <x:c r="A1008" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="n">
-        <x:v>26006</x:v>
+        <x:v>232491</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="n">
-        <x:v>99099</x:v>
+        <x:v>1027749</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="n">
-        <x:v>29541550773.7754</x:v>
+        <x:v>1333393921418.98</x:v>
       </x:c>
       <x:c r="H1008" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:20">
       <x:c r="A1009" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="n">
-        <x:v>60056</x:v>
+        <x:v>79874</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="n">
-        <x:v>200942</x:v>
+        <x:v>241759</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="n">
-        <x:v>92636419983.8932</x:v>
+        <x:v>143574462638.713</x:v>
       </x:c>
       <x:c r="H1009" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:20">
       <x:c r="A1010" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="n">
-        <x:v>1195</x:v>
+        <x:v>16175</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="n">
-        <x:v>2647</x:v>
+        <x:v>345570</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="n">
-        <x:v>664152518.53074</x:v>
+        <x:v>1445281519699.22</x:v>
       </x:c>
       <x:c r="H1010" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:20">
       <x:c r="A1011" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="n">
-        <x:v>1544</x:v>
+        <x:v>1514179</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="n">
-        <x:v>3522</x:v>
+        <x:v>6722296</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="n">
-        <x:v>860797051.88171</x:v>
+        <x:v>3302908539482.1</x:v>
       </x:c>
       <x:c r="H1011" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:20">
       <x:c r="A1012" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="n">
-        <x:v>1747</x:v>
+        <x:v>1530354</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="n">
-        <x:v>4225</x:v>
+        <x:v>7067866</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="n">
-        <x:v>2040480312.59172</x:v>
+        <x:v>4748190059182.22</x:v>
       </x:c>
       <x:c r="H1012" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:20">
       <x:c r="A1013" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="n">
-        <x:v>2076</x:v>
+        <x:v>19736</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="n">
-        <x:v>5418</x:v>
+        <x:v>66215</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="n">
-        <x:v>3455152978.92407</x:v>
+        <x:v>63072336435.6571</x:v>
       </x:c>
       <x:c r="H1013" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:20">
       <x:c r="A1014" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="n">
-        <x:v>2717</x:v>
+        <x:v>25785</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="n">
-        <x:v>6228</x:v>
+        <x:v>86479</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="n">
-        <x:v>1442263535.79249</x:v>
+        <x:v>45813857801.1675</x:v>
       </x:c>
       <x:c r="H1014" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:20">
       <x:c r="A1015" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="n">
-        <x:v>2939</x:v>
+        <x:v>61026</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="n">
-        <x:v>7508</x:v>
+        <x:v>218738</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="n">
-        <x:v>2892262641.50236</x:v>
+        <x:v>81483558849.5287</x:v>
       </x:c>
       <x:c r="H1015" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:20">
       <x:c r="A1016" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="n">
-        <x:v>3132</x:v>
+        <x:v>72250</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="n">
-        <x:v>8073</x:v>
+        <x:v>263993</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="n">
-        <x:v>3137173606.89414</x:v>
+        <x:v>164949296216.368</x:v>
       </x:c>
       <x:c r="H1016" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:20">
       <x:c r="A1017" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="n">
-        <x:v>3211</x:v>
+        <x:v>113744</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="n">
-        <x:v>8002</x:v>
+        <x:v>498425</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="n">
-        <x:v>3432421751.44527</x:v>
+        <x:v>196861005389.656</x:v>
       </x:c>
       <x:c r="H1017" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:20">
       <x:c r="A1018" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="n">
-        <x:v>3979</x:v>
+        <x:v>741440</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="n">
-        <x:v>10625</x:v>
+        <x:v>4087092</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="n">
-        <x:v>4353302913.90997</x:v>
+        <x:v>3389041200608.42</x:v>
       </x:c>
       <x:c r="H1018" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:20">
       <x:c r="A1019" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="n">
-        <x:v>4339</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="n">
-        <x:v>11558</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="n">
-        <x:v>3198946411.22819</x:v>
+        <x:v>430015866.35376</x:v>
       </x:c>
       <x:c r="H1019" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:20">
       <x:c r="A1020" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="n">
-        <x:v>4408</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="n">
-        <x:v>11182</x:v>
+        <x:v>4915</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="n">
-        <x:v>2932010439.0343</x:v>
+        <x:v>1788064501.91755</x:v>
       </x:c>
       <x:c r="H1020" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:20">
       <x:c r="A1021" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="n">
-        <x:v>4693</x:v>
+        <x:v>3202</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="n">
-        <x:v>12412</x:v>
+        <x:v>8018</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="n">
-        <x:v>4433071470.20104</x:v>
+        <x:v>1898967777.96569</x:v>
       </x:c>
       <x:c r="H1021" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:20">
       <x:c r="A1022" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="n">
-        <x:v>5199</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="n">
-        <x:v>13515</x:v>
+        <x:v>9030</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="n">
-        <x:v>8296250100.64502</x:v>
+        <x:v>4139015092.75773</x:v>
       </x:c>
       <x:c r="H1022" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:20">
       <x:c r="A1023" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="n">
-        <x:v>5525</x:v>
+        <x:v>3488</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="n">
-        <x:v>15406</x:v>
+        <x:v>9484</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="n">
-        <x:v>6488415069.35875</x:v>
+        <x:v>2831942926.70254</x:v>
       </x:c>
       <x:c r="H1023" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:20">
       <x:c r="A1024" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="n">
-        <x:v>5794</x:v>
+        <x:v>3727</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="n">
-        <x:v>15219</x:v>
+        <x:v>9979</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="n">
-        <x:v>5610155922.10456</x:v>
+        <x:v>3924264812.08062</x:v>
       </x:c>
       <x:c r="H1024" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:20">
       <x:c r="A1025" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="n">
-        <x:v>9537</x:v>
+        <x:v>3871</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="n">
-        <x:v>27616</x:v>
+        <x:v>10350</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="n">
-        <x:v>13007214639.8252</x:v>
+        <x:v>3777770929.35527</x:v>
       </x:c>
       <x:c r="H1025" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:20">
       <x:c r="A1026" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="n">
-        <x:v>9601</x:v>
+        <x:v>3934</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="n">
-        <x:v>28635</x:v>
+        <x:v>10653</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="n">
-        <x:v>11280521045.8372</x:v>
+        <x:v>4506012038.52603</x:v>
       </x:c>
       <x:c r="H1026" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:20">
       <x:c r="A1027" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="n">
-        <x:v>18721</x:v>
+        <x:v>4288</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="n">
-        <x:v>64564</x:v>
+        <x:v>10800</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="n">
-        <x:v>26300008340.9587</x:v>
+        <x:v>2934600209.01558</x:v>
       </x:c>
       <x:c r="H1027" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:20">
       <x:c r="A1028" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="n">
-        <x:v>22475</x:v>
+        <x:v>4318</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="n">
-        <x:v>69017</x:v>
+        <x:v>11374</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="n">
-        <x:v>29786903248.4207</x:v>
+        <x:v>2260483368.29346</x:v>
       </x:c>
       <x:c r="H1028" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:20">
       <x:c r="A1029" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="n">
-        <x:v>34480</x:v>
+        <x:v>5596</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="n">
-        <x:v>55258</x:v>
+        <x:v>13586</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="n">
-        <x:v>25226954773.6281</x:v>
+        <x:v>5290598192.73217</x:v>
       </x:c>
       <x:c r="H1029" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:20">
       <x:c r="A1030" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="n">
-        <x:v>1923</x:v>
+        <x:v>5804</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="n">
-        <x:v>5452</x:v>
+        <x:v>14638</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="n">
-        <x:v>2168115444.20775</x:v>
+        <x:v>3905147881.66441</x:v>
       </x:c>
       <x:c r="H1030" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:20">
       <x:c r="A1031" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="n">
-        <x:v>2046</x:v>
+        <x:v>9847</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="n">
-        <x:v>6002</x:v>
+        <x:v>28798</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="n">
-        <x:v>5514237635.74959</x:v>
+        <x:v>15187052630.5346</x:v>
       </x:c>
       <x:c r="H1031" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:20">
       <x:c r="A1032" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="n">
-        <x:v>3087</x:v>
+        <x:v>9880</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="n">
-        <x:v>7819</x:v>
+        <x:v>30093</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="n">
-        <x:v>3130256948.66966</x:v>
+        <x:v>9120866216.64742</x:v>
       </x:c>
       <x:c r="H1032" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:20">
       <x:c r="A1033" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="n">
-        <x:v>3296</x:v>
+        <x:v>10636</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="n">
-        <x:v>9789</x:v>
+        <x:v>33587</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="n">
-        <x:v>5295221465.679</x:v>
+        <x:v>8539626153.78043</x:v>
       </x:c>
       <x:c r="H1033" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:20">
       <x:c r="A1034" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="n">
-        <x:v>3363</x:v>
+        <x:v>11549</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="n">
-        <x:v>9710</x:v>
+        <x:v>31020</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="n">
-        <x:v>4877753920.81533</x:v>
+        <x:v>13465766753.4985</x:v>
       </x:c>
       <x:c r="H1034" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:20">
       <x:c r="A1035" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="n">
-        <x:v>3784</x:v>
+        <x:v>41637</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="n">
-        <x:v>9926</x:v>
+        <x:v>141555</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="n">
-        <x:v>2566267528.12619</x:v>
+        <x:v>54582724946.8416</x:v>
       </x:c>
       <x:c r="H1035" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:20">
       <x:c r="A1036" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="n">
-        <x:v>3803</x:v>
+        <x:v>2750</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="n">
-        <x:v>11603</x:v>
+        <x:v>6523</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="n">
-        <x:v>5808700770.50469</x:v>
+        <x:v>2219923063.59103</x:v>
       </x:c>
       <x:c r="H1036" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:20">
       <x:c r="A1037" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="n">
-        <x:v>3946</x:v>
+        <x:v>2847</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="n">
-        <x:v>9208</x:v>
+        <x:v>8188</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="n">
-        <x:v>2847648218.61678</x:v>
+        <x:v>3044294402.29643</x:v>
       </x:c>
       <x:c r="H1037" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:20">
       <x:c r="A1038" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="n">
-        <x:v>5017</x:v>
+        <x:v>2947</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="n">
-        <x:v>12648</x:v>
+        <x:v>8016</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="n">
-        <x:v>5440468526.30703</x:v>
+        <x:v>3043663004.83369</x:v>
       </x:c>
       <x:c r="H1038" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:20">
       <x:c r="A1039" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="n">
-        <x:v>6675</x:v>
+        <x:v>7710</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="n">
-        <x:v>21116</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="n">
-        <x:v>8751947034.65829</x:v>
+        <x:v>8761361586.57524</x:v>
       </x:c>
       <x:c r="H1039" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:20">
       <x:c r="A1040" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="n">
-        <x:v>12670</x:v>
+        <x:v>12761</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="n">
-        <x:v>35321</x:v>
+        <x:v>38847</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="n">
-        <x:v>12651382289.7045</x:v>
+        <x:v>15413695706.818</x:v>
       </x:c>
       <x:c r="H1040" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:20">
       <x:c r="A1041" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="n">
-        <x:v>14102</x:v>
+        <x:v>15785</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="n">
-        <x:v>37765</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="n">
-        <x:v>19787352433.7531</x:v>
+        <x:v>16206018821.9923</x:v>
       </x:c>
       <x:c r="H1041" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:20">
       <x:c r="A1042" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="n">
-        <x:v>16526</x:v>
+        <x:v>3059</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="n">
-        <x:v>52142</x:v>
+        <x:v>7418</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="n">
-        <x:v>33253706061.928</x:v>
+        <x:v>4291542547.81954</x:v>
       </x:c>
       <x:c r="H1042" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:20">
       <x:c r="A1043" s="0" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="n">
-        <x:v>31212</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="n">
-        <x:v>107174</x:v>
+        <x:v>7449</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="n">
-        <x:v>46517879065.0781</x:v>
+        <x:v>2620123982.58039</x:v>
       </x:c>
       <x:c r="H1043" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:20">
       <x:c r="A1044" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="n">
-        <x:v>11535</x:v>
+        <x:v>3105</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="n">
-        <x:v>21090</x:v>
+        <x:v>7743</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="n">
-        <x:v>19929807777.7313</x:v>
+        <x:v>4155440393.87833</x:v>
       </x:c>
       <x:c r="H1044" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:20">
       <x:c r="A1045" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="n">
-        <x:v>289884</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="n">
-        <x:v>832323</x:v>
+        <x:v>9963</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="n">
-        <x:v>60453281698.4153</x:v>
+        <x:v>4196532571.19594</x:v>
       </x:c>
       <x:c r="H1045" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:20">
       <x:c r="A1046" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="n">
-        <x:v>420151</x:v>
+        <x:v>5915</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="n">
-        <x:v>1936668</x:v>
+        <x:v>16321</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="n">
-        <x:v>254147166698.159</x:v>
+        <x:v>6962772202.07162</x:v>
       </x:c>
       <x:c r="H1046" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:20">
       <x:c r="A1047" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="n">
-        <x:v>383333</x:v>
+        <x:v>6528</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="n">
-        <x:v>2227716</x:v>
+        <x:v>18270</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="n">
-        <x:v>582316765268.864</x:v>
+        <x:v>5311306765.83182</x:v>
       </x:c>
       <x:c r="H1047" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:20">
       <x:c r="A1048" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="n">
-        <x:v>291406</x:v>
+        <x:v>6904</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="n">
-        <x:v>1790760</x:v>
+        <x:v>17997</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="n">
-        <x:v>851698457171.814</x:v>
+        <x:v>11833234040.1214</x:v>
       </x:c>
       <x:c r="H1048" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:20">
       <x:c r="A1049" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="n">
-        <x:v>259739</x:v>
+        <x:v>7050</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="n">
-        <x:v>1201972</x:v>
+        <x:v>20711</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="n">
-        <x:v>1347533337534.42</x:v>
+        <x:v>7716488917.71604</x:v>
       </x:c>
       <x:c r="H1049" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:20">
       <x:c r="A1050" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="n">
-        <x:v>96638</x:v>
+        <x:v>8033</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="n">
-        <x:v>1342837</x:v>
+        <x:v>22983</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="n">
-        <x:v>1960443949769.79</x:v>
+        <x:v>12855641226.0962</x:v>
       </x:c>
       <x:c r="H1050" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:20">
       <x:c r="A1051" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1051" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>8359</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="n">
-        <x:v>954885</x:v>
+        <x:v>22810</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="n">
-        <x:v>448119735545.729</x:v>
+        <x:v>11650718085.0358</x:v>
       </x:c>
       <x:c r="H1051" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:20">
       <x:c r="A1052" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="n">
-        <x:v>15567</x:v>
+        <x:v>13196</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="n">
-        <x:v>32865</x:v>
+        <x:v>39988</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="n">
-        <x:v>1366539850531.37</x:v>
+        <x:v>19200173534.9844</x:v>
       </x:c>
       <x:c r="H1052" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:20">
       <x:c r="A1053" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="n">
-        <x:v>1737089</x:v>
+        <x:v>13779</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="n">
-        <x:v>8365616</x:v>
+        <x:v>39161</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="n">
-        <x:v>3261863179842.52</x:v>
+        <x:v>21590544383.6816</x:v>
       </x:c>
       <x:c r="H1053" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:20">
       <x:c r="A1054" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="n">
-        <x:v>1752686</x:v>
+        <x:v>26006</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="n">
-        <x:v>9353366</x:v>
+        <x:v>99099</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="n">
-        <x:v>5076522765917.85</x:v>
+        <x:v>29541550773.7754</x:v>
       </x:c>
       <x:c r="H1054" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:20">
       <x:c r="A1055" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="n">
-        <x:v>23988</x:v>
+        <x:v>60056</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="n">
-        <x:v>83948</x:v>
+        <x:v>200942</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="n">
-        <x:v>49419950446.958</x:v>
+        <x:v>92636419983.8932</x:v>
       </x:c>
       <x:c r="H1055" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:20">
       <x:c r="A1056" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="n">
-        <x:v>31719</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="n">
-        <x:v>112885</x:v>
+        <x:v>2647</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="n">
-        <x:v>40831222789.4337</x:v>
+        <x:v>664152518.53074</x:v>
       </x:c>
       <x:c r="H1056" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:20">
       <x:c r="A1057" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="n">
-        <x:v>72544</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="n">
-        <x:v>277736</x:v>
+        <x:v>3522</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="n">
-        <x:v>71627432751.0571</x:v>
+        <x:v>860797051.88171</x:v>
       </x:c>
       <x:c r="H1057" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:20">
       <x:c r="A1058" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="n">
-        <x:v>92355</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="n">
-        <x:v>395260</x:v>
+        <x:v>4225</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="n">
-        <x:v>157933482823.72</x:v>
+        <x:v>2040480312.59172</x:v>
       </x:c>
       <x:c r="H1058" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:20">
       <x:c r="A1059" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="n">
-        <x:v>134267</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="n">
-        <x:v>624841</x:v>
+        <x:v>5418</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="n">
-        <x:v>167740489601.322</x:v>
+        <x:v>3455152978.92407</x:v>
       </x:c>
       <x:c r="H1059" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:20">
       <x:c r="A1060" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="n">
-        <x:v>797200</x:v>
+        <x:v>2717</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="n">
-        <x:v>4431150</x:v>
+        <x:v>6228</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="n">
-        <x:v>2059908704779.14</x:v>
+        <x:v>1442263535.79249</x:v>
       </x:c>
       <x:c r="H1060" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:20">
       <x:c r="A1061" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="n">
-        <x:v>1440</x:v>
+        <x:v>2939</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="n">
-        <x:v>3716</x:v>
+        <x:v>7508</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="n">
-        <x:v>424474127.90997</x:v>
+        <x:v>2892262641.50236</x:v>
       </x:c>
       <x:c r="H1061" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:20">
       <x:c r="A1062" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="n">
-        <x:v>2750</x:v>
+        <x:v>3132</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="n">
-        <x:v>7352</x:v>
+        <x:v>8073</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="n">
-        <x:v>1232241452.11701</x:v>
+        <x:v>3137173606.89414</x:v>
       </x:c>
       <x:c r="H1062" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:20">
       <x:c r="A1063" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="n">
-        <x:v>4592</x:v>
+        <x:v>3211</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="n">
-        <x:v>12590</x:v>
+        <x:v>8002</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="n">
-        <x:v>1672687331.08217</x:v>
+        <x:v>3432421751.44527</x:v>
       </x:c>
       <x:c r="H1063" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:20">
       <x:c r="A1064" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="n">
-        <x:v>4706</x:v>
+        <x:v>3979</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="n">
-        <x:v>13452</x:v>
+        <x:v>10625</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="n">
-        <x:v>2498703490.73357</x:v>
+        <x:v>4353302913.90997</x:v>
       </x:c>
       <x:c r="H1064" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:20">
       <x:c r="A1065" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="n">
-        <x:v>4949</x:v>
+        <x:v>4339</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="n">
-        <x:v>14045</x:v>
+        <x:v>11558</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="n">
-        <x:v>2895320363.99077</x:v>
+        <x:v>3198946411.22819</x:v>
       </x:c>
       <x:c r="H1065" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:20">
       <x:c r="A1066" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="n">
-        <x:v>5099</x:v>
+        <x:v>4408</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="n">
-        <x:v>14233</x:v>
+        <x:v>11182</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="n">
-        <x:v>3957475803.16898</x:v>
+        <x:v>2932010439.0343</x:v>
       </x:c>
       <x:c r="H1066" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:20">
       <x:c r="A1067" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="n">
-        <x:v>5355</x:v>
+        <x:v>4693</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="n">
-        <x:v>15342</x:v>
+        <x:v>12412</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="n">
-        <x:v>3405110530.85555</x:v>
+        <x:v>4433071470.20104</x:v>
       </x:c>
       <x:c r="H1067" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:20">
       <x:c r="A1068" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="n">
-        <x:v>5403</x:v>
+        <x:v>5199</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="n">
-        <x:v>15310</x:v>
+        <x:v>13515</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="n">
-        <x:v>4040291350.02968</x:v>
+        <x:v>8296250100.64502</x:v>
       </x:c>
       <x:c r="H1068" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:20">
       <x:c r="A1069" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="n">
-        <x:v>5810</x:v>
+        <x:v>5525</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="n">
-        <x:v>16756</x:v>
+        <x:v>15406</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="n">
-        <x:v>2144692605.7281</x:v>
+        <x:v>6488415069.35875</x:v>
       </x:c>
       <x:c r="H1069" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:20">
       <x:c r="A1070" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="n">
-        <x:v>5880</x:v>
+        <x:v>5794</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="n">
-        <x:v>15818</x:v>
+        <x:v>15219</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="n">
-        <x:v>2862085627.76878</x:v>
+        <x:v>5610155922.10456</x:v>
       </x:c>
       <x:c r="H1070" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:20">
       <x:c r="A1071" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="n">
-        <x:v>7391</x:v>
+        <x:v>9537</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="n">
-        <x:v>20632</x:v>
+        <x:v>27616</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="n">
-        <x:v>3467536794.20409</x:v>
+        <x:v>13007214639.8252</x:v>
       </x:c>
       <x:c r="H1071" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:20">
       <x:c r="A1072" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="n">
-        <x:v>8100</x:v>
+        <x:v>9601</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="n">
-        <x:v>21283</x:v>
+        <x:v>28635</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="n">
-        <x:v>5156498863.89639</x:v>
+        <x:v>11280521045.8372</x:v>
       </x:c>
       <x:c r="H1072" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:20">
       <x:c r="A1073" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="n">
-        <x:v>12965</x:v>
+        <x:v>18721</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="n">
-        <x:v>40765</x:v>
+        <x:v>64564</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="n">
-        <x:v>8699843181.93938</x:v>
+        <x:v>26300008340.9587</x:v>
       </x:c>
       <x:c r="H1073" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:20">
       <x:c r="A1074" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="n">
-        <x:v>13023</x:v>
+        <x:v>22475</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="n">
-        <x:v>39526</x:v>
+        <x:v>69017</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="n">
-        <x:v>13164297490.5366</x:v>
+        <x:v>29786903248.4207</x:v>
       </x:c>
       <x:c r="H1074" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:20">
       <x:c r="A1075" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="n">
-        <x:v>13910</x:v>
+        <x:v>34480</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="n">
-        <x:v>45929</x:v>
+        <x:v>55258</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="n">
-        <x:v>8917465017.75551</x:v>
+        <x:v>25226954773.6281</x:v>
       </x:c>
       <x:c r="H1075" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:20">
       <x:c r="A1076" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="n">
-        <x:v>15527</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="n">
-        <x:v>45464</x:v>
+        <x:v>5452</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="n">
-        <x:v>12990057581.1552</x:v>
+        <x:v>2168115444.20775</x:v>
       </x:c>
       <x:c r="H1076" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:20">
       <x:c r="A1077" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="n">
-        <x:v>51232</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="n">
-        <x:v>186179</x:v>
+        <x:v>6002</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="n">
-        <x:v>50251779877.9791</x:v>
+        <x:v>5514237635.74959</x:v>
       </x:c>
       <x:c r="H1077" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:20">
       <x:c r="A1078" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="n">
-        <x:v>3515</x:v>
+        <x:v>3087</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="n">
-        <x:v>10809</x:v>
+        <x:v>7819</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="n">
-        <x:v>2901855943.39455</x:v>
+        <x:v>3130256948.66966</x:v>
       </x:c>
       <x:c r="H1078" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:20">
       <x:c r="A1079" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="n">
-        <x:v>3681</x:v>
+        <x:v>3296</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="n">
-        <x:v>9674</x:v>
+        <x:v>9789</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="n">
-        <x:v>1917156339.06867</x:v>
+        <x:v>5295221465.679</x:v>
       </x:c>
       <x:c r="H1079" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:20">
       <x:c r="A1080" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="n">
-        <x:v>3803</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="n">
-        <x:v>10127</x:v>
+        <x:v>9710</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="n">
-        <x:v>2530747251.33442</x:v>
+        <x:v>4877753920.81533</x:v>
       </x:c>
       <x:c r="H1080" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:20">
       <x:c r="A1081" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="n">
-        <x:v>3811</x:v>
+        <x:v>3784</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="n">
-        <x:v>10914</x:v>
+        <x:v>9926</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="n">
-        <x:v>2843713236.62692</x:v>
+        <x:v>2566267528.12619</x:v>
       </x:c>
       <x:c r="H1081" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:20">
       <x:c r="A1082" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="n">
-        <x:v>4316</x:v>
+        <x:v>3803</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="n">
-        <x:v>11066</x:v>
+        <x:v>11603</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="n">
-        <x:v>4141886788.7134</x:v>
+        <x:v>5808700770.50469</x:v>
       </x:c>
       <x:c r="H1082" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:20">
       <x:c r="A1083" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="n">
-        <x:v>4753</x:v>
+        <x:v>3946</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="n">
-        <x:v>13718</x:v>
+        <x:v>9208</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="n">
-        <x:v>4102184785.00015</x:v>
+        <x:v>2847648218.61678</x:v>
       </x:c>
       <x:c r="H1083" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:20">
       <x:c r="A1084" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="n">
-        <x:v>7868</x:v>
+        <x:v>5017</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="n">
-        <x:v>23115</x:v>
+        <x:v>12648</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="n">
-        <x:v>6741613724.67094</x:v>
+        <x:v>5440468526.30703</x:v>
       </x:c>
       <x:c r="H1084" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:20">
       <x:c r="A1085" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="n">
-        <x:v>8270</x:v>
+        <x:v>6675</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="n">
-        <x:v>24805</x:v>
+        <x:v>21116</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="n">
-        <x:v>4171441583.45015</x:v>
+        <x:v>8751947034.65829</x:v>
       </x:c>
       <x:c r="H1085" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:20">
       <x:c r="A1086" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="n">
-        <x:v>8903</x:v>
+        <x:v>12670</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="n">
-        <x:v>25006</x:v>
+        <x:v>35321</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="n">
-        <x:v>12282914070.2364</x:v>
+        <x:v>12651382289.7045</x:v>
       </x:c>
       <x:c r="H1086" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:20">
       <x:c r="A1087" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="n">
-        <x:v>9697</x:v>
+        <x:v>14102</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="n">
-        <x:v>29436</x:v>
+        <x:v>37765</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="n">
-        <x:v>7702244917.01256</x:v>
+        <x:v>19787352433.7531</x:v>
       </x:c>
       <x:c r="H1087" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:20">
       <x:c r="A1088" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="n">
-        <x:v>9784</x:v>
+        <x:v>16526</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="n">
-        <x:v>26739</x:v>
+        <x:v>52142</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="n">
-        <x:v>8126943377.30341</x:v>
+        <x:v>33253706061.928</x:v>
       </x:c>
       <x:c r="H1088" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:20">
       <x:c r="A1089" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="n">
-        <x:v>11165</x:v>
+        <x:v>31212</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="n">
-        <x:v>31703</x:v>
+        <x:v>107174</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="n">
-        <x:v>11765160048.9386</x:v>
+        <x:v>46517879065.0781</x:v>
       </x:c>
       <x:c r="H1089" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:20">
       <x:c r="A1090" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="n">
-        <x:v>15748</x:v>
+        <x:v>11535</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="n">
-        <x:v>50911</x:v>
+        <x:v>21090</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="n">
-        <x:v>14833250443.0234</x:v>
+        <x:v>19929807777.7313</x:v>
       </x:c>
       <x:c r="H1090" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:20">
       <x:c r="A1091" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="n">
-        <x:v>16905</x:v>
+        <x:v>289884</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="n">
-        <x:v>53856</x:v>
+        <x:v>832323</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="n">
-        <x:v>19131992837.3286</x:v>
+        <x:v>60453281698.4153</x:v>
       </x:c>
       <x:c r="H1091" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:20">
       <x:c r="A1092" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="n">
-        <x:v>16957</x:v>
+        <x:v>420151</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="n">
-        <x:v>51239</x:v>
+        <x:v>1936668</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="n">
-        <x:v>17417407158.4184</x:v>
+        <x:v>254147166698.159</x:v>
       </x:c>
       <x:c r="H1092" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:20">
       <x:c r="A1093" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="n">
-        <x:v>19925</x:v>
+        <x:v>383333</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="n">
-        <x:v>62372</x:v>
+        <x:v>2227716</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="n">
-        <x:v>14064293228.7459</x:v>
+        <x:v>582316765268.864</x:v>
       </x:c>
       <x:c r="H1093" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:20">
       <x:c r="A1094" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="n">
-        <x:v>3762</x:v>
+        <x:v>291406</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="n">
-        <x:v>10379</x:v>
+        <x:v>1790760</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="n">
-        <x:v>3861903277.24697</x:v>
+        <x:v>851698457171.814</x:v>
       </x:c>
       <x:c r="H1094" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:20">
       <x:c r="A1095" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="n">
-        <x:v>10244</x:v>
+        <x:v>259739</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="n">
-        <x:v>31614</x:v>
+        <x:v>1201972</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="n">
-        <x:v>12180985071.5732</x:v>
+        <x:v>1347533337534.42</x:v>
       </x:c>
       <x:c r="H1095" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:20">
       <x:c r="A1096" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="n">
-        <x:v>31444</x:v>
+        <x:v>96638</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="n">
-        <x:v>124913</x:v>
+        <x:v>1342837</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="n">
-        <x:v>28865074816.6721</x:v>
+        <x:v>1960443949769.79</x:v>
       </x:c>
       <x:c r="H1096" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:20">
       <x:c r="A1097" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
-        <x:v>8</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="n">
-        <x:v>71748</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="n">
-        <x:v>258528</x:v>
+        <x:v>954885</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="n">
-        <x:v>82496591218.1136</x:v>
+        <x:v>448119735545.729</x:v>
       </x:c>
       <x:c r="H1097" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:20">
       <x:c r="A1098" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="n">
-        <x:v>1750</x:v>
+        <x:v>15567</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="n">
-        <x:v>4170</x:v>
+        <x:v>32865</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="n">
-        <x:v>933960142.08083</x:v>
+        <x:v>1366539850531.37</x:v>
       </x:c>
       <x:c r="H1098" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:20">
       <x:c r="A1099" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="n">
-        <x:v>1839</x:v>
+        <x:v>1737089</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="n">
-        <x:v>4578</x:v>
+        <x:v>8365616</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="n">
-        <x:v>676762290.41249</x:v>
+        <x:v>3261863179842.52</x:v>
       </x:c>
       <x:c r="H1099" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:20">
       <x:c r="A1100" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="n">
-        <x:v>2496</x:v>
+        <x:v>1752686</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="n">
-        <x:v>6568</x:v>
+        <x:v>9353366</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="n">
-        <x:v>1905807091.55939</x:v>
+        <x:v>5076522765917.85</x:v>
       </x:c>
       <x:c r="H1100" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:20">
       <x:c r="A1101" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="n">
-        <x:v>2534</x:v>
+        <x:v>23988</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="n">
-        <x:v>6133</x:v>
+        <x:v>83948</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="n">
-        <x:v>1370908349.99647</x:v>
+        <x:v>49419950446.958</x:v>
       </x:c>
       <x:c r="H1101" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:20">
       <x:c r="A1102" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="n">
-        <x:v>3185</x:v>
+        <x:v>31719</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="n">
-        <x:v>9101</x:v>
+        <x:v>112885</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="n">
-        <x:v>3725950744.91795</x:v>
+        <x:v>40831222789.4337</x:v>
       </x:c>
       <x:c r="H1102" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:20">
       <x:c r="A1103" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="n">
-        <x:v>4152</x:v>
+        <x:v>72544</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="n">
-        <x:v>10322</x:v>
+        <x:v>277736</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="n">
-        <x:v>1337098024.36225</x:v>
+        <x:v>71627432751.0571</x:v>
       </x:c>
       <x:c r="H1103" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:20">
       <x:c r="A1104" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="n">
-        <x:v>4183</x:v>
+        <x:v>92355</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="n">
-        <x:v>11112</x:v>
+        <x:v>395260</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="n">
-        <x:v>2621029784.99089</x:v>
+        <x:v>157933482823.72</x:v>
       </x:c>
       <x:c r="H1104" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:20">
       <x:c r="A1105" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="n">
-        <x:v>4707</x:v>
+        <x:v>134267</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="n">
-        <x:v>12845</x:v>
+        <x:v>624841</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="n">
-        <x:v>2768687815.45377</x:v>
+        <x:v>167740489601.322</x:v>
       </x:c>
       <x:c r="H1105" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:20">
       <x:c r="A1106" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="n">
-        <x:v>5151</x:v>
+        <x:v>797200</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="n">
-        <x:v>13124</x:v>
+        <x:v>4431150</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="n">
-        <x:v>3520852162.74875</x:v>
+        <x:v>2059908704779.14</x:v>
       </x:c>
       <x:c r="H1106" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:20">
       <x:c r="A1107" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="n">
-        <x:v>6165</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="n">
-        <x:v>17065</x:v>
+        <x:v>3716</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="n">
-        <x:v>4079217736.58202</x:v>
+        <x:v>424474127.90997</x:v>
       </x:c>
       <x:c r="H1107" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:20">
       <x:c r="A1108" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="n">
-        <x:v>6576</x:v>
+        <x:v>2750</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="n">
-        <x:v>17801</x:v>
+        <x:v>7352</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="n">
-        <x:v>3565094073.80461</x:v>
+        <x:v>1232241452.11701</x:v>
       </x:c>
       <x:c r="H1108" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:20">
       <x:c r="A1109" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="n">
-        <x:v>6724</x:v>
+        <x:v>4592</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="n">
-        <x:v>17777</x:v>
+        <x:v>12590</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="n">
-        <x:v>2868766004.34283</x:v>
+        <x:v>1672687331.08217</x:v>
       </x:c>
       <x:c r="H1109" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:20">
       <x:c r="A1110" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="n">
-        <x:v>7235</x:v>
+        <x:v>4706</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="n">
-        <x:v>19766</x:v>
+        <x:v>13452</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="n">
-        <x:v>4480044400.87292</x:v>
+        <x:v>2498703490.73357</x:v>
       </x:c>
       <x:c r="H1110" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:20">
       <x:c r="A1111" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="n">
-        <x:v>8056</x:v>
+        <x:v>4949</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="n">
-        <x:v>23821</x:v>
+        <x:v>14045</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="n">
-        <x:v>6876484789.46998</x:v>
+        <x:v>2895320363.99077</x:v>
       </x:c>
       <x:c r="H1111" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:20">
       <x:c r="A1112" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="n">
-        <x:v>8147</x:v>
+        <x:v>5099</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="n">
-        <x:v>21714</x:v>
+        <x:v>14233</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="n">
-        <x:v>7063868186.4228</x:v>
+        <x:v>3957475803.16898</x:v>
       </x:c>
       <x:c r="H1112" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:20">
       <x:c r="A1113" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="n">
-        <x:v>8675</x:v>
+        <x:v>5355</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="n">
-        <x:v>23863</x:v>
+        <x:v>15342</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="n">
-        <x:v>4773922064.29527</x:v>
+        <x:v>3405110530.85555</x:v>
       </x:c>
       <x:c r="H1113" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:20">
       <x:c r="A1114" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="n">
-        <x:v>13695</x:v>
+        <x:v>5403</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="n">
-        <x:v>43149</x:v>
+        <x:v>15310</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="n">
-        <x:v>11941036579.2877</x:v>
+        <x:v>4040291350.02968</x:v>
       </x:c>
       <x:c r="H1114" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:20">
       <x:c r="A1115" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="n">
-        <x:v>14054</x:v>
+        <x:v>5810</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="n">
-        <x:v>41703</x:v>
+        <x:v>16756</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="n">
-        <x:v>12187755407.3213</x:v>
+        <x:v>2144692605.7281</x:v>
       </x:c>
       <x:c r="H1115" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:20">
       <x:c r="A1116" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="n">
-        <x:v>24661</x:v>
+        <x:v>5880</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="n">
-        <x:v>84608</x:v>
+        <x:v>15818</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="n">
-        <x:v>22539429329.0485</x:v>
+        <x:v>2862085627.76878</x:v>
       </x:c>
       <x:c r="H1116" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:20">
       <x:c r="A1117" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="n">
-        <x:v>29983</x:v>
+        <x:v>7391</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="n">
-        <x:v>96662</x:v>
+        <x:v>20632</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="n">
-        <x:v>28517067448.5251</x:v>
+        <x:v>3467536794.20409</x:v>
       </x:c>
       <x:c r="H1117" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:20">
       <x:c r="A1118" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="n">
-        <x:v>2558</x:v>
+        <x:v>8100</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="n">
-        <x:v>7650</x:v>
+        <x:v>21283</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="n">
-        <x:v>1510577178.58901</x:v>
+        <x:v>5156498863.89639</x:v>
       </x:c>
       <x:c r="H1118" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:20">
       <x:c r="A1119" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="n">
-        <x:v>2612</x:v>
+        <x:v>12965</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="n">
-        <x:v>8033</x:v>
+        <x:v>40765</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="n">
-        <x:v>5393270921.87367</x:v>
+        <x:v>8699843181.93938</x:v>
       </x:c>
       <x:c r="H1119" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:20">
       <x:c r="A1120" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="n">
-        <x:v>3936</x:v>
+        <x:v>13023</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="n">
-        <x:v>10676</x:v>
+        <x:v>39526</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="n">
-        <x:v>2837231183.9681</x:v>
+        <x:v>13164297490.5366</x:v>
       </x:c>
       <x:c r="H1120" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:20">
       <x:c r="A1121" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="n">
-        <x:v>4350</x:v>
+        <x:v>13910</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="n">
-        <x:v>13089</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="n">
-        <x:v>4629913062.20366</x:v>
+        <x:v>8917465017.75551</x:v>
       </x:c>
       <x:c r="H1121" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:20">
       <x:c r="A1122" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="n">
-        <x:v>4626</x:v>
+        <x:v>15527</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="n">
-        <x:v>13848</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="n">
-        <x:v>4386904799.19832</x:v>
+        <x:v>12990057581.1552</x:v>
       </x:c>
       <x:c r="H1122" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:20">
       <x:c r="A1123" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="n">
-        <x:v>4995</x:v>
+        <x:v>51232</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="n">
-        <x:v>12640</x:v>
+        <x:v>186179</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="n">
-        <x:v>2710593417.67433</x:v>
+        <x:v>50251779877.9791</x:v>
       </x:c>
       <x:c r="H1123" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:20">
       <x:c r="A1124" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="n">
-        <x:v>5032</x:v>
+        <x:v>3515</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="n">
-        <x:v>16279</x:v>
+        <x:v>10809</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="n">
-        <x:v>5854776479.56406</x:v>
+        <x:v>2901855943.39455</x:v>
       </x:c>
       <x:c r="H1124" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:20">
       <x:c r="A1125" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="n">
-        <x:v>5223</x:v>
+        <x:v>3681</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="n">
-        <x:v>14820</x:v>
+        <x:v>9674</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="n">
-        <x:v>2301079030.96864</x:v>
+        <x:v>1917156339.06867</x:v>
       </x:c>
       <x:c r="H1125" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:20">
       <x:c r="A1126" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="n">
-        <x:v>6617</x:v>
+        <x:v>3803</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="n">
-        <x:v>17786</x:v>
+        <x:v>10127</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="n">
-        <x:v>5271839702.15143</x:v>
+        <x:v>2530747251.33442</x:v>
       </x:c>
       <x:c r="H1126" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:20">
       <x:c r="A1127" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="n">
-        <x:v>8620</x:v>
+        <x:v>3811</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="n">
-        <x:v>27944</x:v>
+        <x:v>10914</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="n">
-        <x:v>8862960364.19253</x:v>
+        <x:v>2843713236.62692</x:v>
       </x:c>
       <x:c r="H1127" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:20">
       <x:c r="A1128" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="n">
-        <x:v>16861</x:v>
+        <x:v>4316</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="n">
-        <x:v>48937</x:v>
+        <x:v>11066</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="n">
-        <x:v>11324154782.2199</x:v>
+        <x:v>4141886788.7134</x:v>
       </x:c>
       <x:c r="H1128" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:20">
       <x:c r="A1129" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="n">
-        <x:v>17294</x:v>
+        <x:v>4753</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="n">
-        <x:v>49760</x:v>
+        <x:v>13718</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="n">
-        <x:v>18652814955.8925</x:v>
+        <x:v>4102184785.00015</x:v>
       </x:c>
       <x:c r="H1129" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:20">
       <x:c r="A1130" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="n">
-        <x:v>19508</x:v>
+        <x:v>7868</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="n">
-        <x:v>65482</x:v>
+        <x:v>23115</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="n">
-        <x:v>27780323569.2457</x:v>
+        <x:v>6741613724.67094</x:v>
       </x:c>
       <x:c r="H1130" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:20">
       <x:c r="A1131" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="n">
-        <x:v>38179</x:v>
+        <x:v>8270</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="n">
-        <x:v>138154</x:v>
+        <x:v>24805</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="n">
-        <x:v>37788160006.279</x:v>
+        <x:v>4171441583.45015</x:v>
       </x:c>
       <x:c r="H1131" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:20">
       <x:c r="A1132" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="n">
-        <x:v>5508</x:v>
+        <x:v>8903</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="n">
-        <x:v>9174</x:v>
+        <x:v>25006</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="n">
-        <x:v>19109222318.6745</x:v>
+        <x:v>12282914070.2364</x:v>
       </x:c>
       <x:c r="H1132" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:20">
       <x:c r="A1133" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="n">
-        <x:v>251790</x:v>
+        <x:v>9697</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="n">
-        <x:v>681982</x:v>
+        <x:v>29436</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="n">
-        <x:v>40281811438.2404</x:v>
+        <x:v>7702244917.01256</x:v>
       </x:c>
       <x:c r="H1133" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:20">
       <x:c r="A1134" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="n">
-        <x:v>413916</x:v>
+        <x:v>9784</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="n">
-        <x:v>1788331</x:v>
+        <x:v>26739</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="n">
-        <x:v>203214457351.259</x:v>
+        <x:v>8126943377.30341</x:v>
       </x:c>
       <x:c r="H1134" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:20">
       <x:c r="A1135" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="n">
-        <x:v>391402</x:v>
+        <x:v>11165</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="n">
-        <x:v>2175262</x:v>
+        <x:v>31703</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="n">
-        <x:v>498624689895.712</x:v>
+        <x:v>11765160048.9386</x:v>
       </x:c>
       <x:c r="H1135" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:20">
       <x:c r="A1136" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="n">
-        <x:v>297010</x:v>
+        <x:v>15748</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="n">
-        <x:v>1761818</x:v>
+        <x:v>50911</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="n">
-        <x:v>752874309574.785</x:v>
+        <x:v>14833250443.0234</x:v>
       </x:c>
       <x:c r="H1136" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:20">
       <x:c r="A1137" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="n">
-        <x:v>277593</x:v>
+        <x:v>16905</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="n">
-        <x:v>1267327</x:v>
+        <x:v>53856</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="n">
-        <x:v>1298273618103.7</x:v>
+        <x:v>19131992837.3286</x:v>
       </x:c>
       <x:c r="H1137" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:20">
       <x:c r="A1138" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="n">
-        <x:v>94839</x:v>
+        <x:v>16957</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="n">
-        <x:v>1383603</x:v>
+        <x:v>51239</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="n">
-        <x:v>1484328831160.11</x:v>
+        <x:v>17417407158.4184</x:v>
       </x:c>
       <x:c r="H1138" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:20">
       <x:c r="A1139" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1139" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>19925</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="n">
-        <x:v>1011940</x:v>
+        <x:v>62372</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="n">
-        <x:v>388635898088.71</x:v>
+        <x:v>14064293228.7459</x:v>
       </x:c>
       <x:c r="H1139" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:20">
       <x:c r="A1140" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="n">
-        <x:v>15060</x:v>
+        <x:v>3762</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="n">
-        <x:v>30597</x:v>
+        <x:v>10379</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="n">
-        <x:v>961866341129.4</x:v>
+        <x:v>3861903277.24697</x:v>
       </x:c>
       <x:c r="H1140" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:20">
       <x:c r="A1141" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="n">
-        <x:v>1716968</x:v>
+        <x:v>10244</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="n">
-        <x:v>8024960</x:v>
+        <x:v>31614</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="n">
-        <x:v>2946204700622.82</x:v>
+        <x:v>12180985071.5732</x:v>
       </x:c>
       <x:c r="H1141" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:20">
       <x:c r="A1142" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="n">
-        <x:v>1732058</x:v>
+        <x:v>31444</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="n">
-        <x:v>9067497</x:v>
+        <x:v>124913</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="n">
-        <x:v>4296706939842.81</x:v>
+        <x:v>28865074816.6721</x:v>
       </x:c>
       <x:c r="H1142" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:20">
       <x:c r="A1143" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="n">
-        <x:v>23704</x:v>
+        <x:v>71748</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="n">
-        <x:v>81224</x:v>
+        <x:v>258528</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="n">
-        <x:v>44088568924.0808</x:v>
+        <x:v>82496591218.1136</x:v>
       </x:c>
       <x:c r="H1143" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:20">
       <x:c r="A1144" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="n">
-        <x:v>31164</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="n">
-        <x:v>108325</x:v>
+        <x:v>4170</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="n">
-        <x:v>34974938590.0838</x:v>
+        <x:v>933960142.08083</x:v>
       </x:c>
       <x:c r="H1144" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:20">
       <x:c r="A1145" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="n">
-        <x:v>73265</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="n">
-        <x:v>273370</x:v>
+        <x:v>4578</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="n">
-        <x:v>67410458710.399</x:v>
+        <x:v>676762290.41249</x:v>
       </x:c>
       <x:c r="H1145" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:20">
       <x:c r="A1146" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="n">
-        <x:v>91700</x:v>
+        <x:v>2496</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="n">
-        <x:v>382218</x:v>
+        <x:v>6568</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="n">
-        <x:v>141999134870.69</x:v>
+        <x:v>1905807091.55939</x:v>
       </x:c>
       <x:c r="H1146" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:20">
       <x:c r="A1147" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="n">
-        <x:v>132628</x:v>
+        <x:v>2534</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="n">
-        <x:v>600110</x:v>
+        <x:v>6133</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="n">
-        <x:v>153759143174.364</x:v>
+        <x:v>1370908349.99647</x:v>
       </x:c>
       <x:c r="H1147" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:20">
       <x:c r="A1148" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="n">
-        <x:v>784110</x:v>
+        <x:v>3185</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="n">
-        <x:v>4245540</x:v>
+        <x:v>9101</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="n">
-        <x:v>1877407466461.31</x:v>
+        <x:v>3725950744.91795</x:v>
       </x:c>
       <x:c r="H1148" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:20">
       <x:c r="A1149" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="n">
-        <x:v>1428</x:v>
+        <x:v>4152</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="n">
-        <x:v>3583</x:v>
+        <x:v>10322</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="n">
-        <x:v>388095012.78499</x:v>
+        <x:v>1337098024.36225</x:v>
       </x:c>
       <x:c r="H1149" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:20">
       <x:c r="A1150" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="n">
-        <x:v>2736</x:v>
+        <x:v>4183</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="n">
-        <x:v>7193</x:v>
+        <x:v>11112</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="n">
-        <x:v>1089131836.38093</x:v>
+        <x:v>2621029784.99089</x:v>
       </x:c>
       <x:c r="H1150" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:20">
       <x:c r="A1151" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="n">
-        <x:v>4540</x:v>
+        <x:v>4707</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="n">
-        <x:v>12324</x:v>
+        <x:v>12845</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="n">
-        <x:v>1508476517.45683</x:v>
+        <x:v>2768687815.45377</x:v>
       </x:c>
       <x:c r="H1151" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:20">
       <x:c r="A1152" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="n">
-        <x:v>4636</x:v>
+        <x:v>5151</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="n">
-        <x:v>12703</x:v>
+        <x:v>13124</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="n">
-        <x:v>2127833695.08415</x:v>
+        <x:v>3520852162.74875</x:v>
       </x:c>
       <x:c r="H1152" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:20">
       <x:c r="A1153" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="n">
-        <x:v>4880</x:v>
+        <x:v>6165</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="n">
-        <x:v>13418</x:v>
+        <x:v>17065</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="n">
-        <x:v>2490048669.30017</x:v>
+        <x:v>4079217736.58202</x:v>
       </x:c>
       <x:c r="H1153" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:20">
       <x:c r="A1154" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="n">
-        <x:v>4958</x:v>
+        <x:v>6576</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="n">
-        <x:v>13504</x:v>
+        <x:v>17801</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="n">
-        <x:v>3249885897.11781</x:v>
+        <x:v>3565094073.80461</x:v>
       </x:c>
       <x:c r="H1154" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:20">
       <x:c r="A1155" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="n">
-        <x:v>5312</x:v>
+        <x:v>6724</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="n">
-        <x:v>14787</x:v>
+        <x:v>17777</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="n">
-        <x:v>2899484116.4165</x:v>
+        <x:v>2868766004.34283</x:v>
       </x:c>
       <x:c r="H1155" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:20">
       <x:c r="A1156" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="n">
-        <x:v>5328</x:v>
+        <x:v>7235</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="n">
-        <x:v>14566</x:v>
+        <x:v>19766</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="n">
-        <x:v>3309370951.6408</x:v>
+        <x:v>4480044400.87292</x:v>
       </x:c>
       <x:c r="H1156" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:20">
       <x:c r="A1157" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="n">
-        <x:v>5726</x:v>
+        <x:v>8056</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="n">
-        <x:v>16020</x:v>
+        <x:v>23821</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="n">
-        <x:v>1834064923.56286</x:v>
+        <x:v>6876484789.46998</x:v>
       </x:c>
       <x:c r="H1157" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:20">
       <x:c r="A1158" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="n">
-        <x:v>5812</x:v>
+        <x:v>8147</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="n">
-        <x:v>15167</x:v>
+        <x:v>21714</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="n">
-        <x:v>2678054202.4666</x:v>
+        <x:v>7063868186.4228</x:v>
       </x:c>
       <x:c r="H1158" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:20">
       <x:c r="A1159" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="n">
-        <x:v>7279</x:v>
+        <x:v>8675</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="n">
-        <x:v>19924</x:v>
+        <x:v>23863</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="n">
-        <x:v>3123389839.27869</x:v>
+        <x:v>4773922064.29527</x:v>
       </x:c>
       <x:c r="H1159" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:20">
       <x:c r="A1160" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="n">
-        <x:v>7942</x:v>
+        <x:v>13695</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="n">
-        <x:v>20346</x:v>
+        <x:v>43149</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="n">
-        <x:v>4168610559.99798</x:v>
+        <x:v>11941036579.2877</x:v>
       </x:c>
       <x:c r="H1160" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:20">
       <x:c r="A1161" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="n">
-        <x:v>12713</x:v>
+        <x:v>14054</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="n">
-        <x:v>38510</x:v>
+        <x:v>41703</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="n">
-        <x:v>7742983493.05305</x:v>
+        <x:v>12187755407.3213</x:v>
       </x:c>
       <x:c r="H1161" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:20">
       <x:c r="A1162" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="n">
-        <x:v>12788</x:v>
+        <x:v>24661</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="n">
-        <x:v>37239</x:v>
+        <x:v>84608</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="n">
-        <x:v>10856720815.5044</x:v>
+        <x:v>22539429329.0485</x:v>
       </x:c>
       <x:c r="H1162" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:20">
       <x:c r="A1163" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="n">
-        <x:v>13672</x:v>
+        <x:v>29983</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="n">
-        <x:v>43419</x:v>
+        <x:v>96662</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="n">
-        <x:v>7677318742.44039</x:v>
+        <x:v>28517067448.5251</x:v>
       </x:c>
       <x:c r="H1163" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:20">
       <x:c r="A1164" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="n">
-        <x:v>15353</x:v>
+        <x:v>2558</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="n">
-        <x:v>43657</x:v>
+        <x:v>7650</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="n">
-        <x:v>11092467663.7151</x:v>
+        <x:v>1510577178.58901</x:v>
       </x:c>
       <x:c r="H1164" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:20">
       <x:c r="A1165" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="n">
-        <x:v>50410</x:v>
+        <x:v>2612</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="n">
-        <x:v>179259</x:v>
+        <x:v>8033</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="n">
-        <x:v>44625813341.7754</x:v>
+        <x:v>5393270921.87367</x:v>
       </x:c>
       <x:c r="H1165" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:20">
       <x:c r="A1166" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="n">
-        <x:v>3460</x:v>
+        <x:v>3936</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="n">
-        <x:v>10326</x:v>
+        <x:v>10676</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="n">
-        <x:v>2565502842.13499</x:v>
+        <x:v>2837231183.9681</x:v>
       </x:c>
       <x:c r="H1166" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:20">
       <x:c r="A1167" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="n">
-        <x:v>3632</x:v>
+        <x:v>4350</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="n">
-        <x:v>9223</x:v>
+        <x:v>13089</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="n">
-        <x:v>1588380634.66051</x:v>
+        <x:v>4629913062.20366</x:v>
       </x:c>
       <x:c r="H1167" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:20">
       <x:c r="A1168" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="n">
-        <x:v>3704</x:v>
+        <x:v>4626</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="n">
-        <x:v>10433</x:v>
+        <x:v>13848</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="n">
-        <x:v>2263242429.26771</x:v>
+        <x:v>4386904799.19832</x:v>
       </x:c>
       <x:c r="H1168" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:20">
       <x:c r="A1169" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="n">
-        <x:v>3867</x:v>
+        <x:v>4995</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="n">
-        <x:v>9969</x:v>
+        <x:v>12640</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="n">
-        <x:v>2210449840.82719</x:v>
+        <x:v>2710593417.67433</x:v>
       </x:c>
       <x:c r="H1169" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:20">
       <x:c r="A1170" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="n">
-        <x:v>4324</x:v>
+        <x:v>5032</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="n">
-        <x:v>10928</x:v>
+        <x:v>16279</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="n">
-        <x:v>3520891484.24557</x:v>
+        <x:v>5854776479.56406</x:v>
       </x:c>
       <x:c r="H1170" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:20">
       <x:c r="A1171" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="n">
-        <x:v>4633</x:v>
+        <x:v>5223</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="n">
-        <x:v>13015</x:v>
+        <x:v>14820</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="n">
-        <x:v>3672796019.87388</x:v>
+        <x:v>2301079030.96864</x:v>
       </x:c>
       <x:c r="H1171" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:20">
       <x:c r="A1172" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="n">
-        <x:v>7594</x:v>
+        <x:v>6617</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="n">
-        <x:v>21782</x:v>
+        <x:v>17786</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="n">
-        <x:v>5448654656.92277</x:v>
+        <x:v>5271839702.15143</x:v>
       </x:c>
       <x:c r="H1172" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:20">
       <x:c r="A1173" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="n">
-        <x:v>8202</x:v>
+        <x:v>8620</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="n">
-        <x:v>24090</x:v>
+        <x:v>27944</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="n">
-        <x:v>3749533984.3306</x:v>
+        <x:v>8862960364.19253</x:v>
       </x:c>
       <x:c r="H1173" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:20">
       <x:c r="A1174" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="n">
-        <x:v>8731</x:v>
+        <x:v>16861</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="n">
-        <x:v>24069</x:v>
+        <x:v>48937</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="n">
-        <x:v>11426453034.4432</x:v>
+        <x:v>11324154782.2199</x:v>
       </x:c>
       <x:c r="H1174" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:20">
       <x:c r="A1175" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="n">
-        <x:v>9566</x:v>
+        <x:v>17294</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="n">
-        <x:v>28205</x:v>
+        <x:v>49760</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="n">
-        <x:v>6781731481.43822</x:v>
+        <x:v>18652814955.8925</x:v>
       </x:c>
       <x:c r="H1175" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:20">
       <x:c r="A1176" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="n">
-        <x:v>10059</x:v>
+        <x:v>19508</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="n">
-        <x:v>26545</x:v>
+        <x:v>65482</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="n">
-        <x:v>7311709304.90419</x:v>
+        <x:v>27780323569.2457</x:v>
       </x:c>
       <x:c r="H1176" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:20">
       <x:c r="A1177" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="n">
-        <x:v>10976</x:v>
+        <x:v>38179</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="n">
-        <x:v>30109</x:v>
+        <x:v>138154</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="n">
-        <x:v>9930879214.89302</x:v>
+        <x:v>37788160006.279</x:v>
       </x:c>
       <x:c r="H1177" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:20">
       <x:c r="A1178" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="n">
-        <x:v>15350</x:v>
+        <x:v>5508</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="n">
-        <x:v>47696</x:v>
+        <x:v>9174</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="n">
-        <x:v>12731675003.3341</x:v>
+        <x:v>19109222318.6745</x:v>
       </x:c>
       <x:c r="H1178" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:20">
       <x:c r="A1179" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="n">
-        <x:v>16499</x:v>
+        <x:v>251790</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="n">
-        <x:v>51151</x:v>
+        <x:v>681982</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="n">
-        <x:v>16430401203.8818</x:v>
+        <x:v>40281811438.2404</x:v>
       </x:c>
       <x:c r="H1179" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:20">
       <x:c r="A1180" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="n">
-        <x:v>16705</x:v>
+        <x:v>413916</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="n">
-        <x:v>49288</x:v>
+        <x:v>1788331</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="n">
-        <x:v>14741815760.5162</x:v>
+        <x:v>203214457351.259</x:v>
       </x:c>
       <x:c r="H1180" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:20">
       <x:c r="A1181" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="n">
-        <x:v>18640</x:v>
+        <x:v>391402</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="n">
-        <x:v>56294</x:v>
+        <x:v>2175262</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="n">
-        <x:v>10887492440.5604</x:v>
+        <x:v>498624689895.712</x:v>
       </x:c>
       <x:c r="H1181" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:20">
       <x:c r="A1182" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="n">
-        <x:v>3588</x:v>
+        <x:v>297010</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="n">
-        <x:v>9575</x:v>
+        <x:v>1761818</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="n">
-        <x:v>3125760564.61002</x:v>
+        <x:v>752874309574.785</x:v>
       </x:c>
       <x:c r="H1182" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:20">
       <x:c r="A1183" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="n">
-        <x:v>9911</x:v>
+        <x:v>277593</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="n">
-        <x:v>29457</x:v>
+        <x:v>1267327</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="n">
-        <x:v>10299402899.8934</x:v>
+        <x:v>1298273618103.7</x:v>
       </x:c>
       <x:c r="H1183" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:20">
       <x:c r="A1184" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="n">
-        <x:v>31214</x:v>
+        <x:v>94839</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="n">
-        <x:v>119220</x:v>
+        <x:v>1383603</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="n">
-        <x:v>25434747109.4154</x:v>
+        <x:v>1484328831160.11</x:v>
       </x:c>
       <x:c r="H1184" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:20">
       <x:c r="A1185" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
-        <x:v>8</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="n">
-        <x:v>71413</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="n">
-        <x:v>249986</x:v>
+        <x:v>1011940</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="n">
-        <x:v>74334485985.9218</x:v>
+        <x:v>388635898088.71</x:v>
       </x:c>
       <x:c r="H1185" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:20">
       <x:c r="A1186" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="n">
-        <x:v>1744</x:v>
+        <x:v>15060</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="n">
-        <x:v>4081</x:v>
+        <x:v>30597</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="n">
-        <x:v>689446920.01286</x:v>
+        <x:v>961866341129.4</x:v>
       </x:c>
       <x:c r="H1186" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:20">
       <x:c r="A1187" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="n">
-        <x:v>1825</x:v>
+        <x:v>1716968</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="n">
-        <x:v>4483</x:v>
+        <x:v>8024960</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="n">
-        <x:v>580227599.72655</x:v>
+        <x:v>2946204700622.82</x:v>
       </x:c>
       <x:c r="H1187" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:20">
       <x:c r="A1188" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="n">
-        <x:v>2358</x:v>
+        <x:v>1732058</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="n">
-        <x:v>6117</x:v>
+        <x:v>9067497</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="n">
-        <x:v>1681686582.91934</x:v>
+        <x:v>4296706939842.81</x:v>
       </x:c>
       <x:c r="H1188" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:20">
       <x:c r="A1189" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="n">
-        <x:v>2511</x:v>
+        <x:v>23704</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="n">
-        <x:v>5998</x:v>
+        <x:v>81224</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="n">
-        <x:v>1200925209.5941</x:v>
+        <x:v>44088568924.0808</x:v>
       </x:c>
       <x:c r="H1189" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:20">
       <x:c r="A1190" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="n">
-        <x:v>3129</x:v>
+        <x:v>31164</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="n">
-        <x:v>8618</x:v>
+        <x:v>108325</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="n">
-        <x:v>3011109729.51983</x:v>
+        <x:v>34974938590.0838</x:v>
       </x:c>
       <x:c r="H1190" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:20">
       <x:c r="A1191" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="n">
-        <x:v>4123</x:v>
+        <x:v>73265</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="n">
-        <x:v>10677</x:v>
+        <x:v>273370</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="n">
-        <x:v>2257205595.58995</x:v>
+        <x:v>67410458710.399</x:v>
       </x:c>
       <x:c r="H1191" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:20">
       <x:c r="A1192" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="n">
-        <x:v>4130</x:v>
+        <x:v>91700</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="n">
-        <x:v>10076</x:v>
+        <x:v>382218</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="n">
-        <x:v>1162419211.20069</x:v>
+        <x:v>141999134870.69</x:v>
       </x:c>
       <x:c r="H1192" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:20">
       <x:c r="A1193" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="n">
-        <x:v>4687</x:v>
+        <x:v>132628</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="n">
-        <x:v>12472</x:v>
+        <x:v>600110</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="n">
-        <x:v>2536749939.16623</x:v>
+        <x:v>153759143174.364</x:v>
       </x:c>
       <x:c r="H1193" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:20">
       <x:c r="A1194" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="n">
-        <x:v>7941</x:v>
+        <x:v>784110</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="n">
-        <x:v>22883</x:v>
+        <x:v>4245540</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="n">
-        <x:v>2988330350.422</x:v>
+        <x:v>1877407466461.31</x:v>
       </x:c>
       <x:c r="H1194" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:20">
       <x:c r="A1195" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="n">
-        <x:v>9396</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="n">
-        <x:v>23897</x:v>
+        <x:v>3583</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="n">
-        <x:v>5020433910.58985</x:v>
+        <x:v>388095012.78499</x:v>
       </x:c>
       <x:c r="H1195" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:20">
       <x:c r="A1196" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="n">
-        <x:v>13949</x:v>
+        <x:v>2736</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="n">
-        <x:v>43770</x:v>
+        <x:v>7193</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="n">
-        <x:v>7270618994.07351</x:v>
+        <x:v>1089131836.38093</x:v>
       </x:c>
       <x:c r="H1196" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:20">
       <x:c r="A1197" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="n">
-        <x:v>14033</x:v>
+        <x:v>4540</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="n">
-        <x:v>42443</x:v>
+        <x:v>12324</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="n">
-        <x:v>10688825811.0127</x:v>
+        <x:v>1508476517.45683</x:v>
       </x:c>
       <x:c r="H1197" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:20">
       <x:c r="A1198" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="n">
-        <x:v>14924</x:v>
+        <x:v>4636</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="n">
-        <x:v>50579</x:v>
+        <x:v>12703</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="n">
-        <x:v>8088073077.35274</x:v>
+        <x:v>2127833695.08415</x:v>
       </x:c>
       <x:c r="H1198" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:20">
       <x:c r="A1199" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="n">
-        <x:v>17167</x:v>
+        <x:v>4880</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="n">
-        <x:v>49639</x:v>
+        <x:v>13418</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="n">
-        <x:v>10619165304.04</x:v>
+        <x:v>2490048669.30017</x:v>
       </x:c>
       <x:c r="H1199" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:20">
       <x:c r="A1200" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="n">
-        <x:v>53187</x:v>
+        <x:v>4958</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="n">
-        <x:v>200961</x:v>
+        <x:v>13504</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="n">
-        <x:v>45857874140.1442</x:v>
+        <x:v>3249885897.11781</x:v>
       </x:c>
       <x:c r="H1200" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:20">
       <x:c r="A1201" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="n">
-        <x:v>3699</x:v>
+        <x:v>5312</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="n">
-        <x:v>11518</x:v>
+        <x:v>14787</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="n">
-        <x:v>2603145728.98526</x:v>
+        <x:v>2899484116.4165</x:v>
       </x:c>
       <x:c r="H1201" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:20">
       <x:c r="A1202" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1202" s="0" t="n">
-        <x:v>4158</x:v>
+        <x:v>5328</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="n">
-        <x:v>10334</x:v>
+        <x:v>14566</x:v>
       </x:c>
       <x:c r="G1202" s="0" t="n">
-        <x:v>1700912300.24113</x:v>
+        <x:v>3309370951.6408</x:v>
       </x:c>
       <x:c r="H1202" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:20">
       <x:c r="A1203" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1203" s="0" t="n">
-        <x:v>4207</x:v>
+        <x:v>5726</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="n">
-        <x:v>11807</x:v>
+        <x:v>16020</x:v>
       </x:c>
       <x:c r="G1203" s="0" t="n">
-        <x:v>2447086227.88772</x:v>
+        <x:v>1834064923.56286</x:v>
       </x:c>
       <x:c r="H1203" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:20">
       <x:c r="A1204" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1204" s="0" t="n">
-        <x:v>4304</x:v>
+        <x:v>5812</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="n">
-        <x:v>11635</x:v>
+        <x:v>15167</x:v>
       </x:c>
       <x:c r="G1204" s="0" t="n">
-        <x:v>2233483385.9433</x:v>
+        <x:v>2678054202.4666</x:v>
       </x:c>
       <x:c r="H1204" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:20">
       <x:c r="A1205" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1205" s="0" t="n">
-        <x:v>4964</x:v>
+        <x:v>7279</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="n">
-        <x:v>14556</x:v>
+        <x:v>19924</x:v>
       </x:c>
       <x:c r="G1205" s="0" t="n">
-        <x:v>3582358537.69619</x:v>
+        <x:v>3123389839.27869</x:v>
       </x:c>
       <x:c r="H1205" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:20">
       <x:c r="A1206" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1206" s="0" t="n">
-        <x:v>5107</x:v>
+        <x:v>7942</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="n">
-        <x:v>12691</x:v>
+        <x:v>20346</x:v>
       </x:c>
       <x:c r="G1206" s="0" t="n">
-        <x:v>4154550539.33056</x:v>
+        <x:v>4168610559.99798</x:v>
       </x:c>
       <x:c r="H1206" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:20">
       <x:c r="A1207" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1207" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1207" s="0" t="n">
-        <x:v>8464</x:v>
+        <x:v>12713</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="n">
-        <x:v>24941</x:v>
+        <x:v>38510</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="n">
-        <x:v>5910988819.64198</x:v>
+        <x:v>7742983493.05305</x:v>
       </x:c>
       <x:c r="H1207" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:20">
       <x:c r="A1208" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1208" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1208" s="0" t="n">
-        <x:v>9105</x:v>
+        <x:v>12788</x:v>
       </x:c>
       <x:c r="F1208" s="0" t="n">
-        <x:v>27533</x:v>
+        <x:v>37239</x:v>
       </x:c>
       <x:c r="G1208" s="0" t="n">
-        <x:v>3699178238.26345</x:v>
+        <x:v>10856720815.5044</x:v>
       </x:c>
       <x:c r="H1208" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:20">
       <x:c r="A1209" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1209" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1209" s="0" t="n">
-        <x:v>9821</x:v>
+        <x:v>13672</x:v>
       </x:c>
       <x:c r="F1209" s="0" t="n">
-        <x:v>28140</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="G1209" s="0" t="n">
-        <x:v>11510684764.5856</x:v>
+        <x:v>7677318742.44039</x:v>
       </x:c>
       <x:c r="H1209" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:20">
       <x:c r="A1210" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1210" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1210" s="0" t="n">
-        <x:v>10684</x:v>
+        <x:v>15353</x:v>
       </x:c>
       <x:c r="F1210" s="0" t="n">
-        <x:v>32658</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="G1210" s="0" t="n">
-        <x:v>7387735112.53007</x:v>
+        <x:v>11092467663.7151</x:v>
       </x:c>
       <x:c r="H1210" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:20">
       <x:c r="A1211" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="n">
-        <x:v>11408</x:v>
+        <x:v>50410</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="n">
-        <x:v>30654</x:v>
+        <x:v>179259</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="n">
-        <x:v>7622998116.79141</x:v>
+        <x:v>44625813341.7754</x:v>
       </x:c>
       <x:c r="H1211" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:20">
       <x:c r="A1212" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1212" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1212" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1212" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E1212" s="0" t="n">
-        <x:v>12248</x:v>
+        <x:v>3460</x:v>
       </x:c>
       <x:c r="F1212" s="0" t="n">
-        <x:v>34833</x:v>
+        <x:v>10326</x:v>
       </x:c>
       <x:c r="G1212" s="0" t="n">
-        <x:v>9730386121.66098</x:v>
+        <x:v>2565502842.13499</x:v>
       </x:c>
       <x:c r="H1212" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:20">
       <x:c r="A1213" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1213" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1213" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E1213" s="0" t="n">
-        <x:v>16513</x:v>
+        <x:v>3632</x:v>
       </x:c>
       <x:c r="F1213" s="0" t="n">
-        <x:v>54437</x:v>
+        <x:v>9223</x:v>
       </x:c>
       <x:c r="G1213" s="0" t="n">
-        <x:v>13201619885.378</x:v>
+        <x:v>1588380634.66051</x:v>
       </x:c>
       <x:c r="H1213" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:20">
       <x:c r="A1214" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1214" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1214" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1214" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E1214" s="0" t="n">
-        <x:v>17689</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="F1214" s="0" t="n">
-        <x:v>58245</x:v>
+        <x:v>10433</x:v>
       </x:c>
       <x:c r="G1214" s="0" t="n">
-        <x:v>17179522933.2383</x:v>
+        <x:v>2263242429.26771</x:v>
       </x:c>
       <x:c r="H1214" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:20">
       <x:c r="A1215" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1215" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1215" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E1215" s="0" t="n">
-        <x:v>18043</x:v>
+        <x:v>3867</x:v>
       </x:c>
       <x:c r="F1215" s="0" t="n">
-        <x:v>56349</x:v>
+        <x:v>9969</x:v>
       </x:c>
       <x:c r="G1215" s="0" t="n">
-        <x:v>15751122250.0777</x:v>
+        <x:v>2210449840.82719</x:v>
       </x:c>
       <x:c r="H1215" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:20">
       <x:c r="A1216" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1216" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1216" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1216" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E1216" s="0" t="n">
-        <x:v>20360</x:v>
+        <x:v>4324</x:v>
       </x:c>
       <x:c r="F1216" s="0" t="n">
-        <x:v>64823</x:v>
+        <x:v>10928</x:v>
       </x:c>
       <x:c r="G1216" s="0" t="n">
-        <x:v>11639328162.4214</x:v>
+        <x:v>3520891484.24557</x:v>
       </x:c>
       <x:c r="H1216" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:20">
       <x:c r="A1217" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1217" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1217" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1217" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1217" s="0" t="n">
-        <x:v>3853</x:v>
+        <x:v>4633</x:v>
       </x:c>
       <x:c r="F1217" s="0" t="n">
-        <x:v>10865</x:v>
+        <x:v>13015</x:v>
       </x:c>
       <x:c r="G1217" s="0" t="n">
-        <x:v>2908101894.48456</x:v>
+        <x:v>3672796019.87388</x:v>
       </x:c>
       <x:c r="H1217" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:20">
       <x:c r="A1218" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1218" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1218" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1218" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1218" s="0" t="n">
-        <x:v>10904</x:v>
+        <x:v>7594</x:v>
       </x:c>
       <x:c r="F1218" s="0" t="n">
-        <x:v>34268</x:v>
+        <x:v>21782</x:v>
       </x:c>
       <x:c r="G1218" s="0" t="n">
-        <x:v>10864276540.2887</x:v>
+        <x:v>5448654656.92277</x:v>
       </x:c>
       <x:c r="H1218" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:20">
       <x:c r="A1219" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1219" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1219" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1219" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1219" s="0" t="n">
-        <x:v>33007</x:v>
+        <x:v>8202</x:v>
       </x:c>
       <x:c r="F1219" s="0" t="n">
-        <x:v>136081</x:v>
+        <x:v>24090</x:v>
       </x:c>
       <x:c r="G1219" s="0" t="n">
-        <x:v>25522576794.855</x:v>
+        <x:v>3749533984.3306</x:v>
       </x:c>
       <x:c r="H1219" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:20">
       <x:c r="A1220" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1220" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1220" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1220" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1220" s="0" t="n">
-        <x:v>75291</x:v>
+        <x:v>8731</x:v>
       </x:c>
       <x:c r="F1220" s="0" t="n">
-        <x:v>283996</x:v>
+        <x:v>24069</x:v>
       </x:c>
       <x:c r="G1220" s="0" t="n">
-        <x:v>78476883236.5921</x:v>
+        <x:v>11426453034.4432</x:v>
       </x:c>
       <x:c r="H1220" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:20">
       <x:c r="A1221" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1221" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1221" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1221" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1221" s="0" t="n">
-        <x:v>2226</x:v>
+        <x:v>9566</x:v>
       </x:c>
       <x:c r="F1221" s="0" t="n">
-        <x:v>5229</x:v>
+        <x:v>28205</x:v>
       </x:c>
       <x:c r="G1221" s="0" t="n">
-        <x:v>745079547.72257</x:v>
+        <x:v>6781731481.43822</x:v>
       </x:c>
       <x:c r="H1221" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:20">
       <x:c r="A1222" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1222" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1222" s="0" t="n">
-        <x:v>2238</x:v>
+        <x:v>10059</x:v>
       </x:c>
       <x:c r="F1222" s="0" t="n">
-        <x:v>5355</x:v>
+        <x:v>26545</x:v>
       </x:c>
       <x:c r="G1222" s="0" t="n">
-        <x:v>563321696.81059</x:v>
+        <x:v>7311709304.90419</x:v>
       </x:c>
       <x:c r="H1222" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:20">
       <x:c r="A1223" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1223" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1223" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1223" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1223" s="0" t="n">
-        <x:v>2781</x:v>
+        <x:v>10976</x:v>
       </x:c>
       <x:c r="F1223" s="0" t="n">
-        <x:v>7435</x:v>
+        <x:v>30109</x:v>
       </x:c>
       <x:c r="G1223" s="0" t="n">
-        <x:v>1564301533.05493</x:v>
+        <x:v>9930879214.89302</x:v>
       </x:c>
       <x:c r="H1223" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:20">
       <x:c r="A1224" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1224" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1224" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1224" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1224" s="0" t="n">
-        <x:v>3130</x:v>
+        <x:v>15350</x:v>
       </x:c>
       <x:c r="F1224" s="0" t="n">
-        <x:v>7318</x:v>
+        <x:v>47696</x:v>
       </x:c>
       <x:c r="G1224" s="0" t="n">
-        <x:v>1127949350.31715</x:v>
+        <x:v>12731675003.3341</x:v>
       </x:c>
       <x:c r="H1224" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:20">
       <x:c r="A1225" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1225" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1225" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1225" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1225" s="0" t="n">
-        <x:v>3894</x:v>
+        <x:v>16499</x:v>
       </x:c>
       <x:c r="F1225" s="0" t="n">
-        <x:v>10352</x:v>
+        <x:v>51151</x:v>
       </x:c>
       <x:c r="G1225" s="0" t="n">
-        <x:v>3245244992.84485</x:v>
+        <x:v>16430401203.8818</x:v>
       </x:c>
       <x:c r="H1225" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:20">
       <x:c r="A1226" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1226" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1226" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1226" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1226" s="0" t="n">
-        <x:v>4914</x:v>
+        <x:v>16705</x:v>
       </x:c>
       <x:c r="F1226" s="0" t="n">
-        <x:v>12614</x:v>
+        <x:v>49288</x:v>
       </x:c>
       <x:c r="G1226" s="0" t="n">
-        <x:v>2536625190.17665</x:v>
+        <x:v>14741815760.5162</x:v>
       </x:c>
       <x:c r="H1226" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:20">
       <x:c r="A1227" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1227" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1227" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1227" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1227" s="0" t="n">
-        <x:v>4951</x:v>
+        <x:v>18640</x:v>
       </x:c>
       <x:c r="F1227" s="0" t="n">
-        <x:v>11962</x:v>
+        <x:v>56294</x:v>
       </x:c>
       <x:c r="G1227" s="0" t="n">
-        <x:v>1284611106.78428</x:v>
+        <x:v>10887492440.5604</x:v>
       </x:c>
       <x:c r="H1227" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:20">
       <x:c r="A1228" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1228" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1228" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1228" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1228" s="0" t="n">
-        <x:v>5549</x:v>
+        <x:v>3588</x:v>
       </x:c>
       <x:c r="F1228" s="0" t="n">
-        <x:v>14469</x:v>
+        <x:v>9575</x:v>
       </x:c>
       <x:c r="G1228" s="0" t="n">
-        <x:v>2558027724.87056</x:v>
+        <x:v>3125760564.61002</x:v>
       </x:c>
       <x:c r="H1228" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:20">
       <x:c r="A1229" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1229" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1229" s="0" t="n">
-        <x:v>6245</x:v>
+        <x:v>9911</x:v>
       </x:c>
       <x:c r="F1229" s="0" t="n">
-        <x:v>15345</x:v>
+        <x:v>29457</x:v>
       </x:c>
       <x:c r="G1229" s="0" t="n">
-        <x:v>3550821615.3639</x:v>
+        <x:v>10299402899.8934</x:v>
       </x:c>
       <x:c r="H1229" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:20">
       <x:c r="A1230" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1230" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1230" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1230" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1230" s="0" t="n">
-        <x:v>7430</x:v>
+        <x:v>31214</x:v>
       </x:c>
       <x:c r="F1230" s="0" t="n">
-        <x:v>19620</x:v>
+        <x:v>119220</x:v>
       </x:c>
       <x:c r="G1230" s="0" t="n">
-        <x:v>3870868439.41993</x:v>
+        <x:v>25434747109.4154</x:v>
       </x:c>
       <x:c r="H1230" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:20">
       <x:c r="A1231" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1231" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1231" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1231" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1231" s="0" t="n">
-        <x:v>7817</x:v>
+        <x:v>71413</x:v>
       </x:c>
       <x:c r="F1231" s="0" t="n">
-        <x:v>20385</x:v>
+        <x:v>249986</x:v>
       </x:c>
       <x:c r="G1231" s="0" t="n">
-        <x:v>3127262986.14765</x:v>
+        <x:v>74334485985.9218</x:v>
       </x:c>
       <x:c r="H1231" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:20">
       <x:c r="A1232" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1232" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1232" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1232" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1232" s="0" t="n">
-        <x:v>8080</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="F1232" s="0" t="n">
-        <x:v>20540</x:v>
+        <x:v>4081</x:v>
       </x:c>
       <x:c r="G1232" s="0" t="n">
-        <x:v>2323474292.21448</x:v>
+        <x:v>689446920.01286</x:v>
       </x:c>
       <x:c r="H1232" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:20">
       <x:c r="A1233" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1233" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1233" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1233" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1233" s="0" t="n">
-        <x:v>8680</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="F1233" s="0" t="n">
-        <x:v>22968</x:v>
+        <x:v>4483</x:v>
       </x:c>
       <x:c r="G1233" s="0" t="n">
-        <x:v>3636710821.78553</x:v>
+        <x:v>580227599.72655</x:v>
       </x:c>
       <x:c r="H1233" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:20">
       <x:c r="A1234" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1234" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1234" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1234" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1234" s="0" t="n">
-        <x:v>9462</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="F1234" s="0" t="n">
-        <x:v>27281</x:v>
+        <x:v>6117</x:v>
       </x:c>
       <x:c r="G1234" s="0" t="n">
-        <x:v>5825819597.80531</x:v>
+        <x:v>1681686582.91934</x:v>
       </x:c>
       <x:c r="H1234" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:20">
       <x:c r="A1235" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1235" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1235" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1235" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1235" s="0" t="n">
-        <x:v>9958</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="F1235" s="0" t="n">
-        <x:v>25578</x:v>
+        <x:v>5998</x:v>
       </x:c>
       <x:c r="G1235" s="0" t="n">
-        <x:v>5377200582.97646</x:v>
+        <x:v>1200925209.5941</x:v>
       </x:c>
       <x:c r="H1235" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:20">
       <x:c r="A1236" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1236" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1236" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1236" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1236" s="0" t="n">
-        <x:v>10256</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="F1236" s="0" t="n">
-        <x:v>27410</x:v>
+        <x:v>8618</x:v>
       </x:c>
       <x:c r="G1236" s="0" t="n">
-        <x:v>5062437902.78816</x:v>
+        <x:v>3011109729.51983</x:v>
       </x:c>
       <x:c r="H1236" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:20">
       <x:c r="A1237" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1237" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1237" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1237" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1237" s="0" t="n">
-        <x:v>15607</x:v>
+        <x:v>4123</x:v>
       </x:c>
       <x:c r="F1237" s="0" t="n">
-        <x:v>48465</x:v>
+        <x:v>10677</x:v>
       </x:c>
       <x:c r="G1237" s="0" t="n">
-        <x:v>9742959311.11318</x:v>
+        <x:v>2257205595.58995</x:v>
       </x:c>
       <x:c r="H1237" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:20">
       <x:c r="A1238" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1238" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1238" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1238" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1238" s="0" t="n">
-        <x:v>16676</x:v>
+        <x:v>4130</x:v>
       </x:c>
       <x:c r="F1238" s="0" t="n">
-        <x:v>47354</x:v>
+        <x:v>10076</x:v>
       </x:c>
       <x:c r="G1238" s="0" t="n">
-        <x:v>11153921797.449</x:v>
+        <x:v>1162419211.20069</x:v>
       </x:c>
       <x:c r="H1238" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:20">
       <x:c r="A1239" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B1239" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1239" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1239" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E1239" s="0" t="n">
-        <x:v>28129</x:v>
+        <x:v>4687</x:v>
       </x:c>
       <x:c r="F1239" s="0" t="n">
-        <x:v>100157</x:v>
+        <x:v>12472</x:v>
       </x:c>
       <x:c r="G1239" s="0" t="n">
-        <x:v>22039535139.1983</x:v>
+        <x:v>2536749939.16623</x:v>
       </x:c>
       <x:c r="H1239" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:20">
       <x:c r="A1240" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1240" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1240" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1240" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1240" s="0" t="n">
-        <x:v>33121</x:v>
+        <x:v>7941</x:v>
       </x:c>
       <x:c r="F1240" s="0" t="n">
-        <x:v>107050</x:v>
+        <x:v>22883</x:v>
       </x:c>
       <x:c r="G1240" s="0" t="n">
-        <x:v>25943422181.797</x:v>
+        <x:v>2988330350.422</x:v>
       </x:c>
       <x:c r="H1240" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:20">
       <x:c r="A1241" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1241" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1241" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1241" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1241" s="0" t="n">
-        <x:v>2780</x:v>
+        <x:v>9396</x:v>
       </x:c>
       <x:c r="F1241" s="0" t="n">
-        <x:v>8639</x:v>
+        <x:v>23897</x:v>
       </x:c>
       <x:c r="G1241" s="0" t="n">
-        <x:v>5686899623.57295</x:v>
+        <x:v>5020433910.58985</x:v>
       </x:c>
       <x:c r="H1241" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:20">
       <x:c r="A1242" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1242" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1242" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1242" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1242" s="0" t="n">
-        <x:v>2844</x:v>
+        <x:v>13949</x:v>
       </x:c>
       <x:c r="F1242" s="0" t="n">
-        <x:v>8276</x:v>
+        <x:v>43770</x:v>
       </x:c>
       <x:c r="G1242" s="0" t="n">
-        <x:v>1286654914.86568</x:v>
+        <x:v>7270618994.07351</x:v>
       </x:c>
       <x:c r="H1242" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:20">
       <x:c r="A1243" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1243" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1243" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1243" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1243" s="0" t="n">
-        <x:v>4288</x:v>
+        <x:v>14033</x:v>
       </x:c>
       <x:c r="F1243" s="0" t="n">
-        <x:v>11507</x:v>
+        <x:v>42443</x:v>
       </x:c>
       <x:c r="G1243" s="0" t="n">
-        <x:v>2444159148.03911</x:v>
+        <x:v>10688825811.0127</x:v>
       </x:c>
       <x:c r="H1243" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:20">
       <x:c r="A1244" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1244" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1244" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1244" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1244" s="0" t="n">
-        <x:v>4817</x:v>
+        <x:v>14924</x:v>
       </x:c>
       <x:c r="F1244" s="0" t="n">
-        <x:v>13933</x:v>
+        <x:v>50579</x:v>
       </x:c>
       <x:c r="G1244" s="0" t="n">
-        <x:v>3691677498.84686</x:v>
+        <x:v>8088073077.35274</x:v>
       </x:c>
       <x:c r="H1244" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:20">
       <x:c r="A1245" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1245" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1245" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1245" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1245" s="0" t="n">
-        <x:v>5075</x:v>
+        <x:v>17167</x:v>
       </x:c>
       <x:c r="F1245" s="0" t="n">
-        <x:v>14826</x:v>
+        <x:v>49639</x:v>
       </x:c>
       <x:c r="G1245" s="0" t="n">
-        <x:v>3234174531.99622</x:v>
+        <x:v>10619165304.04</x:v>
       </x:c>
       <x:c r="H1245" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:20">
       <x:c r="A1246" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1246" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1246" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1246" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1246" s="0" t="n">
-        <x:v>5430</x:v>
+        <x:v>53187</x:v>
       </x:c>
       <x:c r="F1246" s="0" t="n">
-        <x:v>17295</x:v>
+        <x:v>200961</x:v>
       </x:c>
       <x:c r="G1246" s="0" t="n">
-        <x:v>5462129650.23939</x:v>
+        <x:v>45857874140.1442</x:v>
       </x:c>
       <x:c r="H1246" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:20">
       <x:c r="A1247" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1247" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1247" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1247" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1247" s="0" t="n">
-        <x:v>5457</x:v>
+        <x:v>3699</x:v>
       </x:c>
       <x:c r="F1247" s="0" t="n">
-        <x:v>13931</x:v>
+        <x:v>11518</x:v>
       </x:c>
       <x:c r="G1247" s="0" t="n">
-        <x:v>2817509111.93356</x:v>
+        <x:v>2603145728.98526</x:v>
       </x:c>
       <x:c r="H1247" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:20">
       <x:c r="A1248" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1248" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1248" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1248" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1248" s="0" t="n">
-        <x:v>5764</x:v>
+        <x:v>4158</x:v>
       </x:c>
       <x:c r="F1248" s="0" t="n">
-        <x:v>16515</x:v>
+        <x:v>10334</x:v>
       </x:c>
       <x:c r="G1248" s="0" t="n">
-        <x:v>1957100965.96846</x:v>
+        <x:v>1700912300.24113</x:v>
       </x:c>
       <x:c r="H1248" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:20">
       <x:c r="A1249" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1249" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1249" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1249" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1249" s="0" t="n">
-        <x:v>7228</x:v>
+        <x:v>4207</x:v>
       </x:c>
       <x:c r="F1249" s="0" t="n">
-        <x:v>19533</x:v>
+        <x:v>11807</x:v>
       </x:c>
       <x:c r="G1249" s="0" t="n">
-        <x:v>5615624770.76004</x:v>
+        <x:v>2447086227.88772</x:v>
       </x:c>
       <x:c r="H1249" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:20">
       <x:c r="A1250" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1250" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1250" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1250" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1250" s="0" t="n">
-        <x:v>9002</x:v>
+        <x:v>4304</x:v>
       </x:c>
       <x:c r="F1250" s="0" t="n">
-        <x:v>30091</x:v>
+        <x:v>11635</x:v>
       </x:c>
       <x:c r="G1250" s="0" t="n">
-        <x:v>8273476658.66779</x:v>
+        <x:v>2233483385.9433</x:v>
       </x:c>
       <x:c r="H1250" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:20">
       <x:c r="A1251" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1251" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1251" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1251" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1251" s="0" t="n">
-        <x:v>18161</x:v>
+        <x:v>4964</x:v>
       </x:c>
       <x:c r="F1251" s="0" t="n">
-        <x:v>53827</x:v>
+        <x:v>14556</x:v>
       </x:c>
       <x:c r="G1251" s="0" t="n">
-        <x:v>10317772834.375</x:v>
+        <x:v>3582358537.69619</x:v>
       </x:c>
       <x:c r="H1251" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:20">
       <x:c r="A1252" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1252" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1252" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1252" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1252" s="0" t="n">
-        <x:v>18174</x:v>
+        <x:v>5107</x:v>
       </x:c>
       <x:c r="F1252" s="0" t="n">
-        <x:v>53375</x:v>
+        <x:v>12691</x:v>
       </x:c>
       <x:c r="G1252" s="0" t="n">
-        <x:v>16357729041.937</x:v>
+        <x:v>4154550539.33056</x:v>
       </x:c>
       <x:c r="H1252" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:20">
       <x:c r="A1253" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1253" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1253" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1253" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1253" s="0" t="n">
-        <x:v>20160</x:v>
+        <x:v>8464</x:v>
       </x:c>
       <x:c r="F1253" s="0" t="n">
-        <x:v>71003</x:v>
+        <x:v>24941</x:v>
       </x:c>
       <x:c r="G1253" s="0" t="n">
-        <x:v>26941758575.5561</x:v>
+        <x:v>5910988819.64198</x:v>
       </x:c>
       <x:c r="H1253" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:20">
       <x:c r="A1254" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1254" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1254" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1254" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1254" s="0" t="n">
-        <x:v>39161</x:v>
+        <x:v>9105</x:v>
       </x:c>
       <x:c r="F1254" s="0" t="n">
-        <x:v>147169</x:v>
+        <x:v>27533</x:v>
       </x:c>
       <x:c r="G1254" s="0" t="n">
-        <x:v>32851209558.7569</x:v>
+        <x:v>3699178238.26345</x:v>
       </x:c>
       <x:c r="H1254" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:20">
       <x:c r="A1255" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1255" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1255" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1255" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1255" s="0" t="n">
-        <x:v>4703</x:v>
+        <x:v>9821</x:v>
       </x:c>
       <x:c r="F1255" s="0" t="n">
-        <x:v>8317</x:v>
+        <x:v>28140</x:v>
       </x:c>
       <x:c r="G1255" s="0" t="n">
-        <x:v>17963348337.5687</x:v>
+        <x:v>11510684764.5856</x:v>
       </x:c>
       <x:c r="H1255" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:20">
       <x:c r="A1256" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1256" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1256" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1256" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1256" s="0" t="n">
-        <x:v>280343</x:v>
+        <x:v>10684</x:v>
       </x:c>
       <x:c r="F1256" s="0" t="n">
-        <x:v>708016</x:v>
+        <x:v>32658</x:v>
       </x:c>
       <x:c r="G1256" s="0" t="n">
-        <x:v>39248820305.0474</x:v>
+        <x:v>7387735112.53007</x:v>
       </x:c>
       <x:c r="H1256" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:20">
       <x:c r="A1257" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1257" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1257" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1257" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1257" s="0" t="n">
-        <x:v>411013</x:v>
+        <x:v>11408</x:v>
       </x:c>
       <x:c r="F1257" s="0" t="n">
-        <x:v>1831297</x:v>
+        <x:v>30654</x:v>
       </x:c>
       <x:c r="G1257" s="0" t="n">
-        <x:v>194812331069.623</x:v>
+        <x:v>7622998116.79141</x:v>
       </x:c>
       <x:c r="H1257" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:20">
       <x:c r="A1258" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1258" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1258" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1258" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1258" s="0" t="n">
-        <x:v>386745</x:v>
+        <x:v>12248</x:v>
       </x:c>
       <x:c r="F1258" s="0" t="n">
-        <x:v>2329145</x:v>
+        <x:v>34833</x:v>
       </x:c>
       <x:c r="G1258" s="0" t="n">
-        <x:v>476957502640.795</x:v>
+        <x:v>9730386121.66098</x:v>
       </x:c>
       <x:c r="H1258" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:20">
       <x:c r="A1259" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1259" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1259" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1259" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1259" s="0" t="n">
-        <x:v>289509</x:v>
+        <x:v>16513</x:v>
       </x:c>
       <x:c r="F1259" s="0" t="n">
-        <x:v>1916010</x:v>
+        <x:v>54437</x:v>
       </x:c>
       <x:c r="G1259" s="0" t="n">
-        <x:v>724242981875.266</x:v>
+        <x:v>13201619885.378</x:v>
       </x:c>
       <x:c r="H1259" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:20">
       <x:c r="A1260" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1260" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1260" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1260" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1260" s="0" t="n">
-        <x:v>296859</x:v>
+        <x:v>17689</x:v>
       </x:c>
       <x:c r="F1260" s="0" t="n">
-        <x:v>1488352</x:v>
+        <x:v>58245</x:v>
       </x:c>
       <x:c r="G1260" s="0" t="n">
-        <x:v>1389443086938.38</x:v>
+        <x:v>17179522933.2383</x:v>
       </x:c>
       <x:c r="H1260" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:20">
       <x:c r="A1261" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1261" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1261" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1261" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>18043</x:v>
       </x:c>
       <x:c r="F1261" s="0" t="n">
-        <x:v>1051325</x:v>
+        <x:v>56349</x:v>
       </x:c>
       <x:c r="G1261" s="0" t="n">
-        <x:v>467633870317.323</x:v>
+        <x:v>15751122250.0777</x:v>
       </x:c>
       <x:c r="H1261" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:20">
       <x:c r="A1262" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1262" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1262" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1262" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1262" s="0" t="n">
-        <x:v>14539</x:v>
+        <x:v>20360</x:v>
       </x:c>
       <x:c r="F1262" s="0" t="n">
-        <x:v>33145</x:v>
+        <x:v>64823</x:v>
       </x:c>
       <x:c r="G1262" s="0" t="n">
-        <x:v>1332614462166.95</x:v>
+        <x:v>11639328162.4214</x:v>
       </x:c>
       <x:c r="H1262" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:20">
       <x:c r="A1263" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1263" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1263" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1263" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1263" s="0" t="n">
-        <x:v>202260</x:v>
+        <x:v>3853</x:v>
       </x:c>
       <x:c r="F1263" s="0" t="n">
-        <x:v>889794</x:v>
+        <x:v>10865</x:v>
       </x:c>
       <x:c r="G1263" s="0" t="n">
-        <x:v>220687065168.448</x:v>
+        <x:v>2908101894.48456</x:v>
       </x:c>
       <x:c r="H1263" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:20">
       <x:c r="A1264" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1264" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1264" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1264" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1264" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>10904</x:v>
       </x:c>
       <x:c r="F1264" s="0" t="n">
-        <x:v>1051325</x:v>
+        <x:v>34268</x:v>
       </x:c>
       <x:c r="G1264" s="0" t="n">
-        <x:v>467633870317.323</x:v>
+        <x:v>10864276540.2887</x:v>
       </x:c>
       <x:c r="H1264" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:20">
       <x:c r="A1265" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1265" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1265" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1265" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1265" s="0" t="n">
-        <x:v>14539</x:v>
+        <x:v>33007</x:v>
       </x:c>
       <x:c r="F1265" s="0" t="n">
-        <x:v>33145</x:v>
+        <x:v>136081</x:v>
       </x:c>
       <x:c r="G1265" s="0" t="n">
-        <x:v>1332614462166.95</x:v>
+        <x:v>25522576794.855</x:v>
       </x:c>
       <x:c r="H1265" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:20">
       <x:c r="A1266" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1266" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1266" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1266" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1266" s="0" t="n">
-        <x:v>1871432</x:v>
+        <x:v>75291</x:v>
       </x:c>
       <x:c r="F1266" s="0" t="n">
-        <x:v>9170931</x:v>
+        <x:v>283996</x:v>
       </x:c>
       <x:c r="G1266" s="0" t="n">
-        <x:v>3063355136335.09</x:v>
+        <x:v>78476883236.5921</x:v>
       </x:c>
       <x:c r="H1266" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:20">
       <x:c r="A1267" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1267" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1267" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1267" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1267" s="0" t="n">
-        <x:v>1885998</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="F1267" s="0" t="n">
-        <x:v>10255401</x:v>
+        <x:v>5229</x:v>
       </x:c>
       <x:c r="G1267" s="0" t="n">
-        <x:v>4863603468819.37</x:v>
+        <x:v>745079547.72257</x:v>
       </x:c>
       <x:c r="H1267" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:20">
       <x:c r="A1268" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1268" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1268" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1268" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1268" s="0" t="n">
-        <x:v>25306</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="F1268" s="0" t="n">
-        <x:v>92673</x:v>
+        <x:v>5355</x:v>
       </x:c>
       <x:c r="G1268" s="0" t="n">
-        <x:v>47153726907.1367</x:v>
+        <x:v>563321696.81059</x:v>
       </x:c>
       <x:c r="H1268" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:20">
       <x:c r="A1269" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1269" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1269" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1269" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1269" s="0" t="n">
-        <x:v>33416</x:v>
+        <x:v>2781</x:v>
       </x:c>
       <x:c r="F1269" s="0" t="n">
-        <x:v>124196</x:v>
+        <x:v>7435</x:v>
       </x:c>
       <x:c r="G1269" s="0" t="n">
-        <x:v>37245568962.8766</x:v>
+        <x:v>1564301533.05493</x:v>
       </x:c>
       <x:c r="H1269" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:20">
       <x:c r="A1270" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1270" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1270" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1270" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1270" s="0" t="n">
-        <x:v>77773</x:v>
+        <x:v>3130</x:v>
       </x:c>
       <x:c r="F1270" s="0" t="n">
-        <x:v>312118</x:v>
+        <x:v>7318</x:v>
       </x:c>
       <x:c r="G1270" s="0" t="n">
-        <x:v>68922268113.5855</x:v>
+        <x:v>1127949350.31715</x:v>
       </x:c>
       <x:c r="H1270" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:20">
       <x:c r="A1271" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1271" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1271" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1271" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1271" s="0" t="n">
-        <x:v>95776</x:v>
+        <x:v>3894</x:v>
       </x:c>
       <x:c r="F1271" s="0" t="n">
-        <x:v>438330</x:v>
+        <x:v>10352</x:v>
       </x:c>
       <x:c r="G1271" s="0" t="n">
-        <x:v>149608513381.571</x:v>
+        <x:v>3245244992.84485</x:v>
       </x:c>
       <x:c r="H1271" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:20">
       <x:c r="A1272" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1272" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1272" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1272" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1272" s="0" t="n">
-        <x:v>136113</x:v>
+        <x:v>4914</x:v>
       </x:c>
       <x:c r="F1272" s="0" t="n">
-        <x:v>688832</x:v>
+        <x:v>12614</x:v>
       </x:c>
       <x:c r="G1272" s="0" t="n">
-        <x:v>161514499730.41</x:v>
+        <x:v>2536625190.17665</x:v>
       </x:c>
       <x:c r="H1272" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:20">
       <x:c r="A1273" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1273" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1273" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1273" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1273" s="0" t="n">
-        <x:v>791818</x:v>
+        <x:v>4951</x:v>
       </x:c>
       <x:c r="F1273" s="0" t="n">
-        <x:v>4763793</x:v>
+        <x:v>11962</x:v>
       </x:c>
       <x:c r="G1273" s="0" t="n">
-        <x:v>1928925369734.85</x:v>
+        <x:v>1284611106.78428</x:v>
       </x:c>
       <x:c r="H1273" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:20">
       <x:c r="A1274" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1274" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1274" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1274" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1274" s="0" t="n">
-        <x:v>1750</x:v>
+        <x:v>5549</x:v>
       </x:c>
       <x:c r="F1274" s="0" t="n">
-        <x:v>4349</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="G1274" s="0" t="n">
-        <x:v>490308824.10249</x:v>
+        <x:v>2558027724.87056</x:v>
       </x:c>
       <x:c r="H1274" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:20">
       <x:c r="A1275" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1275" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1275" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1275" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1275" s="0" t="n">
-        <x:v>3211</x:v>
+        <x:v>6245</x:v>
       </x:c>
       <x:c r="F1275" s="0" t="n">
-        <x:v>8383</x:v>
+        <x:v>15345</x:v>
       </x:c>
       <x:c r="G1275" s="0" t="n">
-        <x:v>1246396799.49708</x:v>
+        <x:v>3550821615.3639</x:v>
       </x:c>
       <x:c r="H1275" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:20">
       <x:c r="A1276" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1276" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1276" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1276" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1276" s="0" t="n">
-        <x:v>5427</x:v>
+        <x:v>7430</x:v>
       </x:c>
       <x:c r="F1276" s="0" t="n">
-        <x:v>15163</x:v>
+        <x:v>19620</x:v>
       </x:c>
       <x:c r="G1276" s="0" t="n">
-        <x:v>2228827635.80152</x:v>
+        <x:v>3870868439.41993</x:v>
       </x:c>
       <x:c r="H1276" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:20">
       <x:c r="A1277" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1277" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1277" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1277" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1277" s="0" t="n">
-        <x:v>5457</x:v>
+        <x:v>7817</x:v>
       </x:c>
       <x:c r="F1277" s="0" t="n">
-        <x:v>15043</x:v>
+        <x:v>20385</x:v>
       </x:c>
       <x:c r="G1277" s="0" t="n">
-        <x:v>1560769540.83383</x:v>
+        <x:v>3127262986.14765</x:v>
       </x:c>
       <x:c r="H1277" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:20">
       <x:c r="A1278" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1278" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1278" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1278" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1278" s="0" t="n">
-        <x:v>5840</x:v>
+        <x:v>8080</x:v>
       </x:c>
       <x:c r="F1278" s="0" t="n">
-        <x:v>16284</x:v>
+        <x:v>20540</x:v>
       </x:c>
       <x:c r="G1278" s="0" t="n">
-        <x:v>3302101317.04994</x:v>
+        <x:v>2323474292.21448</x:v>
       </x:c>
       <x:c r="H1278" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:20">
       <x:c r="A1279" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1279" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1279" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1279" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1279" s="0" t="n">
-        <x:v>5852</x:v>
+        <x:v>8680</x:v>
       </x:c>
       <x:c r="F1279" s="0" t="n">
-        <x:v>16019</x:v>
+        <x:v>22968</x:v>
       </x:c>
       <x:c r="G1279" s="0" t="n">
-        <x:v>2846876644.86834</x:v>
+        <x:v>3636710821.78553</x:v>
       </x:c>
       <x:c r="H1279" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:20">
       <x:c r="A1280" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1280" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1280" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1280" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1280" s="0" t="n">
-        <x:v>6302</x:v>
+        <x:v>9462</x:v>
       </x:c>
       <x:c r="F1280" s="0" t="n">
-        <x:v>17702</x:v>
+        <x:v>27281</x:v>
       </x:c>
       <x:c r="G1280" s="0" t="n">
-        <x:v>3770252776.33545</x:v>
+        <x:v>5825819597.80531</x:v>
       </x:c>
       <x:c r="H1280" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:20">
       <x:c r="A1281" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1281" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1281" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1281" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1281" s="0" t="n">
-        <x:v>6304</x:v>
+        <x:v>9958</x:v>
       </x:c>
       <x:c r="F1281" s="0" t="n">
-        <x:v>17598</x:v>
+        <x:v>25578</x:v>
       </x:c>
       <x:c r="G1281" s="0" t="n">
-        <x:v>2909457199.0338</x:v>
+        <x:v>5377200582.97646</x:v>
       </x:c>
       <x:c r="H1281" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:20">
       <x:c r="A1282" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1282" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1282" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1282" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1282" s="0" t="n">
-        <x:v>6667</x:v>
+        <x:v>10256</x:v>
       </x:c>
       <x:c r="F1282" s="0" t="n">
-        <x:v>19006</x:v>
+        <x:v>27410</x:v>
       </x:c>
       <x:c r="G1282" s="0" t="n">
-        <x:v>1998289359.79958</x:v>
+        <x:v>5062437902.78816</x:v>
       </x:c>
       <x:c r="H1282" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:20">
       <x:c r="A1283" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1283" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1283" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1283" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1283" s="0" t="n">
-        <x:v>6959</x:v>
+        <x:v>15607</x:v>
       </x:c>
       <x:c r="F1283" s="0" t="n">
-        <x:v>18575</x:v>
+        <x:v>48465</x:v>
       </x:c>
       <x:c r="G1283" s="0" t="n">
-        <x:v>2649760917.42037</x:v>
+        <x:v>9742959311.11318</x:v>
       </x:c>
       <x:c r="H1283" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:20">
       <x:c r="A1284" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1284" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1284" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1284" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1284" s="0" t="n">
-        <x:v>8220</x:v>
+        <x:v>16676</x:v>
       </x:c>
       <x:c r="F1284" s="0" t="n">
-        <x:v>23583</x:v>
+        <x:v>47354</x:v>
       </x:c>
       <x:c r="G1284" s="0" t="n">
-        <x:v>3140974748.96996</x:v>
+        <x:v>11153921797.449</x:v>
       </x:c>
       <x:c r="H1284" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:20">
       <x:c r="A1285" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1285" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1285" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1285" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1285" s="0" t="n">
-        <x:v>9738</x:v>
+        <x:v>28129</x:v>
       </x:c>
       <x:c r="F1285" s="0" t="n">
-        <x:v>24590</x:v>
+        <x:v>100157</x:v>
       </x:c>
       <x:c r="G1285" s="0" t="n">
-        <x:v>5073954637.65396</x:v>
+        <x:v>22039535139.1983</x:v>
       </x:c>
       <x:c r="H1285" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:20">
       <x:c r="A1286" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1286" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1286" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1286" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1286" s="0" t="n">
-        <x:v>14382</x:v>
+        <x:v>33121</x:v>
       </x:c>
       <x:c r="F1286" s="0" t="n">
-        <x:v>44814</x:v>
+        <x:v>107050</x:v>
       </x:c>
       <x:c r="G1286" s="0" t="n">
-        <x:v>7450219805.94386</x:v>
+        <x:v>25943422181.797</x:v>
       </x:c>
       <x:c r="H1286" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:20">
       <x:c r="A1287" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1287" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1287" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1287" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1287" s="0" t="n">
-        <x:v>14481</x:v>
+        <x:v>2780</x:v>
       </x:c>
       <x:c r="F1287" s="0" t="n">
-        <x:v>43463</x:v>
+        <x:v>8639</x:v>
       </x:c>
       <x:c r="G1287" s="0" t="n">
-        <x:v>11161055687.2829</x:v>
+        <x:v>5686899623.57295</x:v>
       </x:c>
       <x:c r="H1287" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:20">
       <x:c r="A1288" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1288" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1288" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1288" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1288" s="0" t="n">
-        <x:v>15365</x:v>
+        <x:v>2844</x:v>
       </x:c>
       <x:c r="F1288" s="0" t="n">
-        <x:v>51753</x:v>
+        <x:v>8276</x:v>
       </x:c>
       <x:c r="G1288" s="0" t="n">
-        <x:v>8225318418.11196</x:v>
+        <x:v>1286654914.86568</x:v>
       </x:c>
       <x:c r="H1288" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:20">
       <x:c r="A1289" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1289" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1289" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1289" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1289" s="0" t="n">
-        <x:v>17819</x:v>
+        <x:v>4288</x:v>
       </x:c>
       <x:c r="F1289" s="0" t="n">
-        <x:v>51268</x:v>
+        <x:v>11507</x:v>
       </x:c>
       <x:c r="G1289" s="0" t="n">
-        <x:v>10791819154.0058</x:v>
+        <x:v>2444159148.03911</x:v>
       </x:c>
       <x:c r="H1289" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:20">
       <x:c r="A1290" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1290" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1290" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1290" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1290" s="0" t="n">
-        <x:v>54597</x:v>
+        <x:v>4817</x:v>
       </x:c>
       <x:c r="F1290" s="0" t="n">
-        <x:v>204609</x:v>
+        <x:v>13933</x:v>
       </x:c>
       <x:c r="G1290" s="0" t="n">
-        <x:v>46483953907.6726</x:v>
+        <x:v>3691677498.84686</x:v>
       </x:c>
       <x:c r="H1290" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:20">
       <x:c r="A1291" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1291" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1291" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1291" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1291" s="0" t="n">
-        <x:v>3806</x:v>
+        <x:v>5075</x:v>
       </x:c>
       <x:c r="F1291" s="0" t="n">
-        <x:v>11695</x:v>
+        <x:v>14826</x:v>
       </x:c>
       <x:c r="G1291" s="0" t="n">
-        <x:v>2544144940.20339</x:v>
+        <x:v>3234174531.99622</x:v>
       </x:c>
       <x:c r="H1291" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:20">
       <x:c r="A1292" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1292" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1292" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1292" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1292" s="0" t="n">
-        <x:v>4267</x:v>
+        <x:v>5430</x:v>
       </x:c>
       <x:c r="F1292" s="0" t="n">
-        <x:v>10607</x:v>
+        <x:v>17295</x:v>
       </x:c>
       <x:c r="G1292" s="0" t="n">
-        <x:v>1826793368.23634</x:v>
+        <x:v>5462129650.23939</x:v>
       </x:c>
       <x:c r="H1292" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:20">
       <x:c r="A1293" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1293" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1293" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1293" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1293" s="0" t="n">
-        <x:v>4300</x:v>
+        <x:v>5457</x:v>
       </x:c>
       <x:c r="F1293" s="0" t="n">
-        <x:v>12035</x:v>
+        <x:v>13931</x:v>
       </x:c>
       <x:c r="G1293" s="0" t="n">
-        <x:v>2450347021.13786</x:v>
+        <x:v>2817509111.93356</x:v>
       </x:c>
       <x:c r="H1293" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:20">
       <x:c r="A1294" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1294" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1294" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1294" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1294" s="0" t="n">
-        <x:v>4412</x:v>
+        <x:v>5764</x:v>
       </x:c>
       <x:c r="F1294" s="0" t="n">
-        <x:v>11936</x:v>
+        <x:v>16515</x:v>
       </x:c>
       <x:c r="G1294" s="0" t="n">
-        <x:v>2309098309.60212</x:v>
+        <x:v>1957100965.96846</x:v>
       </x:c>
       <x:c r="H1294" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:20">
       <x:c r="A1295" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1295" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1295" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1295" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1295" s="0" t="n">
-        <x:v>5084</x:v>
+        <x:v>7228</x:v>
       </x:c>
       <x:c r="F1295" s="0" t="n">
-        <x:v>14922</x:v>
+        <x:v>19533</x:v>
       </x:c>
       <x:c r="G1295" s="0" t="n">
-        <x:v>3591245538.74964</x:v>
+        <x:v>5615624770.76004</x:v>
       </x:c>
       <x:c r="H1295" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:20">
       <x:c r="A1296" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1296" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1296" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1296" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1296" s="0" t="n">
-        <x:v>5344</x:v>
+        <x:v>9002</x:v>
       </x:c>
       <x:c r="F1296" s="0" t="n">
-        <x:v>13183</x:v>
+        <x:v>30091</x:v>
       </x:c>
       <x:c r="G1296" s="0" t="n">
-        <x:v>3968445911.09201</x:v>
+        <x:v>8273476658.66779</x:v>
       </x:c>
       <x:c r="H1296" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:20">
       <x:c r="A1297" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1297" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1297" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1297" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1297" s="0" t="n">
-        <x:v>8718</x:v>
+        <x:v>18161</x:v>
       </x:c>
       <x:c r="F1297" s="0" t="n">
-        <x:v>25425</x:v>
+        <x:v>53827</x:v>
       </x:c>
       <x:c r="G1297" s="0" t="n">
-        <x:v>6151642916.30836</x:v>
+        <x:v>10317772834.375</x:v>
       </x:c>
       <x:c r="H1297" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:20">
       <x:c r="A1298" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1298" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1298" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1298" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1298" s="0" t="n">
-        <x:v>9436</x:v>
+        <x:v>18174</x:v>
       </x:c>
       <x:c r="F1298" s="0" t="n">
-        <x:v>28251</x:v>
+        <x:v>53375</x:v>
       </x:c>
       <x:c r="G1298" s="0" t="n">
-        <x:v>3786101026.74822</x:v>
+        <x:v>16357729041.937</x:v>
       </x:c>
       <x:c r="H1298" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:20">
       <x:c r="A1299" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1299" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1299" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1299" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1299" s="0" t="n">
-        <x:v>10171</x:v>
+        <x:v>20160</x:v>
       </x:c>
       <x:c r="F1299" s="0" t="n">
-        <x:v>28974</x:v>
+        <x:v>71003</x:v>
       </x:c>
       <x:c r="G1299" s="0" t="n">
-        <x:v>11667692859.0966</x:v>
+        <x:v>26941758575.5561</x:v>
       </x:c>
       <x:c r="H1299" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:20">
       <x:c r="A1300" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1300" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C1300" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1300" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1300" s="0" t="n">
-        <x:v>10996</x:v>
+        <x:v>39161</x:v>
       </x:c>
       <x:c r="F1300" s="0" t="n">
-        <x:v>33321</x:v>
+        <x:v>147169</x:v>
       </x:c>
       <x:c r="G1300" s="0" t="n">
-        <x:v>7641568031.69402</x:v>
+        <x:v>32851209558.7569</x:v>
       </x:c>
       <x:c r="H1300" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:20">
       <x:c r="A1301" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1301" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1301" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1301" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E1301" s="0" t="n">
-        <x:v>11749</x:v>
+        <x:v>4703</x:v>
       </x:c>
       <x:c r="F1301" s="0" t="n">
-        <x:v>31421</x:v>
+        <x:v>8317</x:v>
       </x:c>
       <x:c r="G1301" s="0" t="n">
-        <x:v>7669854315.94451</x:v>
+        <x:v>17963348337.5687</x:v>
       </x:c>
       <x:c r="H1301" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:20">
       <x:c r="A1302" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1302" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1302" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1302" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E1302" s="0" t="n">
-        <x:v>12591</x:v>
+        <x:v>280343</x:v>
       </x:c>
       <x:c r="F1302" s="0" t="n">
-        <x:v>35598</x:v>
+        <x:v>708016</x:v>
       </x:c>
       <x:c r="G1302" s="0" t="n">
-        <x:v>9852345457.85025</x:v>
+        <x:v>39248820305.0474</x:v>
       </x:c>
       <x:c r="H1302" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:20">
       <x:c r="A1303" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1303" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1303" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1303" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E1303" s="0" t="n">
-        <x:v>16866</x:v>
+        <x:v>411013</x:v>
       </x:c>
       <x:c r="F1303" s="0" t="n">
-        <x:v>55352</x:v>
+        <x:v>1831297</x:v>
       </x:c>
       <x:c r="G1303" s="0" t="n">
-        <x:v>13239552728.6224</x:v>
+        <x:v>194812331069.623</x:v>
       </x:c>
       <x:c r="H1303" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:20">
       <x:c r="A1304" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1304" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1304" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1304" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E1304" s="0" t="n">
-        <x:v>18060</x:v>
+        <x:v>386745</x:v>
       </x:c>
       <x:c r="F1304" s="0" t="n">
-        <x:v>59352</x:v>
+        <x:v>2329145</x:v>
       </x:c>
       <x:c r="G1304" s="0" t="n">
-        <x:v>17791026034.0176</x:v>
+        <x:v>476957502640.795</x:v>
       </x:c>
       <x:c r="H1304" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:20">
       <x:c r="A1305" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1305" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1305" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1305" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E1305" s="0" t="n">
-        <x:v>18557</x:v>
+        <x:v>289509</x:v>
       </x:c>
       <x:c r="F1305" s="0" t="n">
-        <x:v>57609</x:v>
+        <x:v>1916010</x:v>
       </x:c>
       <x:c r="G1305" s="0" t="n">
-        <x:v>16260922962.1618</x:v>
+        <x:v>724242981875.266</x:v>
       </x:c>
       <x:c r="H1305" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:20">
       <x:c r="A1306" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1306" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1306" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1306" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E1306" s="0" t="n">
-        <x:v>20897</x:v>
+        <x:v>296859</x:v>
       </x:c>
       <x:c r="F1306" s="0" t="n">
-        <x:v>66004</x:v>
+        <x:v>1488352</x:v>
       </x:c>
       <x:c r="G1306" s="0" t="n">
-        <x:v>11853619317.2824</x:v>
+        <x:v>1389443086938.38</x:v>
       </x:c>
       <x:c r="H1306" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:20">
       <x:c r="A1307" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1307" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1307" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E1307" s="0" t="n">
-        <x:v>3998</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F1307" s="0" t="n">
-        <x:v>11271</x:v>
+        <x:v>1051325</x:v>
       </x:c>
       <x:c r="G1307" s="0" t="n">
-        <x:v>3013172853.5658</x:v>
+        <x:v>467633870317.323</x:v>
       </x:c>
       <x:c r="H1307" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:20">
       <x:c r="A1308" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1308" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1308" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1308" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1308" s="0" t="n">
-        <x:v>11215</x:v>
+        <x:v>14539</x:v>
       </x:c>
       <x:c r="F1308" s="0" t="n">
-        <x:v>35007</x:v>
+        <x:v>33145</x:v>
       </x:c>
       <x:c r="G1308" s="0" t="n">
-        <x:v>11344373102.1274</x:v>
+        <x:v>1332614462166.95</x:v>
       </x:c>
       <x:c r="H1308" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:20">
       <x:c r="A1309" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1309" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1309" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1309" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E1309" s="0" t="n">
-        <x:v>33870</x:v>
+        <x:v>202260</x:v>
       </x:c>
       <x:c r="F1309" s="0" t="n">
-        <x:v>138029</x:v>
+        <x:v>889794</x:v>
       </x:c>
       <x:c r="G1309" s="0" t="n">
-        <x:v>25638844596.589</x:v>
+        <x:v>220687065168.448</x:v>
       </x:c>
       <x:c r="H1309" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:20">
       <x:c r="A1310" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1310" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1310" s="0" t="s">
-        <x:v>8</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1310" s="0" t="n">
-        <x:v>77314</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F1310" s="0" t="n">
-        <x:v>289343</x:v>
+        <x:v>1051325</x:v>
       </x:c>
       <x:c r="G1310" s="0" t="n">
-        <x:v>79494633882.9328</x:v>
+        <x:v>467633870317.323</x:v>
       </x:c>
       <x:c r="H1310" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:20">
       <x:c r="A1311" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1311" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1311" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1311" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1311" s="0" t="n">
-        <x:v>2324</x:v>
+        <x:v>14539</x:v>
       </x:c>
       <x:c r="F1311" s="0" t="n">
-        <x:v>5518</x:v>
+        <x:v>33145</x:v>
       </x:c>
       <x:c r="G1311" s="0" t="n">
-        <x:v>574866263.11223</x:v>
+        <x:v>1332614462166.95</x:v>
       </x:c>
       <x:c r="H1311" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:20">
       <x:c r="A1312" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1312" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1312" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1312" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E1312" s="0" t="n">
-        <x:v>2363</x:v>
+        <x:v>1871432</x:v>
       </x:c>
       <x:c r="F1312" s="0" t="n">
-        <x:v>5543</x:v>
+        <x:v>9170931</x:v>
       </x:c>
       <x:c r="G1312" s="0" t="n">
-        <x:v>657637684.23303</x:v>
+        <x:v>3063355136335.09</x:v>
       </x:c>
       <x:c r="H1312" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:20">
       <x:c r="A1313" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1313" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1313" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1313" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1313" s="0" t="n">
-        <x:v>2913</x:v>
+        <x:v>1885998</x:v>
       </x:c>
       <x:c r="F1313" s="0" t="n">
-        <x:v>7765</x:v>
+        <x:v>10255401</x:v>
       </x:c>
       <x:c r="G1313" s="0" t="n">
-        <x:v>1662483758.53044</x:v>
+        <x:v>4863603468819.37</x:v>
       </x:c>
       <x:c r="H1313" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:20">
       <x:c r="A1314" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1314" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1314" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1314" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1314" s="0" t="n">
-        <x:v>3286</x:v>
+        <x:v>25306</x:v>
       </x:c>
       <x:c r="F1314" s="0" t="n">
-        <x:v>7719</x:v>
+        <x:v>92673</x:v>
       </x:c>
       <x:c r="G1314" s="0" t="n">
-        <x:v>1294669890.0724</x:v>
+        <x:v>47153726907.1367</x:v>
       </x:c>
       <x:c r="H1314" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:20">
       <x:c r="A1315" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1315" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1315" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1315" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1315" s="0" t="n">
-        <x:v>4080</x:v>
+        <x:v>33416</x:v>
       </x:c>
       <x:c r="F1315" s="0" t="n">
-        <x:v>10701</x:v>
+        <x:v>124196</x:v>
       </x:c>
       <x:c r="G1315" s="0" t="n">
-        <x:v>3352541332.84716</x:v>
+        <x:v>37245568962.8766</x:v>
       </x:c>
       <x:c r="H1315" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:20">
       <x:c r="A1316" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1316" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1316" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1316" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1316" s="0" t="n">
-        <x:v>5126</x:v>
+        <x:v>77773</x:v>
       </x:c>
       <x:c r="F1316" s="0" t="n">
-        <x:v>13216</x:v>
+        <x:v>312118</x:v>
       </x:c>
       <x:c r="G1316" s="0" t="n">
-        <x:v>2624774910.1121</x:v>
+        <x:v>68922268113.5855</x:v>
       </x:c>
       <x:c r="H1316" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:20">
       <x:c r="A1317" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1317" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1317" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1317" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1317" s="0" t="n">
-        <x:v>5252</x:v>
+        <x:v>95776</x:v>
       </x:c>
       <x:c r="F1317" s="0" t="n">
-        <x:v>12631</x:v>
+        <x:v>438330</x:v>
       </x:c>
       <x:c r="G1317" s="0" t="n">
-        <x:v>1443478845.89071</x:v>
+        <x:v>149608513381.571</x:v>
       </x:c>
       <x:c r="H1317" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:20">
       <x:c r="A1318" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1318" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1318" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1318" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1318" s="0" t="n">
-        <x:v>5768</x:v>
+        <x:v>136113</x:v>
       </x:c>
       <x:c r="F1318" s="0" t="n">
-        <x:v>15040</x:v>
+        <x:v>688832</x:v>
       </x:c>
       <x:c r="G1318" s="0" t="n">
-        <x:v>2729583599.70786</x:v>
+        <x:v>161514499730.41</x:v>
       </x:c>
       <x:c r="H1318" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:20">
       <x:c r="A1319" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1319" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1319" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1319" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1319" s="0" t="n">
-        <x:v>6585</x:v>
+        <x:v>791818</x:v>
       </x:c>
       <x:c r="F1319" s="0" t="n">
-        <x:v>16105</x:v>
+        <x:v>4763793</x:v>
       </x:c>
       <x:c r="G1319" s="0" t="n">
-        <x:v>3641653199.16609</x:v>
+        <x:v>1928925369734.85</x:v>
       </x:c>
       <x:c r="H1319" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:20">
       <x:c r="A1320" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1320" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1320" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1320" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1320" s="0" t="n">
-        <x:v>7804</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="F1320" s="0" t="n">
-        <x:v>20513</x:v>
+        <x:v>4349</x:v>
       </x:c>
       <x:c r="G1320" s="0" t="n">
-        <x:v>4128225021.74219</x:v>
+        <x:v>490308824.10249</x:v>
       </x:c>
       <x:c r="H1320" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:20">
       <x:c r="A1321" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1321" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1321" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1321" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1321" s="0" t="n">
-        <x:v>8116</x:v>
+        <x:v>3211</x:v>
       </x:c>
       <x:c r="F1321" s="0" t="n">
-        <x:v>20967</x:v>
+        <x:v>8383</x:v>
       </x:c>
       <x:c r="G1321" s="0" t="n">
-        <x:v>3199974735.31886</x:v>
+        <x:v>1246396799.49708</x:v>
       </x:c>
       <x:c r="H1321" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:20">
       <x:c r="A1322" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1322" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1322" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1322" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1322" s="0" t="n">
-        <x:v>8480</x:v>
+        <x:v>5427</x:v>
       </x:c>
       <x:c r="F1322" s="0" t="n">
-        <x:v>21406</x:v>
+        <x:v>15163</x:v>
       </x:c>
       <x:c r="G1322" s="0" t="n">
-        <x:v>2515423134.70125</x:v>
+        <x:v>2228827635.80152</x:v>
       </x:c>
       <x:c r="H1322" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:20">
       <x:c r="A1323" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1323" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1323" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1323" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1323" s="0" t="n">
-        <x:v>9117</x:v>
+        <x:v>5457</x:v>
       </x:c>
       <x:c r="F1323" s="0" t="n">
-        <x:v>23929</x:v>
+        <x:v>15043</x:v>
       </x:c>
       <x:c r="G1323" s="0" t="n">
-        <x:v>3864912442.82216</x:v>
+        <x:v>1560769540.83383</x:v>
       </x:c>
       <x:c r="H1323" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:20">
       <x:c r="A1324" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1324" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1324" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1324" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1324" s="0" t="n">
-        <x:v>9857</x:v>
+        <x:v>5840</x:v>
       </x:c>
       <x:c r="F1324" s="0" t="n">
-        <x:v>28246</x:v>
+        <x:v>16284</x:v>
       </x:c>
       <x:c r="G1324" s="0" t="n">
-        <x:v>6094199048.38895</x:v>
+        <x:v>3302101317.04994</x:v>
       </x:c>
       <x:c r="H1324" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:20">
       <x:c r="A1325" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1325" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1325" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1325" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1325" s="0" t="n">
-        <x:v>10431</x:v>
+        <x:v>5852</x:v>
       </x:c>
       <x:c r="F1325" s="0" t="n">
-        <x:v>26589</x:v>
+        <x:v>16019</x:v>
       </x:c>
       <x:c r="G1325" s="0" t="n">
-        <x:v>5303170299.51558</x:v>
+        <x:v>2846876644.86834</x:v>
       </x:c>
       <x:c r="H1325" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:20">
       <x:c r="A1326" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1326" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1326" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1326" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1326" s="0" t="n">
-        <x:v>10784</x:v>
+        <x:v>6302</x:v>
       </x:c>
       <x:c r="F1326" s="0" t="n">
-        <x:v>28497</x:v>
+        <x:v>17702</x:v>
       </x:c>
       <x:c r="G1326" s="0" t="n">
-        <x:v>5119789121.99582</x:v>
+        <x:v>3770252776.33545</x:v>
       </x:c>
       <x:c r="H1326" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:20">
       <x:c r="A1327" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1327" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1327" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1327" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1327" s="0" t="n">
-        <x:v>16265</x:v>
+        <x:v>6304</x:v>
       </x:c>
       <x:c r="F1327" s="0" t="n">
-        <x:v>50019</x:v>
+        <x:v>17598</x:v>
       </x:c>
       <x:c r="G1327" s="0" t="n">
-        <x:v>10081787731.3967</x:v>
+        <x:v>2909457199.0338</x:v>
       </x:c>
       <x:c r="H1327" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:20">
       <x:c r="A1328" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1328" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1328" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1328" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1328" s="0" t="n">
-        <x:v>17336</x:v>
+        <x:v>6667</x:v>
       </x:c>
       <x:c r="F1328" s="0" t="n">
-        <x:v>49039</x:v>
+        <x:v>19006</x:v>
       </x:c>
       <x:c r="G1328" s="0" t="n">
-        <x:v>11677147415.4728</x:v>
+        <x:v>1998289359.79958</x:v>
       </x:c>
       <x:c r="H1328" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:20">
       <x:c r="A1329" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1329" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1329" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1329" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1329" s="0" t="n">
-        <x:v>29021</x:v>
+        <x:v>6959</x:v>
       </x:c>
       <x:c r="F1329" s="0" t="n">
-        <x:v>102566</x:v>
+        <x:v>18575</x:v>
       </x:c>
       <x:c r="G1329" s="0" t="n">
-        <x:v>22588430031.6848</x:v>
+        <x:v>2649760917.42037</x:v>
       </x:c>
       <x:c r="H1329" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:20">
       <x:c r="A1330" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1330" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1330" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1330" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1330" s="0" t="n">
-        <x:v>34244</x:v>
+        <x:v>8220</x:v>
       </x:c>
       <x:c r="F1330" s="0" t="n">
-        <x:v>109829</x:v>
+        <x:v>23583</x:v>
       </x:c>
       <x:c r="G1330" s="0" t="n">
-        <x:v>26503830194.0554</x:v>
+        <x:v>3140974748.96996</x:v>
       </x:c>
       <x:c r="H1330" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:20">
       <x:c r="A1331" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1331" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1331" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1331" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1331" s="0" t="n">
-        <x:v>2855</x:v>
+        <x:v>9738</x:v>
       </x:c>
       <x:c r="F1331" s="0" t="n">
-        <x:v>8817</x:v>
+        <x:v>24590</x:v>
       </x:c>
       <x:c r="G1331" s="0" t="n">
-        <x:v>5577209467.95567</x:v>
+        <x:v>5073954637.65396</x:v>
       </x:c>
       <x:c r="H1331" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:20">
       <x:c r="A1332" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1332" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1332" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1332" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1332" s="0" t="n">
-        <x:v>2931</x:v>
+        <x:v>14382</x:v>
       </x:c>
       <x:c r="F1332" s="0" t="n">
-        <x:v>8483</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="G1332" s="0" t="n">
-        <x:v>1315602968.42222</x:v>
+        <x:v>7450219805.94386</x:v>
       </x:c>
       <x:c r="H1332" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:20">
       <x:c r="A1333" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1333" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1333" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1333" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1333" s="0" t="n">
-        <x:v>4400</x:v>
+        <x:v>14481</x:v>
       </x:c>
       <x:c r="F1333" s="0" t="n">
-        <x:v>11800</x:v>
+        <x:v>43463</x:v>
       </x:c>
       <x:c r="G1333" s="0" t="n">
-        <x:v>2750493291.02116</x:v>
+        <x:v>11161055687.2829</x:v>
       </x:c>
       <x:c r="H1333" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:20">
       <x:c r="A1334" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1334" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1334" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1334" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1334" s="0" t="n">
-        <x:v>4947</x:v>
+        <x:v>15365</x:v>
       </x:c>
       <x:c r="F1334" s="0" t="n">
-        <x:v>14237</x:v>
+        <x:v>51753</x:v>
       </x:c>
       <x:c r="G1334" s="0" t="n">
-        <x:v>3790161718.82193</x:v>
+        <x:v>8225318418.11196</x:v>
       </x:c>
       <x:c r="H1334" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:20">
       <x:c r="A1335" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1335" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1335" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1335" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1335" s="0" t="n">
-        <x:v>5180</x:v>
+        <x:v>17819</x:v>
       </x:c>
       <x:c r="F1335" s="0" t="n">
-        <x:v>15116</x:v>
+        <x:v>51268</x:v>
       </x:c>
       <x:c r="G1335" s="0" t="n">
-        <x:v>3358291724.40862</x:v>
+        <x:v>10791819154.0058</x:v>
       </x:c>
       <x:c r="H1335" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:20">
       <x:c r="A1336" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1336" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1336" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1336" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1336" s="0" t="n">
-        <x:v>5548</x:v>
+        <x:v>54597</x:v>
       </x:c>
       <x:c r="F1336" s="0" t="n">
-        <x:v>17543</x:v>
+        <x:v>204609</x:v>
       </x:c>
       <x:c r="G1336" s="0" t="n">
-        <x:v>5528474704.87131</x:v>
+        <x:v>46483953907.6726</x:v>
       </x:c>
       <x:c r="H1336" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:20">
       <x:c r="A1337" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1337" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1337" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1337" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1337" s="0" t="n">
-        <x:v>5661</x:v>
+        <x:v>3806</x:v>
       </x:c>
       <x:c r="F1337" s="0" t="n">
-        <x:v>14328</x:v>
+        <x:v>11695</x:v>
       </x:c>
       <x:c r="G1337" s="0" t="n">
-        <x:v>3014789204.49731</x:v>
+        <x:v>2544144940.20339</x:v>
       </x:c>
       <x:c r="H1337" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:20">
       <x:c r="A1338" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1338" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1338" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1338" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1338" s="0" t="n">
-        <x:v>5933</x:v>
+        <x:v>4267</x:v>
       </x:c>
       <x:c r="F1338" s="0" t="n">
-        <x:v>16938</x:v>
+        <x:v>10607</x:v>
       </x:c>
       <x:c r="G1338" s="0" t="n">
-        <x:v>2094820453.08086</x:v>
+        <x:v>1826793368.23634</x:v>
       </x:c>
       <x:c r="H1338" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:20">
       <x:c r="A1339" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1339" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1339" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1339" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1339" s="0" t="n">
-        <x:v>7434</x:v>
+        <x:v>4300</x:v>
       </x:c>
       <x:c r="F1339" s="0" t="n">
-        <x:v>19941</x:v>
+        <x:v>12035</x:v>
       </x:c>
       <x:c r="G1339" s="0" t="n">
-        <x:v>5574508310.61472</x:v>
+        <x:v>2450347021.13786</x:v>
       </x:c>
       <x:c r="H1339" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:20">
       <x:c r="A1340" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1340" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1340" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1340" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1340" s="0" t="n">
-        <x:v>9226</x:v>
+        <x:v>4412</x:v>
       </x:c>
       <x:c r="F1340" s="0" t="n">
-        <x:v>30815</x:v>
+        <x:v>11936</x:v>
       </x:c>
       <x:c r="G1340" s="0" t="n">
-        <x:v>8197797660.78878</x:v>
+        <x:v>2309098309.60212</x:v>
       </x:c>
       <x:c r="H1340" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:20">
       <x:c r="A1341" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1341" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1341" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1341" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1341" s="0" t="n">
-        <x:v>18672</x:v>
+        <x:v>5084</x:v>
       </x:c>
       <x:c r="F1341" s="0" t="n">
-        <x:v>55278</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="G1341" s="0" t="n">
-        <x:v>11088206685.6261</x:v>
+        <x:v>3591245538.74964</x:v>
       </x:c>
       <x:c r="H1341" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:20">
       <x:c r="A1342" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1342" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1342" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1342" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1342" s="0" t="n">
-        <x:v>18682</x:v>
+        <x:v>5344</x:v>
       </x:c>
       <x:c r="F1342" s="0" t="n">
-        <x:v>54652</x:v>
+        <x:v>13183</x:v>
       </x:c>
       <x:c r="G1342" s="0" t="n">
-        <x:v>17184594450.4185</x:v>
+        <x:v>3968445911.09201</x:v>
       </x:c>
       <x:c r="H1342" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:20">
       <x:c r="A1343" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1343" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1343" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1343" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1343" s="0" t="n">
-        <x:v>20752</x:v>
+        <x:v>8718</x:v>
       </x:c>
       <x:c r="F1343" s="0" t="n">
-        <x:v>72458</x:v>
+        <x:v>25425</x:v>
       </x:c>
       <x:c r="G1343" s="0" t="n">
-        <x:v>28270828906.4155</x:v>
+        <x:v>6151642916.30836</x:v>
       </x:c>
       <x:c r="H1343" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:20">
       <x:c r="A1344" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1344" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C1344" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1344" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1344" s="0" t="n">
-        <x:v>39893</x:v>
+        <x:v>9436</x:v>
       </x:c>
       <x:c r="F1344" s="0" t="n">
-        <x:v>149278</x:v>
+        <x:v>28251</x:v>
       </x:c>
       <x:c r="G1344" s="0" t="n">
-        <x:v>33341777382.5919</x:v>
+        <x:v>3786101026.74822</x:v>
       </x:c>
       <x:c r="H1344" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:20">
       <x:c r="A1345" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1345" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1345" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1345" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1345" s="0" t="n">
-        <x:v>4671</x:v>
+        <x:v>10171</x:v>
       </x:c>
       <x:c r="F1345" s="0" t="n">
-        <x:v>8185</x:v>
+        <x:v>28974</x:v>
       </x:c>
       <x:c r="G1345" s="0" t="n">
-        <x:v>18092724075.3727</x:v>
+        <x:v>11667692859.0966</x:v>
       </x:c>
       <x:c r="H1345" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:20">
       <x:c r="A1346" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1346" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1346" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1346" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1346" s="0" t="n">
-        <x:v>285517</x:v>
+        <x:v>10996</x:v>
       </x:c>
       <x:c r="F1346" s="0" t="n">
-        <x:v>723849</x:v>
+        <x:v>33321</x:v>
       </x:c>
       <x:c r="G1346" s="0" t="n">
-        <x:v>40960280984.565</x:v>
+        <x:v>7641568031.69402</x:v>
       </x:c>
       <x:c r="H1346" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:20">
       <x:c r="A1347" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1347" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1347" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1347" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1347" s="0" t="n">
-        <x:v>420750</x:v>
+        <x:v>11749</x:v>
       </x:c>
       <x:c r="F1347" s="0" t="n">
-        <x:v>1897393</x:v>
+        <x:v>31421</x:v>
       </x:c>
       <x:c r="G1347" s="0" t="n">
-        <x:v>194830665037.115</x:v>
+        <x:v>7669854315.94451</x:v>
       </x:c>
       <x:c r="H1347" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:20">
       <x:c r="A1348" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1348" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1348" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1348" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1348" s="0" t="n">
-        <x:v>395542</x:v>
+        <x:v>12591</x:v>
       </x:c>
       <x:c r="F1348" s="0" t="n">
-        <x:v>2435693</x:v>
+        <x:v>35598</x:v>
       </x:c>
       <x:c r="G1348" s="0" t="n">
-        <x:v>477798658949.738</x:v>
+        <x:v>9852345457.85025</x:v>
       </x:c>
       <x:c r="H1348" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:20">
       <x:c r="A1349" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1349" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1349" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1349" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1349" s="0" t="n">
-        <x:v>293310</x:v>
+        <x:v>16866</x:v>
       </x:c>
       <x:c r="F1349" s="0" t="n">
-        <x:v>1985272</x:v>
+        <x:v>55352</x:v>
       </x:c>
       <x:c r="G1349" s="0" t="n">
-        <x:v>723987767518.06</x:v>
+        <x:v>13239552728.6224</x:v>
       </x:c>
       <x:c r="H1349" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:20">
       <x:c r="A1350" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1350" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1350" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1350" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1350" s="0" t="n">
-        <x:v>302127</x:v>
+        <x:v>18060</x:v>
       </x:c>
       <x:c r="F1350" s="0" t="n">
-        <x:v>1538058</x:v>
+        <x:v>59352</x:v>
       </x:c>
       <x:c r="G1350" s="0" t="n">
-        <x:v>1422852943610.31</x:v>
+        <x:v>17791026034.0176</x:v>
       </x:c>
       <x:c r="H1350" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:20">
       <x:c r="A1351" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1351" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1351" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1351" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1351" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>18557</x:v>
       </x:c>
       <x:c r="F1351" s="0" t="n">
-        <x:v>1037962</x:v>
+        <x:v>57609</x:v>
       </x:c>
       <x:c r="G1351" s="0" t="n">
-        <x:v>412597272687.031</x:v>
+        <x:v>16260922962.1618</x:v>
       </x:c>
       <x:c r="H1351" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:20">
       <x:c r="A1352" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1352" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1352" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1352" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1352" s="0" t="n">
-        <x:v>14500</x:v>
+        <x:v>20897</x:v>
       </x:c>
       <x:c r="F1352" s="0" t="n">
-        <x:v>34656</x:v>
+        <x:v>66004</x:v>
       </x:c>
       <x:c r="G1352" s="0" t="n">
-        <x:v>1360451100523.18</x:v>
+        <x:v>11853619317.2824</x:v>
       </x:c>
       <x:c r="H1352" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:20">
       <x:c r="A1353" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1353" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1353" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1353" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1353" s="0" t="n">
-        <x:v>204305</x:v>
+        <x:v>3998</x:v>
       </x:c>
       <x:c r="F1353" s="0" t="n">
-        <x:v>914771</x:v>
+        <x:v>11271</x:v>
       </x:c>
       <x:c r="G1353" s="0" t="n">
-        <x:v>224661487176.608</x:v>
+        <x:v>3013172853.5658</x:v>
       </x:c>
       <x:c r="H1353" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:20">
       <x:c r="A1354" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1354" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1354" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1354" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1354" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>11215</x:v>
       </x:c>
       <x:c r="F1354" s="0" t="n">
-        <x:v>1037962</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="G1354" s="0" t="n">
-        <x:v>412597272687.031</x:v>
+        <x:v>11344373102.1274</x:v>
       </x:c>
       <x:c r="H1354" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:20">
       <x:c r="A1355" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1355" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1355" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1355" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1355" s="0" t="n">
-        <x:v>14500</x:v>
+        <x:v>33870</x:v>
       </x:c>
       <x:c r="F1355" s="0" t="n">
-        <x:v>34656</x:v>
+        <x:v>138029</x:v>
       </x:c>
       <x:c r="G1355" s="0" t="n">
-        <x:v>1360451100523.18</x:v>
+        <x:v>25638844596.589</x:v>
       </x:c>
       <x:c r="H1355" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:20">
       <x:c r="A1356" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1356" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1356" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1356" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1356" s="0" t="n">
-        <x:v>1906222</x:v>
+        <x:v>77314</x:v>
       </x:c>
       <x:c r="F1356" s="0" t="n">
-        <x:v>9503221</x:v>
+        <x:v>289343</x:v>
       </x:c>
       <x:c r="G1356" s="0" t="n">
-        <x:v>3103184527351.79</x:v>
+        <x:v>79494633882.9328</x:v>
       </x:c>
       <x:c r="H1356" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:20">
       <x:c r="A1357" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1357" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1357" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1357" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1357" s="0" t="n">
-        <x:v>1920743</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="F1357" s="0" t="n">
-        <x:v>10575839</x:v>
+        <x:v>5518</x:v>
       </x:c>
       <x:c r="G1357" s="0" t="n">
-        <x:v>4876232900562</x:v>
+        <x:v>574866263.11223</x:v>
       </x:c>
       <x:c r="H1357" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:20">
       <x:c r="A1358" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1358" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1358" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1358" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1358" s="0" t="n">
-        <x:v>25865</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="F1358" s="0" t="n">
-        <x:v>95975</x:v>
+        <x:v>5543</x:v>
       </x:c>
       <x:c r="G1358" s="0" t="n">
-        <x:v>44226600865.5584</x:v>
+        <x:v>657637684.23303</x:v>
       </x:c>
       <x:c r="H1358" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:20">
       <x:c r="A1359" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1359" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1359" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1359" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1359" s="0" t="n">
-        <x:v>34004</x:v>
+        <x:v>2913</x:v>
       </x:c>
       <x:c r="F1359" s="0" t="n">
-        <x:v>128198</x:v>
+        <x:v>7765</x:v>
       </x:c>
       <x:c r="G1359" s="0" t="n">
-        <x:v>39460829273.3746</x:v>
+        <x:v>1662483758.53044</x:v>
       </x:c>
       <x:c r="H1359" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:20">
       <x:c r="A1360" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1360" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1360" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1360" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1360" s="0" t="n">
-        <x:v>79350</x:v>
+        <x:v>3286</x:v>
       </x:c>
       <x:c r="F1360" s="0" t="n">
-        <x:v>323447</x:v>
+        <x:v>7719</x:v>
       </x:c>
       <x:c r="G1360" s="0" t="n">
-        <x:v>70041863249.3089</x:v>
+        <x:v>1294669890.0724</x:v>
       </x:c>
       <x:c r="H1360" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:20">
       <x:c r="A1361" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1361" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1361" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1361" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1361" s="0" t="n">
-        <x:v>97646</x:v>
+        <x:v>4080</x:v>
       </x:c>
       <x:c r="F1361" s="0" t="n">
-        <x:v>454825</x:v>
+        <x:v>10701</x:v>
       </x:c>
       <x:c r="G1361" s="0" t="n">
-        <x:v>152713376148.134</x:v>
+        <x:v>3352541332.84716</x:v>
       </x:c>
       <x:c r="H1361" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:20">
       <x:c r="A1362" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1362" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1362" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1362" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1362" s="0" t="n">
-        <x:v>138220</x:v>
+        <x:v>5126</x:v>
       </x:c>
       <x:c r="F1362" s="0" t="n">
-        <x:v>715132</x:v>
+        <x:v>13216</x:v>
       </x:c>
       <x:c r="G1362" s="0" t="n">
-        <x:v>163304454905.323</x:v>
+        <x:v>2624774910.1121</x:v>
       </x:c>
       <x:c r="H1362" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:20">
       <x:c r="A1363" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1363" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1363" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1363" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1363" s="0" t="n">
-        <x:v>800163</x:v>
+        <x:v>5252</x:v>
       </x:c>
       <x:c r="F1363" s="0" t="n">
-        <x:v>4935876</x:v>
+        <x:v>12631</x:v>
       </x:c>
       <x:c r="G1363" s="0" t="n">
-        <x:v>1947070671477.66</x:v>
+        <x:v>1443478845.89071</x:v>
       </x:c>
       <x:c r="H1363" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:20">
       <x:c r="A1364" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1364" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1364" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1364" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1364" s="0" t="n">
-        <x:v>1800</x:v>
+        <x:v>5768</x:v>
       </x:c>
       <x:c r="F1364" s="0" t="n">
-        <x:v>4535</x:v>
+        <x:v>15040</x:v>
       </x:c>
       <x:c r="G1364" s="0" t="n">
-        <x:v>503443927.33017</x:v>
+        <x:v>2729583599.70786</x:v>
       </x:c>
       <x:c r="H1364" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:20">
       <x:c r="A1365" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1365" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1365" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1365" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1365" s="0" t="n">
-        <x:v>3324</x:v>
+        <x:v>6585</x:v>
       </x:c>
       <x:c r="F1365" s="0" t="n">
-        <x:v>8671</x:v>
+        <x:v>16105</x:v>
       </x:c>
       <x:c r="G1365" s="0" t="n">
-        <x:v>1190094204.98696</x:v>
+        <x:v>3641653199.16609</x:v>
       </x:c>
       <x:c r="H1365" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:20">
       <x:c r="A1366" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1366" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1366" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1366" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1366" s="0" t="n">
-        <x:v>5586</x:v>
+        <x:v>7804</x:v>
       </x:c>
       <x:c r="F1366" s="0" t="n">
-        <x:v>15655</x:v>
+        <x:v>20513</x:v>
       </x:c>
       <x:c r="G1366" s="0" t="n">
-        <x:v>2319428869.30787</x:v>
+        <x:v>4128225021.74219</x:v>
       </x:c>
       <x:c r="H1366" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:20">
       <x:c r="A1367" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1367" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1367" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1367" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1367" s="0" t="n">
-        <x:v>5620</x:v>
+        <x:v>8116</x:v>
       </x:c>
       <x:c r="F1367" s="0" t="n">
-        <x:v>15747</x:v>
+        <x:v>20967</x:v>
       </x:c>
       <x:c r="G1367" s="0" t="n">
-        <x:v>1597187226.6865</x:v>
+        <x:v>3199974735.31886</x:v>
       </x:c>
       <x:c r="H1367" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:20">
       <x:c r="A1368" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1368" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1368" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1368" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1368" s="0" t="n">
-        <x:v>6042</x:v>
+        <x:v>8480</x:v>
       </x:c>
       <x:c r="F1368" s="0" t="n">
-        <x:v>16590</x:v>
+        <x:v>21406</x:v>
       </x:c>
       <x:c r="G1368" s="0" t="n">
-        <x:v>3048116937.90614</x:v>
+        <x:v>2515423134.70125</x:v>
       </x:c>
       <x:c r="H1368" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:20">
       <x:c r="A1369" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1369" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1369" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1369" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1369" s="0" t="n">
-        <x:v>6059</x:v>
+        <x:v>9117</x:v>
       </x:c>
       <x:c r="F1369" s="0" t="n">
-        <x:v>16929</x:v>
+        <x:v>23929</x:v>
       </x:c>
       <x:c r="G1369" s="0" t="n">
-        <x:v>3307181735.47546</x:v>
+        <x:v>3864912442.82216</x:v>
       </x:c>
       <x:c r="H1369" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:20">
       <x:c r="A1370" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1370" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1370" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1370" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1370" s="0" t="n">
-        <x:v>6475</x:v>
+        <x:v>9857</x:v>
       </x:c>
       <x:c r="F1370" s="0" t="n">
-        <x:v>18201</x:v>
+        <x:v>28246</x:v>
       </x:c>
       <x:c r="G1370" s="0" t="n">
-        <x:v>4056302561.79204</x:v>
+        <x:v>6094199048.38895</x:v>
       </x:c>
       <x:c r="H1370" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:20">
       <x:c r="A1371" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1371" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1371" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1371" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1371" s="0" t="n">
-        <x:v>6503</x:v>
+        <x:v>10431</x:v>
       </x:c>
       <x:c r="F1371" s="0" t="n">
-        <x:v>18289</x:v>
+        <x:v>26589</x:v>
       </x:c>
       <x:c r="G1371" s="0" t="n">
-        <x:v>2944506797.37741</x:v>
+        <x:v>5303170299.51558</x:v>
       </x:c>
       <x:c r="H1371" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:20">
       <x:c r="A1372" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1372" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1372" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1372" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1372" s="0" t="n">
-        <x:v>6873</x:v>
+        <x:v>10784</x:v>
       </x:c>
       <x:c r="F1372" s="0" t="n">
-        <x:v>19813</x:v>
+        <x:v>28497</x:v>
       </x:c>
       <x:c r="G1372" s="0" t="n">
-        <x:v>2025319418.26362</x:v>
+        <x:v>5119789121.99582</x:v>
       </x:c>
       <x:c r="H1372" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:20">
       <x:c r="A1373" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1373" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1373" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1373" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1373" s="0" t="n">
-        <x:v>7223</x:v>
+        <x:v>16265</x:v>
       </x:c>
       <x:c r="F1373" s="0" t="n">
-        <x:v>19385</x:v>
+        <x:v>50019</x:v>
       </x:c>
       <x:c r="G1373" s="0" t="n">
-        <x:v>2724970563.00863</x:v>
+        <x:v>10081787731.3967</x:v>
       </x:c>
       <x:c r="H1373" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:20">
       <x:c r="A1374" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1374" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1374" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1374" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1374" s="0" t="n">
-        <x:v>8462</x:v>
+        <x:v>17336</x:v>
       </x:c>
       <x:c r="F1374" s="0" t="n">
-        <x:v>24393</x:v>
+        <x:v>49039</x:v>
       </x:c>
       <x:c r="G1374" s="0" t="n">
-        <x:v>3145648292.64934</x:v>
+        <x:v>11677147415.4728</x:v>
       </x:c>
       <x:c r="H1374" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:20">
       <x:c r="A1375" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1375" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1375" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1375" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1375" s="0" t="n">
-        <x:v>10174</x:v>
+        <x:v>29021</x:v>
       </x:c>
       <x:c r="F1375" s="0" t="n">
-        <x:v>25743</x:v>
+        <x:v>102566</x:v>
       </x:c>
       <x:c r="G1375" s="0" t="n">
-        <x:v>5565349855.32672</x:v>
+        <x:v>22588430031.6848</x:v>
       </x:c>
       <x:c r="H1375" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:20">
       <x:c r="A1376" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1376" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1376" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1376" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1376" s="0" t="n">
-        <x:v>14756</x:v>
+        <x:v>34244</x:v>
       </x:c>
       <x:c r="F1376" s="0" t="n">
-        <x:v>46275</x:v>
+        <x:v>109829</x:v>
       </x:c>
       <x:c r="G1376" s="0" t="n">
-        <x:v>7433379099.25794</x:v>
+        <x:v>26503830194.0554</x:v>
       </x:c>
       <x:c r="H1376" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:20">
       <x:c r="A1377" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1377" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1377" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1377" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1377" s="0" t="n">
-        <x:v>14930</x:v>
+        <x:v>2855</x:v>
       </x:c>
       <x:c r="F1377" s="0" t="n">
-        <x:v>45232</x:v>
+        <x:v>8817</x:v>
       </x:c>
       <x:c r="G1377" s="0" t="n">
-        <x:v>11238895019.1868</x:v>
+        <x:v>5577209467.95567</x:v>
       </x:c>
       <x:c r="H1377" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:20">
       <x:c r="A1378" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1378" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1378" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1378" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1378" s="0" t="n">
-        <x:v>15800</x:v>
+        <x:v>2931</x:v>
       </x:c>
       <x:c r="F1378" s="0" t="n">
-        <x:v>53509</x:v>
+        <x:v>8483</x:v>
       </x:c>
       <x:c r="G1378" s="0" t="n">
-        <x:v>8272276541.88463</x:v>
+        <x:v>1315602968.42222</x:v>
       </x:c>
       <x:c r="H1378" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:20">
       <x:c r="A1379" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1379" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1379" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1379" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1379" s="0" t="n">
-        <x:v>18484</x:v>
+        <x:v>4400</x:v>
       </x:c>
       <x:c r="F1379" s="0" t="n">
-        <x:v>53450</x:v>
+        <x:v>11800</x:v>
       </x:c>
       <x:c r="G1379" s="0" t="n">
-        <x:v>11636049353.4088</x:v>
+        <x:v>2750493291.02116</x:v>
       </x:c>
       <x:c r="H1379" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:20">
       <x:c r="A1380" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1380" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1380" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1380" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1380" s="0" t="n">
-        <x:v>55837</x:v>
+        <x:v>4947</x:v>
       </x:c>
       <x:c r="F1380" s="0" t="n">
-        <x:v>211048</x:v>
+        <x:v>14237</x:v>
       </x:c>
       <x:c r="G1380" s="0" t="n">
-        <x:v>48071359587.1518</x:v>
+        <x:v>3790161718.82193</x:v>
       </x:c>
       <x:c r="H1380" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:20">
       <x:c r="A1381" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1381" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1381" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1381" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1381" s="0" t="n">
-        <x:v>3915</x:v>
+        <x:v>5180</x:v>
       </x:c>
       <x:c r="F1381" s="0" t="n">
-        <x:v>12037</x:v>
+        <x:v>15116</x:v>
       </x:c>
       <x:c r="G1381" s="0" t="n">
-        <x:v>2374521839.51825</x:v>
+        <x:v>3358291724.40862</x:v>
       </x:c>
       <x:c r="H1381" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:20">
       <x:c r="A1382" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1382" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1382" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1382" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1382" s="0" t="n">
-        <x:v>4379</x:v>
+        <x:v>5548</x:v>
       </x:c>
       <x:c r="F1382" s="0" t="n">
-        <x:v>11037</x:v>
+        <x:v>17543</x:v>
       </x:c>
       <x:c r="G1382" s="0" t="n">
-        <x:v>1809777574.94514</x:v>
+        <x:v>5528474704.87131</x:v>
       </x:c>
       <x:c r="H1382" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:20">
       <x:c r="A1383" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1383" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1383" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1383" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1383" s="0" t="n">
-        <x:v>4426</x:v>
+        <x:v>5661</x:v>
       </x:c>
       <x:c r="F1383" s="0" t="n">
-        <x:v>12366</x:v>
+        <x:v>14328</x:v>
       </x:c>
       <x:c r="G1383" s="0" t="n">
-        <x:v>2545398334.72512</x:v>
+        <x:v>3014789204.49731</x:v>
       </x:c>
       <x:c r="H1383" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:20">
       <x:c r="A1384" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1384" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1384" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1384" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1384" s="0" t="n">
-        <x:v>4536</x:v>
+        <x:v>5933</x:v>
       </x:c>
       <x:c r="F1384" s="0" t="n">
-        <x:v>12293</x:v>
+        <x:v>16938</x:v>
       </x:c>
       <x:c r="G1384" s="0" t="n">
-        <x:v>2352087440.64995</x:v>
+        <x:v>2094820453.08086</x:v>
       </x:c>
       <x:c r="H1384" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:20">
       <x:c r="A1385" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1385" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1385" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1385" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1385" s="0" t="n">
-        <x:v>5092</x:v>
+        <x:v>7434</x:v>
       </x:c>
       <x:c r="F1385" s="0" t="n">
-        <x:v>15233</x:v>
+        <x:v>19941</x:v>
       </x:c>
       <x:c r="G1385" s="0" t="n">
-        <x:v>3562739853.09022</x:v>
+        <x:v>5574508310.61472</x:v>
       </x:c>
       <x:c r="H1385" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:20">
       <x:c r="A1386" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1386" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1386" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1386" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1386" s="0" t="n">
-        <x:v>5528</x:v>
+        <x:v>9226</x:v>
       </x:c>
       <x:c r="F1386" s="0" t="n">
-        <x:v>13674</x:v>
+        <x:v>30815</x:v>
       </x:c>
       <x:c r="G1386" s="0" t="n">
-        <x:v>4053177909.76712</x:v>
+        <x:v>8197797660.78878</x:v>
       </x:c>
       <x:c r="H1386" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:20">
       <x:c r="A1387" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1387" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1387" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1387" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1387" s="0" t="n">
-        <x:v>8919</x:v>
+        <x:v>18672</x:v>
       </x:c>
       <x:c r="F1387" s="0" t="n">
-        <x:v>26165</x:v>
+        <x:v>55278</x:v>
       </x:c>
       <x:c r="G1387" s="0" t="n">
-        <x:v>5900183349.55321</x:v>
+        <x:v>11088206685.6261</x:v>
       </x:c>
       <x:c r="H1387" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:20">
       <x:c r="A1388" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1388" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1388" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1388" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1388" s="0" t="n">
-        <x:v>9679</x:v>
+        <x:v>18682</x:v>
       </x:c>
       <x:c r="F1388" s="0" t="n">
-        <x:v>29166</x:v>
+        <x:v>54652</x:v>
       </x:c>
       <x:c r="G1388" s="0" t="n">
-        <x:v>4152585161.77261</x:v>
+        <x:v>17184594450.4185</x:v>
       </x:c>
       <x:c r="H1388" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:20">
       <x:c r="A1389" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1389" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1389" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1389" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1389" s="0" t="n">
-        <x:v>10411</x:v>
+        <x:v>20752</x:v>
       </x:c>
       <x:c r="F1389" s="0" t="n">
-        <x:v>29846</x:v>
+        <x:v>72458</x:v>
       </x:c>
       <x:c r="G1389" s="0" t="n">
-        <x:v>11946757530.6817</x:v>
+        <x:v>28270828906.4155</x:v>
       </x:c>
       <x:c r="H1389" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:20">
       <x:c r="A1390" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1390" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C1390" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1390" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1390" s="0" t="n">
-        <x:v>11277</x:v>
+        <x:v>39893</x:v>
       </x:c>
       <x:c r="F1390" s="0" t="n">
-        <x:v>34486</x:v>
+        <x:v>149278</x:v>
       </x:c>
       <x:c r="G1390" s="0" t="n">
-        <x:v>7616647252.66016</x:v>
+        <x:v>33341777382.5919</x:v>
       </x:c>
       <x:c r="H1390" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:20">
       <x:c r="A1391" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1391" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1391" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1391" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E1391" s="0" t="n">
-        <x:v>12090</x:v>
+        <x:v>4671</x:v>
       </x:c>
       <x:c r="F1391" s="0" t="n">
-        <x:v>32651</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="G1391" s="0" t="n">
-        <x:v>7782350574.66038</x:v>
+        <x:v>18092724075.3727</x:v>
       </x:c>
       <x:c r="H1391" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:20">
       <x:c r="A1392" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1392" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1392" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1392" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E1392" s="0" t="n">
-        <x:v>12911</x:v>
+        <x:v>285517</x:v>
       </x:c>
       <x:c r="F1392" s="0" t="n">
-        <x:v>36746</x:v>
+        <x:v>723849</x:v>
       </x:c>
       <x:c r="G1392" s="0" t="n">
-        <x:v>9962307014.47123</x:v>
+        <x:v>40960280984.565</x:v>
       </x:c>
       <x:c r="H1392" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:20">
       <x:c r="A1393" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1393" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1393" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1393" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E1393" s="0" t="n">
-        <x:v>17237</x:v>
+        <x:v>420750</x:v>
       </x:c>
       <x:c r="F1393" s="0" t="n">
-        <x:v>57232</x:v>
+        <x:v>1897393</x:v>
       </x:c>
       <x:c r="G1393" s="0" t="n">
-        <x:v>13487066325.2059</x:v>
+        <x:v>194830665037.115</x:v>
       </x:c>
       <x:c r="H1393" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:20">
       <x:c r="A1394" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1394" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1394" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1394" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E1394" s="0" t="n">
-        <x:v>18423</x:v>
+        <x:v>395542</x:v>
       </x:c>
       <x:c r="F1394" s="0" t="n">
-        <x:v>61087</x:v>
+        <x:v>2435693</x:v>
       </x:c>
       <x:c r="G1394" s="0" t="n">
-        <x:v>18078635417.2371</x:v>
+        <x:v>477798658949.738</x:v>
       </x:c>
       <x:c r="H1394" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:20">
       <x:c r="A1395" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1395" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1395" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1395" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E1395" s="0" t="n">
-        <x:v>18991</x:v>
+        <x:v>293310</x:v>
       </x:c>
       <x:c r="F1395" s="0" t="n">
-        <x:v>59740</x:v>
+        <x:v>1985272</x:v>
       </x:c>
       <x:c r="G1395" s="0" t="n">
-        <x:v>17045885659.5659</x:v>
+        <x:v>723987767518.06</x:v>
       </x:c>
       <x:c r="H1395" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:20">
       <x:c r="A1396" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1396" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1396" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1396" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E1396" s="0" t="n">
-        <x:v>21291</x:v>
+        <x:v>302127</x:v>
       </x:c>
       <x:c r="F1396" s="0" t="n">
-        <x:v>67852</x:v>
+        <x:v>1538058</x:v>
       </x:c>
       <x:c r="G1396" s="0" t="n">
-        <x:v>11632239484.9905</x:v>
+        <x:v>1422852943610.31</x:v>
       </x:c>
       <x:c r="H1396" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:20">
       <x:c r="A1397" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1397" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1397" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1397" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E1397" s="0" t="n">
-        <x:v>4098</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F1397" s="0" t="n">
-        <x:v>11631</x:v>
+        <x:v>1037962</x:v>
       </x:c>
       <x:c r="G1397" s="0" t="n">
-        <x:v>3105933838.33035</x:v>
+        <x:v>412597272687.031</x:v>
       </x:c>
       <x:c r="H1397" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:20">
       <x:c r="A1398" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1398" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1398" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1398" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1398" s="0" t="n">
-        <x:v>11508</x:v>
+        <x:v>14500</x:v>
       </x:c>
       <x:c r="F1398" s="0" t="n">
-        <x:v>36090</x:v>
+        <x:v>34656</x:v>
       </x:c>
       <x:c r="G1398" s="0" t="n">
-        <x:v>11653891370.5814</x:v>
+        <x:v>1360451100523.18</x:v>
       </x:c>
       <x:c r="H1398" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:20">
       <x:c r="A1399" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1399" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1399" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1399" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E1399" s="0" t="n">
-        <x:v>34715</x:v>
+        <x:v>204305</x:v>
       </x:c>
       <x:c r="F1399" s="0" t="n">
-        <x:v>143527</x:v>
+        <x:v>914771</x:v>
       </x:c>
       <x:c r="G1399" s="0" t="n">
-        <x:v>26025737118.6448</x:v>
+        <x:v>224661487176.608</x:v>
       </x:c>
       <x:c r="H1399" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:20">
       <x:c r="A1400" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1400" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1400" s="0" t="s">
-        <x:v>8</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1400" s="0" t="n">
-        <x:v>79222</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F1400" s="0" t="n">
-        <x:v>300401</x:v>
+        <x:v>1037962</x:v>
       </x:c>
       <x:c r="G1400" s="0" t="n">
-        <x:v>82121802807.7142</x:v>
+        <x:v>412597272687.031</x:v>
       </x:c>
       <x:c r="H1400" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:20">
       <x:c r="A1401" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1401" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1401" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1401" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1401" s="0" t="n">
-        <x:v>2419</x:v>
+        <x:v>14500</x:v>
       </x:c>
       <x:c r="F1401" s="0" t="n">
-        <x:v>5774</x:v>
+        <x:v>34656</x:v>
       </x:c>
       <x:c r="G1401" s="0" t="n">
-        <x:v>594564626.64468</x:v>
+        <x:v>1360451100523.18</x:v>
       </x:c>
       <x:c r="H1401" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:20">
       <x:c r="A1402" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1402" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1402" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1402" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E1402" s="0" t="n">
-        <x:v>2510</x:v>
+        <x:v>1906222</x:v>
       </x:c>
       <x:c r="F1402" s="0" t="n">
-        <x:v>5913</x:v>
+        <x:v>9503221</x:v>
       </x:c>
       <x:c r="G1402" s="0" t="n">
-        <x:v>738542412.8914</x:v>
+        <x:v>3103184527351.79</x:v>
       </x:c>
       <x:c r="H1402" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:20">
       <x:c r="A1403" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1403" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1403" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1403" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1403" s="0" t="n">
-        <x:v>3043</x:v>
+        <x:v>1920743</x:v>
       </x:c>
       <x:c r="F1403" s="0" t="n">
-        <x:v>8109</x:v>
+        <x:v>10575839</x:v>
       </x:c>
       <x:c r="G1403" s="0" t="n">
-        <x:v>1690421811.83748</x:v>
+        <x:v>4876232900562</x:v>
       </x:c>
       <x:c r="H1403" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:20">
       <x:c r="A1404" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1404" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1404" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1404" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1404" s="0" t="n">
-        <x:v>3482</x:v>
+        <x:v>25865</x:v>
       </x:c>
       <x:c r="F1404" s="0" t="n">
-        <x:v>8136</x:v>
+        <x:v>95975</x:v>
       </x:c>
       <x:c r="G1404" s="0" t="n">
-        <x:v>1138906180.03639</x:v>
+        <x:v>44226600865.5584</x:v>
       </x:c>
       <x:c r="H1404" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:20">
       <x:c r="A1405" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1405" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1405" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1405" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1405" s="0" t="n">
-        <x:v>4253</x:v>
+        <x:v>34004</x:v>
       </x:c>
       <x:c r="F1405" s="0" t="n">
-        <x:v>11107</x:v>
+        <x:v>128198</x:v>
       </x:c>
       <x:c r="G1405" s="0" t="n">
-        <x:v>3373829449.26308</x:v>
+        <x:v>39460829273.3746</x:v>
       </x:c>
       <x:c r="H1405" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:20">
       <x:c r="A1406" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1406" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1406" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1406" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1406" s="0" t="n">
-        <x:v>5325</x:v>
+        <x:v>79350</x:v>
       </x:c>
       <x:c r="F1406" s="0" t="n">
-        <x:v>13913</x:v>
+        <x:v>323447</x:v>
       </x:c>
       <x:c r="G1406" s="0" t="n">
-        <x:v>2854108095.73028</x:v>
+        <x:v>70041863249.3089</x:v>
       </x:c>
       <x:c r="H1406" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:20">
       <x:c r="A1407" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1407" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1407" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1407" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1407" s="0" t="n">
-        <x:v>5498</x:v>
+        <x:v>97646</x:v>
       </x:c>
       <x:c r="F1407" s="0" t="n">
-        <x:v>13259</x:v>
+        <x:v>454825</x:v>
       </x:c>
       <x:c r="G1407" s="0" t="n">
-        <x:v>1628979512.22164</x:v>
+        <x:v>152713376148.134</x:v>
       </x:c>
       <x:c r="H1407" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:20">
       <x:c r="A1408" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1408" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1408" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1408" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1408" s="0" t="n">
-        <x:v>6017</x:v>
+        <x:v>138220</x:v>
       </x:c>
       <x:c r="F1408" s="0" t="n">
-        <x:v>15720</x:v>
+        <x:v>715132</x:v>
       </x:c>
       <x:c r="G1408" s="0" t="n">
-        <x:v>2791355804.27246</x:v>
+        <x:v>163304454905.323</x:v>
       </x:c>
       <x:c r="H1408" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:20">
       <x:c r="A1409" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1409" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1409" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1409" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1409" s="0" t="n">
-        <x:v>6874</x:v>
+        <x:v>800163</x:v>
       </x:c>
       <x:c r="F1409" s="0" t="n">
-        <x:v>16912</x:v>
+        <x:v>4935876</x:v>
       </x:c>
       <x:c r="G1409" s="0" t="n">
-        <x:v>3704757530.64209</x:v>
+        <x:v>1947070671477.66</x:v>
       </x:c>
       <x:c r="H1409" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:20">
       <x:c r="A1410" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1410" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1410" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1410" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1410" s="0" t="n">
-        <x:v>8073</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="F1410" s="0" t="n">
-        <x:v>21362</x:v>
+        <x:v>4535</x:v>
       </x:c>
       <x:c r="G1410" s="0" t="n">
-        <x:v>4180698204.30889</x:v>
+        <x:v>503443927.33017</x:v>
       </x:c>
       <x:c r="H1410" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:20">
       <x:c r="A1411" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1411" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1411" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1411" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1411" s="0" t="n">
-        <x:v>8486</x:v>
+        <x:v>3324</x:v>
       </x:c>
       <x:c r="F1411" s="0" t="n">
-        <x:v>22031</x:v>
+        <x:v>8671</x:v>
       </x:c>
       <x:c r="G1411" s="0" t="n">
-        <x:v>3229261670.94126</x:v>
+        <x:v>1190094204.98696</x:v>
       </x:c>
       <x:c r="H1411" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:20">
       <x:c r="A1412" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1412" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1412" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1412" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1412" s="0" t="n">
-        <x:v>8803</x:v>
+        <x:v>5586</x:v>
       </x:c>
       <x:c r="F1412" s="0" t="n">
-        <x:v>22341</x:v>
+        <x:v>15655</x:v>
       </x:c>
       <x:c r="G1412" s="0" t="n">
-        <x:v>2526568932.46039</x:v>
+        <x:v>2319428869.30787</x:v>
       </x:c>
       <x:c r="H1412" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:20">
       <x:c r="A1413" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1413" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1413" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1413" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1413" s="0" t="n">
-        <x:v>9480</x:v>
+        <x:v>5620</x:v>
       </x:c>
       <x:c r="F1413" s="0" t="n">
-        <x:v>25135</x:v>
+        <x:v>15747</x:v>
       </x:c>
       <x:c r="G1413" s="0" t="n">
-        <x:v>3965516021.20714</x:v>
+        <x:v>1597187226.6865</x:v>
       </x:c>
       <x:c r="H1413" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:20">
       <x:c r="A1414" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1414" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1414" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1414" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1414" s="0" t="n">
-        <x:v>10259</x:v>
+        <x:v>6042</x:v>
       </x:c>
       <x:c r="F1414" s="0" t="n">
-        <x:v>29392</x:v>
+        <x:v>16590</x:v>
       </x:c>
       <x:c r="G1414" s="0" t="n">
-        <x:v>6157397895.88891</x:v>
+        <x:v>3048116937.90614</x:v>
       </x:c>
       <x:c r="H1414" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:20">
       <x:c r="A1415" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1415" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1415" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1415" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1415" s="0" t="n">
-        <x:v>10802</x:v>
+        <x:v>6059</x:v>
       </x:c>
       <x:c r="F1415" s="0" t="n">
-        <x:v>27632</x:v>
+        <x:v>16929</x:v>
       </x:c>
       <x:c r="G1415" s="0" t="n">
-        <x:v>5260403157.39517</x:v>
+        <x:v>3307181735.47546</x:v>
       </x:c>
       <x:c r="H1415" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:20">
       <x:c r="A1416" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1416" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1416" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1416" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1416" s="0" t="n">
-        <x:v>11218</x:v>
+        <x:v>6475</x:v>
       </x:c>
       <x:c r="F1416" s="0" t="n">
-        <x:v>29730</x:v>
+        <x:v>18201</x:v>
       </x:c>
       <x:c r="G1416" s="0" t="n">
-        <x:v>4801415260.56933</x:v>
+        <x:v>4056302561.79204</x:v>
       </x:c>
       <x:c r="H1416" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:20">
       <x:c r="A1417" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1417" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1417" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1417" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1417" s="0" t="n">
-        <x:v>16857</x:v>
+        <x:v>6503</x:v>
       </x:c>
       <x:c r="F1417" s="0" t="n">
-        <x:v>52019</x:v>
+        <x:v>18289</x:v>
       </x:c>
       <x:c r="G1417" s="0" t="n">
-        <x:v>10338007627.9609</x:v>
+        <x:v>2944506797.37741</x:v>
       </x:c>
       <x:c r="H1417" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:20">
       <x:c r="A1418" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1418" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1418" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1418" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1418" s="0" t="n">
-        <x:v>17951</x:v>
+        <x:v>6873</x:v>
       </x:c>
       <x:c r="F1418" s="0" t="n">
-        <x:v>50939</x:v>
+        <x:v>19813</x:v>
       </x:c>
       <x:c r="G1418" s="0" t="n">
-        <x:v>12043791348.0426</x:v>
+        <x:v>2025319418.26362</x:v>
       </x:c>
       <x:c r="H1418" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:20">
       <x:c r="A1419" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1419" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1419" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1419" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1419" s="0" t="n">
-        <x:v>29774</x:v>
+        <x:v>7223</x:v>
       </x:c>
       <x:c r="F1419" s="0" t="n">
-        <x:v>105957</x:v>
+        <x:v>19385</x:v>
       </x:c>
       <x:c r="G1419" s="0" t="n">
-        <x:v>22867762679.2517</x:v>
+        <x:v>2724970563.00863</x:v>
       </x:c>
       <x:c r="H1419" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:20">
       <x:c r="A1420" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1420" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1420" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1420" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1420" s="0" t="n">
-        <x:v>35210</x:v>
+        <x:v>8462</x:v>
       </x:c>
       <x:c r="F1420" s="0" t="n">
-        <x:v>113509</x:v>
+        <x:v>24393</x:v>
       </x:c>
       <x:c r="G1420" s="0" t="n">
-        <x:v>26583543855.2849</x:v>
+        <x:v>3145648292.64934</x:v>
       </x:c>
       <x:c r="H1420" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:20">
       <x:c r="A1421" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1421" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1421" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1421" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1421" s="0" t="n">
-        <x:v>2917</x:v>
+        <x:v>10174</x:v>
       </x:c>
       <x:c r="F1421" s="0" t="n">
-        <x:v>8981</x:v>
+        <x:v>25743</x:v>
       </x:c>
       <x:c r="G1421" s="0" t="n">
-        <x:v>6179675607.46341</x:v>
+        <x:v>5565349855.32672</x:v>
       </x:c>
       <x:c r="H1421" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:20">
       <x:c r="A1422" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1422" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1422" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1422" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1422" s="0" t="n">
-        <x:v>3020</x:v>
+        <x:v>14756</x:v>
       </x:c>
       <x:c r="F1422" s="0" t="n">
-        <x:v>8696</x:v>
+        <x:v>46275</x:v>
       </x:c>
       <x:c r="G1422" s="0" t="n">
-        <x:v>1377321909.17381</x:v>
+        <x:v>7433379099.25794</x:v>
       </x:c>
       <x:c r="H1422" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:20">
       <x:c r="A1423" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1423" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1423" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1423" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1423" s="0" t="n">
-        <x:v>4499</x:v>
+        <x:v>14930</x:v>
       </x:c>
       <x:c r="F1423" s="0" t="n">
-        <x:v>12115</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="G1423" s="0" t="n">
-        <x:v>2910594172.94489</x:v>
+        <x:v>11238895019.1868</x:v>
       </x:c>
       <x:c r="H1423" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:20">
       <x:c r="A1424" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1424" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1424" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1424" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1424" s="0" t="n">
-        <x:v>5067</x:v>
+        <x:v>15800</x:v>
       </x:c>
       <x:c r="F1424" s="0" t="n">
-        <x:v>14604</x:v>
+        <x:v>53509</x:v>
       </x:c>
       <x:c r="G1424" s="0" t="n">
-        <x:v>3807524289.84771</x:v>
+        <x:v>8272276541.88463</x:v>
       </x:c>
       <x:c r="H1424" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:20">
       <x:c r="A1425" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1425" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1425" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1425" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1425" s="0" t="n">
-        <x:v>5345</x:v>
+        <x:v>18484</x:v>
       </x:c>
       <x:c r="F1425" s="0" t="n">
-        <x:v>15692</x:v>
+        <x:v>53450</x:v>
       </x:c>
       <x:c r="G1425" s="0" t="n">
-        <x:v>3413636838.40818</x:v>
+        <x:v>11636049353.4088</x:v>
       </x:c>
       <x:c r="H1425" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:20">
       <x:c r="A1426" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1426" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1426" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1426" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1426" s="0" t="n">
-        <x:v>5664</x:v>
+        <x:v>55837</x:v>
       </x:c>
       <x:c r="F1426" s="0" t="n">
-        <x:v>17882</x:v>
+        <x:v>211048</x:v>
       </x:c>
       <x:c r="G1426" s="0" t="n">
-        <x:v>5367790050.43253</x:v>
+        <x:v>48071359587.1518</x:v>
       </x:c>
       <x:c r="H1426" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:20">
       <x:c r="A1427" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1427" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1427" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1427" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1427" s="0" t="n">
-        <x:v>5828</x:v>
+        <x:v>3915</x:v>
       </x:c>
       <x:c r="F1427" s="0" t="n">
-        <x:v>14806</x:v>
+        <x:v>12037</x:v>
       </x:c>
       <x:c r="G1427" s="0" t="n">
-        <x:v>3018596797.96016</x:v>
+        <x:v>2374521839.51825</x:v>
       </x:c>
       <x:c r="H1427" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:20">
       <x:c r="A1428" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1428" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1428" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1428" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1428" s="0" t="n">
-        <x:v>6051</x:v>
+        <x:v>4379</x:v>
       </x:c>
       <x:c r="F1428" s="0" t="n">
-        <x:v>17400</x:v>
+        <x:v>11037</x:v>
       </x:c>
       <x:c r="G1428" s="0" t="n">
-        <x:v>2201179680.66117</x:v>
+        <x:v>1809777574.94514</x:v>
       </x:c>
       <x:c r="H1428" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:20">
       <x:c r="A1429" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1429" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1429" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1429" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1429" s="0" t="n">
-        <x:v>7653</x:v>
+        <x:v>4426</x:v>
       </x:c>
       <x:c r="F1429" s="0" t="n">
-        <x:v>20734</x:v>
+        <x:v>12366</x:v>
       </x:c>
       <x:c r="G1429" s="0" t="n">
-        <x:v>5484016457.7339</x:v>
+        <x:v>2545398334.72512</x:v>
       </x:c>
       <x:c r="H1429" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:20">
       <x:c r="A1430" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1430" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1430" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1430" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1430" s="0" t="n">
-        <x:v>9451</x:v>
+        <x:v>4536</x:v>
       </x:c>
       <x:c r="F1430" s="0" t="n">
-        <x:v>31850</x:v>
+        <x:v>12293</x:v>
       </x:c>
       <x:c r="G1430" s="0" t="n">
-        <x:v>8376977417.53717</x:v>
+        <x:v>2352087440.64995</x:v>
       </x:c>
       <x:c r="H1430" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:20">
       <x:c r="A1431" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1431" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1431" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1431" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1431" s="0" t="n">
-        <x:v>19213</x:v>
+        <x:v>5092</x:v>
       </x:c>
       <x:c r="F1431" s="0" t="n">
-        <x:v>57027</x:v>
+        <x:v>15233</x:v>
       </x:c>
       <x:c r="G1431" s="0" t="n">
-        <x:v>11531750877.478</x:v>
+        <x:v>3562739853.09022</x:v>
       </x:c>
       <x:c r="H1431" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:20">
       <x:c r="A1432" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1432" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1432" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1432" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1432" s="0" t="n">
-        <x:v>19260</x:v>
+        <x:v>5528</x:v>
       </x:c>
       <x:c r="F1432" s="0" t="n">
-        <x:v>56557</x:v>
+        <x:v>13674</x:v>
       </x:c>
       <x:c r="G1432" s="0" t="n">
-        <x:v>17843550430.7888</x:v>
+        <x:v>4053177909.76712</x:v>
       </x:c>
       <x:c r="H1432" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:20">
       <x:c r="A1433" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1433" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1433" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1433" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1433" s="0" t="n">
-        <x:v>21255</x:v>
+        <x:v>8919</x:v>
       </x:c>
       <x:c r="F1433" s="0" t="n">
-        <x:v>74677</x:v>
+        <x:v>26165</x:v>
       </x:c>
       <x:c r="G1433" s="0" t="n">
-        <x:v>28627794393.1623</x:v>
+        <x:v>5900183349.55321</x:v>
       </x:c>
       <x:c r="H1433" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:20">
       <x:c r="A1434" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B1434" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C1434" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1434" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1434" s="0" t="n">
-        <x:v>40560</x:v>
+        <x:v>9679</x:v>
       </x:c>
       <x:c r="F1434" s="0" t="n">
-        <x:v>153720</x:v>
+        <x:v>29166</x:v>
       </x:c>
       <x:c r="G1434" s="0" t="n">
-        <x:v>34098971349.4441</x:v>
+        <x:v>4152585161.77261</x:v>
       </x:c>
       <x:c r="H1434" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:20">
       <x:c r="A1435" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1435" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1435" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1435" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1435" s="0" t="n">
-        <x:v>4731</x:v>
+        <x:v>10411</x:v>
       </x:c>
       <x:c r="F1435" s="0" t="n">
-        <x:v>8215</x:v>
+        <x:v>29846</x:v>
       </x:c>
       <x:c r="G1435" s="0" t="n">
-        <x:v>18020917508.9495</x:v>
+        <x:v>11946757530.6817</x:v>
       </x:c>
       <x:c r="H1435" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:20">
       <x:c r="A1436" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1436" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1436" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1436" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1436" s="0" t="n">
-        <x:v>318109</x:v>
+        <x:v>11277</x:v>
       </x:c>
       <x:c r="F1436" s="0" t="n">
-        <x:v>800436</x:v>
+        <x:v>34486</x:v>
       </x:c>
       <x:c r="G1436" s="0" t="n">
-        <x:v>43019726712.963</x:v>
+        <x:v>7616647252.66016</x:v>
       </x:c>
       <x:c r="H1436" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:20">
       <x:c r="A1437" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1437" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1437" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1437" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1437" s="0" t="n">
-        <x:v>443600</x:v>
+        <x:v>12090</x:v>
       </x:c>
       <x:c r="F1437" s="0" t="n">
-        <x:v>1963396</x:v>
+        <x:v>32651</x:v>
       </x:c>
       <x:c r="G1437" s="0" t="n">
-        <x:v>203334760763.734</x:v>
+        <x:v>7782350574.66038</x:v>
       </x:c>
       <x:c r="H1437" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:20">
       <x:c r="A1438" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1438" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1438" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1438" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1438" s="0" t="n">
-        <x:v>408412</x:v>
+        <x:v>12911</x:v>
       </x:c>
       <x:c r="F1438" s="0" t="n">
-        <x:v>2497693</x:v>
+        <x:v>36746</x:v>
       </x:c>
       <x:c r="G1438" s="0" t="n">
-        <x:v>497697488132.314</x:v>
+        <x:v>9962307014.47123</x:v>
       </x:c>
       <x:c r="H1438" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:20">
       <x:c r="A1439" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1439" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1439" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1439" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1439" s="0" t="n">
-        <x:v>296724</x:v>
+        <x:v>17237</x:v>
       </x:c>
       <x:c r="F1439" s="0" t="n">
-        <x:v>2012300</x:v>
+        <x:v>57232</x:v>
       </x:c>
       <x:c r="G1439" s="0" t="n">
-        <x:v>759831795656.448</x:v>
+        <x:v>13487066325.2059</x:v>
       </x:c>
       <x:c r="H1439" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:20">
       <x:c r="A1440" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1440" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1440" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1440" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1440" s="0" t="n">
-        <x:v>306047</x:v>
+        <x:v>18423</x:v>
       </x:c>
       <x:c r="F1440" s="0" t="n">
-        <x:v>1568480</x:v>
+        <x:v>61087</x:v>
       </x:c>
       <x:c r="G1440" s="0" t="n">
-        <x:v>1499245148779.02</x:v>
+        <x:v>18078635417.2371</x:v>
       </x:c>
       <x:c r="H1440" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:20">
       <x:c r="A1441" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1441" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1441" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1441" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1441" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>18991</x:v>
       </x:c>
       <x:c r="F1441" s="0" t="n">
-        <x:v>1015869</x:v>
+        <x:v>59740</x:v>
       </x:c>
       <x:c r="G1441" s="0" t="n">
-        <x:v>555104270639.87</x:v>
+        <x:v>17045885659.5659</x:v>
       </x:c>
       <x:c r="H1441" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:20">
       <x:c r="A1442" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1442" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1442" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1442" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1442" s="0" t="n">
-        <x:v>14556</x:v>
+        <x:v>21291</x:v>
       </x:c>
       <x:c r="F1442" s="0" t="n">
-        <x:v>33839</x:v>
+        <x:v>67852</x:v>
       </x:c>
       <x:c r="G1442" s="0" t="n">
-        <x:v>1396602463510.41</x:v>
+        <x:v>11632239484.9905</x:v>
       </x:c>
       <x:c r="H1442" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:20">
       <x:c r="A1443" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1443" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1443" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1443" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1443" s="0" t="n">
-        <x:v>208005</x:v>
+        <x:v>4098</x:v>
       </x:c>
       <x:c r="F1443" s="0" t="n">
-        <x:v>931289</x:v>
+        <x:v>11631</x:v>
       </x:c>
       <x:c r="G1443" s="0" t="n">
-        <x:v>225332890886.279</x:v>
+        <x:v>3105933838.33035</x:v>
       </x:c>
       <x:c r="H1443" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:20">
       <x:c r="A1444" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1444" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1444" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1444" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1444" s="0" t="n">
-        <x:v>67</x:v>
+        <x:v>11508</x:v>
       </x:c>
       <x:c r="F1444" s="0" t="n">
-        <x:v>1015869</x:v>
+        <x:v>36090</x:v>
       </x:c>
       <x:c r="G1444" s="0" t="n">
-        <x:v>555104270639.87</x:v>
+        <x:v>11653891370.5814</x:v>
       </x:c>
       <x:c r="H1444" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:20">
       <x:c r="A1445" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1445" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1445" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1445" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1445" s="0" t="n">
-        <x:v>14556</x:v>
+        <x:v>34715</x:v>
       </x:c>
       <x:c r="F1445" s="0" t="n">
-        <x:v>33839</x:v>
+        <x:v>143527</x:v>
       </x:c>
       <x:c r="G1445" s="0" t="n">
-        <x:v>1396602463510.41</x:v>
+        <x:v>26025737118.6448</x:v>
       </x:c>
       <x:c r="H1445" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:20">
       <x:c r="A1446" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1446" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1446" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1446" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1446" s="0" t="n">
-        <x:v>1985628</x:v>
+        <x:v>79222</x:v>
       </x:c>
       <x:c r="F1446" s="0" t="n">
-        <x:v>9781809</x:v>
+        <x:v>300401</x:v>
       </x:c>
       <x:c r="G1446" s="0" t="n">
-        <x:v>3246482728439.73</x:v>
+        <x:v>82121802807.7142</x:v>
       </x:c>
       <x:c r="H1446" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:20">
       <x:c r="A1447" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1447" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1447" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1447" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1447" s="0" t="n">
-        <x:v>2000214</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="F1447" s="0" t="n">
-        <x:v>10831517</x:v>
+        <x:v>5774</x:v>
       </x:c>
       <x:c r="G1447" s="0" t="n">
-        <x:v>5198189462590</x:v>
+        <x:v>594564626.64468</x:v>
       </x:c>
       <x:c r="H1447" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:20">
       <x:c r="A1448" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1448" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1448" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1448" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1448" s="0" t="n">
-        <x:v>27128</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="F1448" s="0" t="n">
-        <x:v>99893</x:v>
+        <x:v>5913</x:v>
       </x:c>
       <x:c r="G1448" s="0" t="n">
-        <x:v>44959886808.0713</x:v>
+        <x:v>738542412.8914</x:v>
       </x:c>
       <x:c r="H1448" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:20">
       <x:c r="A1449" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1449" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1449" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1449" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1449" s="0" t="n">
-        <x:v>35455</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="F1449" s="0" t="n">
-        <x:v>132735</x:v>
+        <x:v>8109</x:v>
       </x:c>
       <x:c r="G1449" s="0" t="n">
-        <x:v>40175172008.6405</x:v>
+        <x:v>1690421811.83748</x:v>
       </x:c>
       <x:c r="H1449" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:20">
       <x:c r="A1450" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1450" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1450" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1450" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1450" s="0" t="n">
-        <x:v>82671</x:v>
+        <x:v>3482</x:v>
       </x:c>
       <x:c r="F1450" s="0" t="n">
-        <x:v>334280</x:v>
+        <x:v>8136</x:v>
       </x:c>
       <x:c r="G1450" s="0" t="n">
-        <x:v>72138886324.8674</x:v>
+        <x:v>1138906180.03639</x:v>
       </x:c>
       <x:c r="H1450" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:20">
       <x:c r="A1451" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1451" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1451" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1451" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1451" s="0" t="n">
-        <x:v>101371</x:v>
+        <x:v>4253</x:v>
       </x:c>
       <x:c r="F1451" s="0" t="n">
-        <x:v>468503</x:v>
+        <x:v>11107</x:v>
       </x:c>
       <x:c r="G1451" s="0" t="n">
-        <x:v>160063169775.657</x:v>
+        <x:v>3373829449.26308</x:v>
       </x:c>
       <x:c r="H1451" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:20">
       <x:c r="A1452" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1452" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1452" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1452" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1452" s="0" t="n">
-        <x:v>141373</x:v>
+        <x:v>5325</x:v>
       </x:c>
       <x:c r="F1452" s="0" t="n">
-        <x:v>730410</x:v>
+        <x:v>13913</x:v>
       </x:c>
       <x:c r="G1452" s="0" t="n">
-        <x:v>171221697729.59</x:v>
+        <x:v>2854108095.73028</x:v>
       </x:c>
       <x:c r="H1452" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:20">
       <x:c r="A1453" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1453" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1453" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1453" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1453" s="0" t="n">
-        <x:v>812029</x:v>
+        <x:v>5498</x:v>
       </x:c>
       <x:c r="F1453" s="0" t="n">
-        <x:v>5011618</x:v>
+        <x:v>13259</x:v>
       </x:c>
       <x:c r="G1453" s="0" t="n">
-        <x:v>2046664941924.85</x:v>
+        <x:v>1628979512.22164</x:v>
       </x:c>
       <x:c r="H1453" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:20">
       <x:c r="A1454" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1454" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1454" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1454" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1454" s="0" t="n">
-        <x:v>1997</x:v>
+        <x:v>6017</x:v>
       </x:c>
       <x:c r="F1454" s="0" t="n">
-        <x:v>5058</x:v>
+        <x:v>15720</x:v>
       </x:c>
       <x:c r="G1454" s="0" t="n">
-        <x:v>511523679.08326</x:v>
+        <x:v>2791355804.27246</x:v>
       </x:c>
       <x:c r="H1454" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:20">
       <x:c r="A1455" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1455" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1455" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1455" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1455" s="0" t="n">
-        <x:v>3572</x:v>
+        <x:v>6874</x:v>
       </x:c>
       <x:c r="F1455" s="0" t="n">
-        <x:v>9166</x:v>
+        <x:v>16912</x:v>
       </x:c>
       <x:c r="G1455" s="0" t="n">
-        <x:v>1029491431.29785</x:v>
+        <x:v>3704757530.64209</x:v>
       </x:c>
       <x:c r="H1455" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:20">
       <x:c r="A1456" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1456" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1456" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1456" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1456" s="0" t="n">
-        <x:v>6081</x:v>
+        <x:v>8073</x:v>
       </x:c>
       <x:c r="F1456" s="0" t="n">
-        <x:v>16892</x:v>
+        <x:v>21362</x:v>
       </x:c>
       <x:c r="G1456" s="0" t="n">
-        <x:v>2504451884.05197</x:v>
+        <x:v>4180698204.30889</x:v>
       </x:c>
       <x:c r="H1456" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:20">
       <x:c r="A1457" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1457" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1457" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1457" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1457" s="0" t="n">
-        <x:v>6154</x:v>
+        <x:v>8486</x:v>
       </x:c>
       <x:c r="F1457" s="0" t="n">
-        <x:v>17101</x:v>
+        <x:v>22031</x:v>
       </x:c>
       <x:c r="G1457" s="0" t="n">
-        <x:v>1619961945.27239</x:v>
+        <x:v>3229261670.94126</x:v>
       </x:c>
       <x:c r="H1457" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:20">
       <x:c r="A1458" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1458" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1458" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1458" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1458" s="0" t="n">
-        <x:v>6521</x:v>
+        <x:v>8803</x:v>
       </x:c>
       <x:c r="F1458" s="0" t="n">
-        <x:v>17766</x:v>
+        <x:v>22341</x:v>
       </x:c>
       <x:c r="G1458" s="0" t="n">
-        <x:v>3131147436.19049</x:v>
+        <x:v>2526568932.46039</x:v>
       </x:c>
       <x:c r="H1458" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:20">
       <x:c r="A1459" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1459" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1459" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1459" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1459" s="0" t="n">
-        <x:v>6544</x:v>
+        <x:v>9480</x:v>
       </x:c>
       <x:c r="F1459" s="0" t="n">
-        <x:v>18093</x:v>
+        <x:v>25135</x:v>
       </x:c>
       <x:c r="G1459" s="0" t="n">
-        <x:v>3553725778.41343</x:v>
+        <x:v>3965516021.20714</x:v>
       </x:c>
       <x:c r="H1459" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:20">
       <x:c r="A1460" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1460" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1460" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1460" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1460" s="0" t="n">
-        <x:v>6913</x:v>
+        <x:v>10259</x:v>
       </x:c>
       <x:c r="F1460" s="0" t="n">
-        <x:v>19382</x:v>
+        <x:v>29392</x:v>
       </x:c>
       <x:c r="G1460" s="0" t="n">
-        <x:v>4227583917.68252</x:v>
+        <x:v>6157397895.88891</x:v>
       </x:c>
       <x:c r="H1460" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:20">
       <x:c r="A1461" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1461" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1461" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1461" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1461" s="0" t="n">
-        <x:v>6972</x:v>
+        <x:v>10802</x:v>
       </x:c>
       <x:c r="F1461" s="0" t="n">
-        <x:v>19392</x:v>
+        <x:v>27632</x:v>
       </x:c>
       <x:c r="G1461" s="0" t="n">
-        <x:v>3057073916.15921</x:v>
+        <x:v>5260403157.39517</x:v>
       </x:c>
       <x:c r="H1461" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:20">
       <x:c r="A1462" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1462" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1462" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1462" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1462" s="0" t="n">
-        <x:v>7435</x:v>
+        <x:v>11218</x:v>
       </x:c>
       <x:c r="F1462" s="0" t="n">
-        <x:v>21355</x:v>
+        <x:v>29730</x:v>
       </x:c>
       <x:c r="G1462" s="0" t="n">
-        <x:v>2106598862.4128</x:v>
+        <x:v>4801415260.56933</x:v>
       </x:c>
       <x:c r="H1462" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:20">
       <x:c r="A1463" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1463" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1463" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1463" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1463" s="0" t="n">
-        <x:v>7771</x:v>
+        <x:v>16857</x:v>
       </x:c>
       <x:c r="F1463" s="0" t="n">
-        <x:v>20845</x:v>
+        <x:v>52019</x:v>
       </x:c>
       <x:c r="G1463" s="0" t="n">
-        <x:v>2759488329.07707</x:v>
+        <x:v>10338007627.9609</x:v>
       </x:c>
       <x:c r="H1463" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:20">
       <x:c r="A1464" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1464" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1464" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1464" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1464" s="0" t="n">
-        <x:v>9048</x:v>
+        <x:v>17951</x:v>
       </x:c>
       <x:c r="F1464" s="0" t="n">
-        <x:v>25942</x:v>
+        <x:v>50939</x:v>
       </x:c>
       <x:c r="G1464" s="0" t="n">
-        <x:v>3475383443.04786</x:v>
+        <x:v>12043791348.0426</x:v>
       </x:c>
       <x:c r="H1464" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:20">
       <x:c r="A1465" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1465" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1465" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1465" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1465" s="0" t="n">
-        <x:v>11040</x:v>
+        <x:v>29774</x:v>
       </x:c>
       <x:c r="F1465" s="0" t="n">
-        <x:v>27646</x:v>
+        <x:v>105957</x:v>
       </x:c>
       <x:c r="G1465" s="0" t="n">
-        <x:v>5391480012.67803</x:v>
+        <x:v>22867762679.2517</x:v>
       </x:c>
       <x:c r="H1465" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:20">
       <x:c r="A1466" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1466" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1466" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1466" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1466" s="0" t="n">
-        <x:v>15684</x:v>
+        <x:v>35210</x:v>
       </x:c>
       <x:c r="F1466" s="0" t="n">
-        <x:v>48588</x:v>
+        <x:v>113509</x:v>
       </x:c>
       <x:c r="G1466" s="0" t="n">
-        <x:v>7815421562.92364</x:v>
+        <x:v>26583543855.2849</x:v>
       </x:c>
       <x:c r="H1466" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:20">
       <x:c r="A1467" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1467" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1467" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1467" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1467" s="0" t="n">
-        <x:v>15779</x:v>
+        <x:v>2917</x:v>
       </x:c>
       <x:c r="F1467" s="0" t="n">
-        <x:v>47548</x:v>
+        <x:v>8981</x:v>
       </x:c>
       <x:c r="G1467" s="0" t="n">
-        <x:v>12078557177.2137</x:v>
+        <x:v>6179675607.46341</x:v>
       </x:c>
       <x:c r="H1467" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:20">
       <x:c r="A1468" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1468" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1468" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1468" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1468" s="0" t="n">
-        <x:v>16685</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="F1468" s="0" t="n">
-        <x:v>56003</x:v>
+        <x:v>8696</x:v>
       </x:c>
       <x:c r="G1468" s="0" t="n">
-        <x:v>8507775776.05747</x:v>
+        <x:v>1377321909.17381</x:v>
       </x:c>
       <x:c r="H1468" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:20">
       <x:c r="A1469" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1469" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1469" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1469" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1469" s="0" t="n">
-        <x:v>20315</x:v>
+        <x:v>4499</x:v>
       </x:c>
       <x:c r="F1469" s="0" t="n">
-        <x:v>58071</x:v>
+        <x:v>12115</x:v>
       </x:c>
       <x:c r="G1469" s="0" t="n">
-        <x:v>11850257795.7241</x:v>
+        <x:v>2910594172.94489</x:v>
       </x:c>
       <x:c r="H1469" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:20">
       <x:c r="A1470" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1470" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1470" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1470" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1470" s="0" t="n">
-        <x:v>58829</x:v>
+        <x:v>5067</x:v>
       </x:c>
       <x:c r="F1470" s="0" t="n">
-        <x:v>219916</x:v>
+        <x:v>14604</x:v>
       </x:c>
       <x:c r="G1470" s="0" t="n">
-        <x:v>49688853424.9837</x:v>
+        <x:v>3807524289.84771</x:v>
       </x:c>
       <x:c r="H1470" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:20">
       <x:c r="A1471" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1471" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1471" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1471" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1471" s="0" t="n">
-        <x:v>4091</x:v>
+        <x:v>5345</x:v>
       </x:c>
       <x:c r="F1471" s="0" t="n">
-        <x:v>12457</x:v>
+        <x:v>15692</x:v>
       </x:c>
       <x:c r="G1471" s="0" t="n">
-        <x:v>2487923335.16731</x:v>
+        <x:v>3413636838.40818</x:v>
       </x:c>
       <x:c r="H1471" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:20">
       <x:c r="A1472" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1472" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1472" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1472" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1472" s="0" t="n">
-        <x:v>4671</x:v>
+        <x:v>5664</x:v>
       </x:c>
       <x:c r="F1472" s="0" t="n">
-        <x:v>13019</x:v>
+        <x:v>17882</x:v>
       </x:c>
       <x:c r="G1472" s="0" t="n">
-        <x:v>2503435558.15233</x:v>
+        <x:v>5367790050.43253</x:v>
       </x:c>
       <x:c r="H1472" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:20">
       <x:c r="A1473" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1473" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1473" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1473" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1473" s="0" t="n">
-        <x:v>4682</x:v>
+        <x:v>5828</x:v>
       </x:c>
       <x:c r="F1473" s="0" t="n">
-        <x:v>11866</x:v>
+        <x:v>14806</x:v>
       </x:c>
       <x:c r="G1473" s="0" t="n">
-        <x:v>1917824850.07173</x:v>
+        <x:v>3018596797.96016</x:v>
       </x:c>
       <x:c r="H1473" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:20">
       <x:c r="A1474" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1474" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1474" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1474" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1474" s="0" t="n">
-        <x:v>4751</x:v>
+        <x:v>6051</x:v>
       </x:c>
       <x:c r="F1474" s="0" t="n">
-        <x:v>12675</x:v>
+        <x:v>17400</x:v>
       </x:c>
       <x:c r="G1474" s="0" t="n">
-        <x:v>2414146074.16167</x:v>
+        <x:v>2201179680.66117</x:v>
       </x:c>
       <x:c r="H1474" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:20">
       <x:c r="A1475" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1475" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1475" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1475" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1475" s="0" t="n">
-        <x:v>5353</x:v>
+        <x:v>7653</x:v>
       </x:c>
       <x:c r="F1475" s="0" t="n">
-        <x:v>15891</x:v>
+        <x:v>20734</x:v>
       </x:c>
       <x:c r="G1475" s="0" t="n">
-        <x:v>3675747513.32228</x:v>
+        <x:v>5484016457.7339</x:v>
       </x:c>
       <x:c r="H1475" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:20">
       <x:c r="A1476" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1476" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1476" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1476" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1476" s="0" t="n">
-        <x:v>5970</x:v>
+        <x:v>9451</x:v>
       </x:c>
       <x:c r="F1476" s="0" t="n">
-        <x:v>14645</x:v>
+        <x:v>31850</x:v>
       </x:c>
       <x:c r="G1476" s="0" t="n">
-        <x:v>4214645458.21681</x:v>
+        <x:v>8376977417.53717</x:v>
       </x:c>
       <x:c r="H1476" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:20">
       <x:c r="A1477" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1477" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1477" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1477" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1477" s="0" t="n">
-        <x:v>9415</x:v>
+        <x:v>19213</x:v>
       </x:c>
       <x:c r="F1477" s="0" t="n">
-        <x:v>27545</x:v>
+        <x:v>57027</x:v>
       </x:c>
       <x:c r="G1477" s="0" t="n">
-        <x:v>6722155852.3057</x:v>
+        <x:v>11531750877.478</x:v>
       </x:c>
       <x:c r="H1477" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:20">
       <x:c r="A1478" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1478" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1478" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1478" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1478" s="0" t="n">
-        <x:v>10300</x:v>
+        <x:v>19260</x:v>
       </x:c>
       <x:c r="F1478" s="0" t="n">
-        <x:v>30776</x:v>
+        <x:v>56557</x:v>
       </x:c>
       <x:c r="G1478" s="0" t="n">
-        <x:v>4491982411.12355</x:v>
+        <x:v>17843550430.7888</x:v>
       </x:c>
       <x:c r="H1478" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:20">
       <x:c r="A1479" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1479" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1479" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1479" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1479" s="0" t="n">
-        <x:v>10984</x:v>
+        <x:v>21255</x:v>
       </x:c>
       <x:c r="F1479" s="0" t="n">
-        <x:v>31441</x:v>
+        <x:v>74677</x:v>
       </x:c>
       <x:c r="G1479" s="0" t="n">
-        <x:v>12205062440.9916</x:v>
+        <x:v>28627794393.1623</x:v>
       </x:c>
       <x:c r="H1479" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:20">
       <x:c r="A1480" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B1480" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1480" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1480" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1480" s="0" t="n">
-        <x:v>11971</x:v>
+        <x:v>40560</x:v>
       </x:c>
       <x:c r="F1480" s="0" t="n">
-        <x:v>36212</x:v>
+        <x:v>153720</x:v>
       </x:c>
       <x:c r="G1480" s="0" t="n">
-        <x:v>7949065957.27674</x:v>
+        <x:v>34098971349.4441</x:v>
       </x:c>
       <x:c r="H1480" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:20">
       <x:c r="A1481" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1481" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1481" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1481" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E1481" s="0" t="n">
-        <x:v>12745</x:v>
+        <x:v>4731</x:v>
       </x:c>
       <x:c r="F1481" s="0" t="n">
-        <x:v>34651</x:v>
+        <x:v>8215</x:v>
       </x:c>
       <x:c r="G1481" s="0" t="n">
-        <x:v>8018363107.44524</x:v>
+        <x:v>18020917508.9495</x:v>
       </x:c>
       <x:c r="H1481" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:20">
       <x:c r="A1482" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1482" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1482" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1482" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E1482" s="0" t="n">
-        <x:v>13538</x:v>
+        <x:v>318109</x:v>
       </x:c>
       <x:c r="F1482" s="0" t="n">
-        <x:v>38552</x:v>
+        <x:v>800436</x:v>
       </x:c>
       <x:c r="G1482" s="0" t="n">
-        <x:v>10765631018.8647</x:v>
+        <x:v>43019726712.963</x:v>
       </x:c>
       <x:c r="H1482" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:20">
       <x:c r="A1483" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1483" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1483" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1483" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E1483" s="0" t="n">
-        <x:v>18050</x:v>
+        <x:v>443600</x:v>
       </x:c>
       <x:c r="F1483" s="0" t="n">
-        <x:v>59456</x:v>
+        <x:v>1963396</x:v>
       </x:c>
       <x:c r="G1483" s="0" t="n">
-        <x:v>13601037884.4626</x:v>
+        <x:v>203334760763.734</x:v>
       </x:c>
       <x:c r="H1483" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:20">
       <x:c r="A1484" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1484" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1484" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1484" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E1484" s="0" t="n">
-        <x:v>19326</x:v>
+        <x:v>408412</x:v>
       </x:c>
       <x:c r="F1484" s="0" t="n">
-        <x:v>63422</x:v>
+        <x:v>2497693</x:v>
       </x:c>
       <x:c r="G1484" s="0" t="n">
-        <x:v>18539184000.57</x:v>
+        <x:v>497697488132.314</x:v>
       </x:c>
       <x:c r="H1484" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:20">
       <x:c r="A1485" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1485" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1485" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1485" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E1485" s="0" t="n">
-        <x:v>20194</x:v>
+        <x:v>296724</x:v>
       </x:c>
       <x:c r="F1485" s="0" t="n">
-        <x:v>63096</x:v>
+        <x:v>2012300</x:v>
       </x:c>
       <x:c r="G1485" s="0" t="n">
-        <x:v>17256751480.2979</x:v>
+        <x:v>759831795656.448</x:v>
       </x:c>
       <x:c r="H1485" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:20">
       <x:c r="A1486" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1486" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1486" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1486" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E1486" s="0" t="n">
-        <x:v>22338</x:v>
+        <x:v>306047</x:v>
       </x:c>
       <x:c r="F1486" s="0" t="n">
-        <x:v>70548</x:v>
+        <x:v>1568480</x:v>
       </x:c>
       <x:c r="G1486" s="0" t="n">
-        <x:v>11740341341.6414</x:v>
+        <x:v>1499245148779.02</x:v>
       </x:c>
       <x:c r="H1486" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:20">
       <x:c r="A1487" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1487" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1487" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1487" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E1487" s="0" t="n">
-        <x:v>4286</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1487" s="0" t="n">
-        <x:v>12054</x:v>
+        <x:v>1015869</x:v>
       </x:c>
       <x:c r="G1487" s="0" t="n">
-        <x:v>3026882411.24255</x:v>
+        <x:v>555104270639.87</x:v>
       </x:c>
       <x:c r="H1487" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:20">
       <x:c r="A1488" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1488" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1488" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1488" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1488" s="0" t="n">
-        <x:v>12157</x:v>
+        <x:v>14556</x:v>
       </x:c>
       <x:c r="F1488" s="0" t="n">
-        <x:v>37938</x:v>
+        <x:v>33839</x:v>
       </x:c>
       <x:c r="G1488" s="0" t="n">
-        <x:v>12074722929.5069</x:v>
+        <x:v>1396602463510.41</x:v>
       </x:c>
       <x:c r="H1488" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:20">
       <x:c r="A1489" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1489" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1489" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1489" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E1489" s="0" t="n">
-        <x:v>36681</x:v>
+        <x:v>208005</x:v>
       </x:c>
       <x:c r="F1489" s="0" t="n">
-        <x:v>149596</x:v>
+        <x:v>931289</x:v>
       </x:c>
       <x:c r="G1489" s="0" t="n">
-        <x:v>26743879555.0578</x:v>
+        <x:v>225332890886.279</x:v>
       </x:c>
       <x:c r="H1489" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:20">
       <x:c r="A1490" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1490" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1490" s="0" t="s">
-        <x:v>8</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1490" s="0" t="n">
-        <x:v>83827</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1490" s="0" t="n">
-        <x:v>314137</x:v>
+        <x:v>1015869</x:v>
       </x:c>
       <x:c r="G1490" s="0" t="n">
-        <x:v>84050022227.6489</x:v>
+        <x:v>555104270639.87</x:v>
       </x:c>
       <x:c r="H1490" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:20">
       <x:c r="A1491" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1491" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1491" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1491" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1491" s="0" t="n">
-        <x:v>2657</x:v>
+        <x:v>14556</x:v>
       </x:c>
       <x:c r="F1491" s="0" t="n">
-        <x:v>6361</x:v>
+        <x:v>33839</x:v>
       </x:c>
       <x:c r="G1491" s="0" t="n">
-        <x:v>643839114.48504</x:v>
+        <x:v>1396602463510.41</x:v>
       </x:c>
       <x:c r="H1491" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:20">
       <x:c r="A1492" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1492" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1492" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1492" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E1492" s="0" t="n">
-        <x:v>2916</x:v>
+        <x:v>1985628</x:v>
       </x:c>
       <x:c r="F1492" s="0" t="n">
-        <x:v>6905</x:v>
+        <x:v>9781809</x:v>
       </x:c>
       <x:c r="G1492" s="0" t="n">
-        <x:v>863427297.93096</x:v>
+        <x:v>3246482728439.73</x:v>
       </x:c>
       <x:c r="H1492" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:20">
       <x:c r="A1493" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1493" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1493" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1493" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1493" s="0" t="n">
-        <x:v>3317</x:v>
+        <x:v>2000214</x:v>
       </x:c>
       <x:c r="F1493" s="0" t="n">
-        <x:v>8706</x:v>
+        <x:v>10831517</x:v>
       </x:c>
       <x:c r="G1493" s="0" t="n">
-        <x:v>1744548909.56166</x:v>
+        <x:v>5198189462590</x:v>
       </x:c>
       <x:c r="H1493" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:20">
       <x:c r="A1494" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1494" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1494" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1494" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1494" s="0" t="n">
-        <x:v>3904</x:v>
+        <x:v>27128</x:v>
       </x:c>
       <x:c r="F1494" s="0" t="n">
-        <x:v>9257</x:v>
+        <x:v>99893</x:v>
       </x:c>
       <x:c r="G1494" s="0" t="n">
-        <x:v>1311397778.77167</x:v>
+        <x:v>44959886808.0713</x:v>
       </x:c>
       <x:c r="H1494" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:20">
       <x:c r="A1495" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1495" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1495" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1495" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1495" s="0" t="n">
-        <x:v>4700</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="F1495" s="0" t="n">
-        <x:v>12168</x:v>
+        <x:v>132735</x:v>
       </x:c>
       <x:c r="G1495" s="0" t="n">
-        <x:v>3474360977.4419</x:v>
+        <x:v>40175172008.6405</x:v>
       </x:c>
       <x:c r="H1495" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:20">
       <x:c r="A1496" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1496" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1496" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1496" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1496" s="0" t="n">
-        <x:v>5796</x:v>
+        <x:v>82671</x:v>
       </x:c>
       <x:c r="F1496" s="0" t="n">
-        <x:v>15011</x:v>
+        <x:v>334280</x:v>
       </x:c>
       <x:c r="G1496" s="0" t="n">
-        <x:v>2909303302.30394</x:v>
+        <x:v>72138886324.8674</x:v>
       </x:c>
       <x:c r="H1496" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:20">
       <x:c r="A1497" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1497" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1497" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1497" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1497" s="0" t="n">
-        <x:v>6132</x:v>
+        <x:v>101371</x:v>
       </x:c>
       <x:c r="F1497" s="0" t="n">
-        <x:v>14889</x:v>
+        <x:v>468503</x:v>
       </x:c>
       <x:c r="G1497" s="0" t="n">
-        <x:v>1771659019.15558</x:v>
+        <x:v>160063169775.657</x:v>
       </x:c>
       <x:c r="H1497" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:20">
       <x:c r="A1498" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1498" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1498" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1498" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1498" s="0" t="n">
-        <x:v>6478</x:v>
+        <x:v>141373</x:v>
       </x:c>
       <x:c r="F1498" s="0" t="n">
-        <x:v>16899</x:v>
+        <x:v>730410</x:v>
       </x:c>
       <x:c r="G1498" s="0" t="n">
-        <x:v>3025113792.07524</x:v>
+        <x:v>171221697729.59</x:v>
       </x:c>
       <x:c r="H1498" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:20">
       <x:c r="A1499" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1499" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1499" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1499" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1499" s="0" t="n">
-        <x:v>7586</x:v>
+        <x:v>812029</x:v>
       </x:c>
       <x:c r="F1499" s="0" t="n">
-        <x:v>18535</x:v>
+        <x:v>5011618</x:v>
       </x:c>
       <x:c r="G1499" s="0" t="n">
-        <x:v>3832820808.90587</x:v>
+        <x:v>2046664941924.85</x:v>
       </x:c>
       <x:c r="H1499" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:20">
       <x:c r="A1500" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1500" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1500" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1500" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1500" s="0" t="n">
-        <x:v>8831</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="F1500" s="0" t="n">
-        <x:v>22925</x:v>
+        <x:v>5058</x:v>
       </x:c>
       <x:c r="G1500" s="0" t="n">
-        <x:v>3997604961.11322</x:v>
+        <x:v>511523679.08326</x:v>
       </x:c>
       <x:c r="H1500" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:20">
       <x:c r="A1501" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1501" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1501" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1501" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1501" s="0" t="n">
-        <x:v>9294</x:v>
+        <x:v>3572</x:v>
       </x:c>
       <x:c r="F1501" s="0" t="n">
-        <x:v>23922</x:v>
+        <x:v>9166</x:v>
       </x:c>
       <x:c r="G1501" s="0" t="n">
-        <x:v>3380069318.65201</x:v>
+        <x:v>1029491431.29785</x:v>
       </x:c>
       <x:c r="H1501" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:20">
       <x:c r="A1502" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1502" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1502" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1502" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1502" s="0" t="n">
-        <x:v>9704</x:v>
+        <x:v>6081</x:v>
       </x:c>
       <x:c r="F1502" s="0" t="n">
-        <x:v>24432</x:v>
+        <x:v>16892</x:v>
       </x:c>
       <x:c r="G1502" s="0" t="n">
-        <x:v>2687255230.62407</x:v>
+        <x:v>2504451884.05197</x:v>
       </x:c>
       <x:c r="H1502" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:20">
       <x:c r="A1503" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1503" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1503" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1503" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1503" s="0" t="n">
-        <x:v>10452</x:v>
+        <x:v>6154</x:v>
       </x:c>
       <x:c r="F1503" s="0" t="n">
-        <x:v>27481</x:v>
+        <x:v>17101</x:v>
       </x:c>
       <x:c r="G1503" s="0" t="n">
-        <x:v>4615773136.59109</x:v>
+        <x:v>1619961945.27239</x:v>
       </x:c>
       <x:c r="H1503" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:20">
       <x:c r="A1504" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1504" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1504" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1504" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1504" s="0" t="n">
-        <x:v>11248</x:v>
+        <x:v>6521</x:v>
       </x:c>
       <x:c r="F1504" s="0" t="n">
-        <x:v>31738</x:v>
+        <x:v>17766</x:v>
       </x:c>
       <x:c r="G1504" s="0" t="n">
-        <x:v>6387103822.1722</x:v>
+        <x:v>3131147436.19049</x:v>
       </x:c>
       <x:c r="H1504" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:20">
       <x:c r="A1505" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1505" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1505" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1505" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1505" s="0" t="n">
-        <x:v>11851</x:v>
+        <x:v>6544</x:v>
       </x:c>
       <x:c r="F1505" s="0" t="n">
-        <x:v>29955</x:v>
+        <x:v>18093</x:v>
       </x:c>
       <x:c r="G1505" s="0" t="n">
-        <x:v>5571209081.00767</x:v>
+        <x:v>3553725778.41343</x:v>
       </x:c>
       <x:c r="H1505" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:20">
       <x:c r="A1506" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1506" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1506" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1506" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1506" s="0" t="n">
-        <x:v>12328</x:v>
+        <x:v>6913</x:v>
       </x:c>
       <x:c r="F1506" s="0" t="n">
-        <x:v>32528</x:v>
+        <x:v>19382</x:v>
       </x:c>
       <x:c r="G1506" s="0" t="n">
-        <x:v>5748375461.45975</x:v>
+        <x:v>4227583917.68252</x:v>
       </x:c>
       <x:c r="H1506" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:20">
       <x:c r="A1507" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1507" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1507" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1507" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1507" s="0" t="n">
-        <x:v>18347</x:v>
+        <x:v>6972</x:v>
       </x:c>
       <x:c r="F1507" s="0" t="n">
-        <x:v>55537</x:v>
+        <x:v>19392</x:v>
       </x:c>
       <x:c r="G1507" s="0" t="n">
-        <x:v>11097530195.3327</x:v>
+        <x:v>3057073916.15921</x:v>
       </x:c>
       <x:c r="H1507" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:20">
       <x:c r="A1508" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1508" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1508" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1508" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1508" s="0" t="n">
-        <x:v>19509</x:v>
+        <x:v>7435</x:v>
       </x:c>
       <x:c r="F1508" s="0" t="n">
-        <x:v>54751</x:v>
+        <x:v>21355</x:v>
       </x:c>
       <x:c r="G1508" s="0" t="n">
-        <x:v>12419741970.3695</x:v>
+        <x:v>2106598862.4128</x:v>
       </x:c>
       <x:c r="H1508" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:20">
       <x:c r="A1509" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1509" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1509" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1509" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1509" s="0" t="n">
-        <x:v>31529</x:v>
+        <x:v>7771</x:v>
       </x:c>
       <x:c r="F1509" s="0" t="n">
-        <x:v>110426</x:v>
+        <x:v>20845</x:v>
       </x:c>
       <x:c r="G1509" s="0" t="n">
-        <x:v>23999144493.765</x:v>
+        <x:v>2759488329.07707</x:v>
       </x:c>
       <x:c r="H1509" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:20">
       <x:c r="A1510" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1510" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1510" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1510" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1510" s="0" t="n">
-        <x:v>37618</x:v>
+        <x:v>9048</x:v>
       </x:c>
       <x:c r="F1510" s="0" t="n">
-        <x:v>119625</x:v>
+        <x:v>25942</x:v>
       </x:c>
       <x:c r="G1510" s="0" t="n">
-        <x:v>27723724765.824</x:v>
+        <x:v>3475383443.04786</x:v>
       </x:c>
       <x:c r="H1510" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:20">
       <x:c r="A1511" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1511" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1511" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1511" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1511" s="0" t="n">
-        <x:v>3071</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="F1511" s="0" t="n">
-        <x:v>9275</x:v>
+        <x:v>27646</x:v>
       </x:c>
       <x:c r="G1511" s="0" t="n">
-        <x:v>6345878392.23678</x:v>
+        <x:v>5391480012.67803</x:v>
       </x:c>
       <x:c r="H1511" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:20">
       <x:c r="A1512" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1512" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1512" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1512" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1512" s="0" t="n">
-        <x:v>3188</x:v>
+        <x:v>15684</x:v>
       </x:c>
       <x:c r="F1512" s="0" t="n">
-        <x:v>9197</x:v>
+        <x:v>48588</x:v>
       </x:c>
       <x:c r="G1512" s="0" t="n">
-        <x:v>1422096242.53019</x:v>
+        <x:v>7815421562.92364</x:v>
       </x:c>
       <x:c r="H1512" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:20">
       <x:c r="A1513" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1513" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1513" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1513" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1513" s="0" t="n">
-        <x:v>4727</x:v>
+        <x:v>15779</x:v>
       </x:c>
       <x:c r="F1513" s="0" t="n">
-        <x:v>12742</x:v>
+        <x:v>47548</x:v>
       </x:c>
       <x:c r="G1513" s="0" t="n">
-        <x:v>2946459489.42996</x:v>
+        <x:v>12078557177.2137</x:v>
       </x:c>
       <x:c r="H1513" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:20">
       <x:c r="A1514" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1514" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1514" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1514" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1514" s="0" t="n">
-        <x:v>5303</x:v>
+        <x:v>16685</x:v>
       </x:c>
       <x:c r="F1514" s="0" t="n">
-        <x:v>15188</x:v>
+        <x:v>56003</x:v>
       </x:c>
       <x:c r="G1514" s="0" t="n">
-        <x:v>3736380367.31063</x:v>
+        <x:v>8507775776.05747</x:v>
       </x:c>
       <x:c r="H1514" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:20">
       <x:c r="A1515" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1515" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1515" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1515" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1515" s="0" t="n">
-        <x:v>5579</x:v>
+        <x:v>20315</x:v>
       </x:c>
       <x:c r="F1515" s="0" t="n">
-        <x:v>16345</x:v>
+        <x:v>58071</x:v>
       </x:c>
       <x:c r="G1515" s="0" t="n">
-        <x:v>3513346085.5093</x:v>
+        <x:v>11850257795.7241</x:v>
       </x:c>
       <x:c r="H1515" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:20">
       <x:c r="A1516" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1516" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1516" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1516" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1516" s="0" t="n">
-        <x:v>5868</x:v>
+        <x:v>58829</x:v>
       </x:c>
       <x:c r="F1516" s="0" t="n">
-        <x:v>18497</x:v>
+        <x:v>219916</x:v>
       </x:c>
       <x:c r="G1516" s="0" t="n">
-        <x:v>5308599816.24534</x:v>
+        <x:v>49688853424.9837</x:v>
       </x:c>
       <x:c r="H1516" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:20">
       <x:c r="A1517" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1517" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1517" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1517" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1517" s="0" t="n">
-        <x:v>6161</x:v>
+        <x:v>4091</x:v>
       </x:c>
       <x:c r="F1517" s="0" t="n">
-        <x:v>15685</x:v>
+        <x:v>12457</x:v>
       </x:c>
       <x:c r="G1517" s="0" t="n">
-        <x:v>3153273114.0647</x:v>
+        <x:v>2487923335.16731</x:v>
       </x:c>
       <x:c r="H1517" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:20">
       <x:c r="A1518" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1518" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1518" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1518" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1518" s="0" t="n">
-        <x:v>6354</x:v>
+        <x:v>4671</x:v>
       </x:c>
       <x:c r="F1518" s="0" t="n">
-        <x:v>18300</x:v>
+        <x:v>13019</x:v>
       </x:c>
       <x:c r="G1518" s="0" t="n">
-        <x:v>2291114714.17735</x:v>
+        <x:v>2503435558.15233</x:v>
       </x:c>
       <x:c r="H1518" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:20">
       <x:c r="A1519" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1519" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1519" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1519" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1519" s="0" t="n">
-        <x:v>8036</x:v>
+        <x:v>4682</x:v>
       </x:c>
       <x:c r="F1519" s="0" t="n">
-        <x:v>21801</x:v>
+        <x:v>11866</x:v>
       </x:c>
       <x:c r="G1519" s="0" t="n">
-        <x:v>5671556204.47171</x:v>
+        <x:v>1917824850.07173</x:v>
       </x:c>
       <x:c r="H1519" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:20">
       <x:c r="A1520" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1520" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1520" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1520" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1520" s="0" t="n">
-        <x:v>9895</x:v>
+        <x:v>4751</x:v>
       </x:c>
       <x:c r="F1520" s="0" t="n">
-        <x:v>32849</x:v>
+        <x:v>12675</x:v>
       </x:c>
       <x:c r="G1520" s="0" t="n">
-        <x:v>8706875039.10568</x:v>
+        <x:v>2414146074.16167</x:v>
       </x:c>
       <x:c r="H1520" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:20">
       <x:c r="A1521" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1521" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1521" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1521" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1521" s="0" t="n">
-        <x:v>20270</x:v>
+        <x:v>5353</x:v>
       </x:c>
       <x:c r="F1521" s="0" t="n">
-        <x:v>59570</x:v>
+        <x:v>15891</x:v>
       </x:c>
       <x:c r="G1521" s="0" t="n">
-        <x:v>11795712583.9574</x:v>
+        <x:v>3675747513.32228</x:v>
       </x:c>
       <x:c r="H1521" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:20">
       <x:c r="A1522" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1522" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1522" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1522" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1522" s="0" t="n">
-        <x:v>20350</x:v>
+        <x:v>5970</x:v>
       </x:c>
       <x:c r="F1522" s="0" t="n">
-        <x:v>59340</x:v>
+        <x:v>14645</x:v>
       </x:c>
       <x:c r="G1522" s="0" t="n">
-        <x:v>18993551717.2019</x:v>
+        <x:v>4214645458.21681</x:v>
       </x:c>
       <x:c r="H1522" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:20">
       <x:c r="A1523" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1523" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1523" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1523" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1523" s="0" t="n">
-        <x:v>22364</x:v>
+        <x:v>9415</x:v>
       </x:c>
       <x:c r="F1523" s="0" t="n">
-        <x:v>78023</x:v>
+        <x:v>27545</x:v>
       </x:c>
       <x:c r="G1523" s="0" t="n">
-        <x:v>29975138777.6882</x:v>
+        <x:v>6722155852.3057</x:v>
       </x:c>
       <x:c r="H1523" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:20">
       <x:c r="A1524" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1524" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C1524" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1524" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1524" s="0" t="n">
-        <x:v>42011</x:v>
+        <x:v>10300</x:v>
       </x:c>
       <x:c r="F1524" s="0" t="n">
-        <x:v>158000</x:v>
+        <x:v>30776</x:v>
       </x:c>
       <x:c r="G1524" s="0" t="n">
-        <x:v>34592679516.1167</x:v>
+        <x:v>4491982411.12355</x:v>
       </x:c>
       <x:c r="H1524" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:20">
       <x:c r="A1525" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1525" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1525" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1525" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1525" s="0" t="n">
-        <x:v>4683</x:v>
+        <x:v>10984</x:v>
       </x:c>
       <x:c r="F1525" s="0" t="n">
-        <x:v>8020</x:v>
+        <x:v>31441</x:v>
       </x:c>
       <x:c r="G1525" s="0" t="n">
-        <x:v>18483869108.5877</x:v>
+        <x:v>12205062440.9916</x:v>
       </x:c>
       <x:c r="H1525" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:20">
       <x:c r="A1526" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1526" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1526" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1526" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1526" s="0" t="n">
-        <x:v>345228</x:v>
+        <x:v>11971</x:v>
       </x:c>
       <x:c r="F1526" s="0" t="n">
-        <x:v>851500</x:v>
+        <x:v>36212</x:v>
       </x:c>
       <x:c r="G1526" s="0" t="n">
-        <x:v>54771984849.2859</x:v>
+        <x:v>7949065957.27674</x:v>
       </x:c>
       <x:c r="H1526" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:20">
       <x:c r="A1527" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1527" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1527" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1527" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1527" s="0" t="n">
-        <x:v>510342</x:v>
+        <x:v>12745</x:v>
       </x:c>
       <x:c r="F1527" s="0" t="n">
-        <x:v>2145571</x:v>
+        <x:v>34651</x:v>
       </x:c>
       <x:c r="G1527" s="0" t="n">
-        <x:v>265577651128.144</x:v>
+        <x:v>8018363107.44524</x:v>
       </x:c>
       <x:c r="H1527" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:20">
       <x:c r="A1528" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1528" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1528" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1528" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1528" s="0" t="n">
-        <x:v>467586</x:v>
+        <x:v>13538</x:v>
       </x:c>
       <x:c r="F1528" s="0" t="n">
-        <x:v>2800343</x:v>
+        <x:v>38552</x:v>
       </x:c>
       <x:c r="G1528" s="0" t="n">
-        <x:v>741007505017.382</x:v>
+        <x:v>10765631018.8647</x:v>
       </x:c>
       <x:c r="H1528" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:20">
       <x:c r="A1529" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1529" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1529" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1529" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1529" s="0" t="n">
-        <x:v>338763</x:v>
+        <x:v>18050</x:v>
       </x:c>
       <x:c r="F1529" s="0" t="n">
-        <x:v>2286686</x:v>
+        <x:v>59456</x:v>
       </x:c>
       <x:c r="G1529" s="0" t="n">
-        <x:v>1208542293725.41</x:v>
+        <x:v>13601037884.4626</x:v>
       </x:c>
       <x:c r="H1529" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:20">
       <x:c r="A1530" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1530" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1530" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1530" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1530" s="0" t="n">
-        <x:v>338177</x:v>
+        <x:v>19326</x:v>
       </x:c>
       <x:c r="F1530" s="0" t="n">
-        <x:v>1768639</x:v>
+        <x:v>63422</x:v>
       </x:c>
       <x:c r="G1530" s="0" t="n">
-        <x:v>2268653293150.1</x:v>
+        <x:v>18539184000.57</x:v>
       </x:c>
       <x:c r="H1530" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:20">
       <x:c r="A1531" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1531" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1531" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1531" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1531" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>20194</x:v>
       </x:c>
       <x:c r="F1531" s="0" t="n">
-        <x:v>1071399</x:v>
+        <x:v>63096</x:v>
       </x:c>
       <x:c r="G1531" s="0" t="n">
-        <x:v>2948451988643.8</x:v>
+        <x:v>17256751480.2979</x:v>
       </x:c>
       <x:c r="H1531" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:20">
       <x:c r="A1532" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1532" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1532" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1532" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E1532" s="0" t="n">
-        <x:v>14486</x:v>
+        <x:v>22338</x:v>
       </x:c>
       <x:c r="F1532" s="0" t="n">
-        <x:v>34179</x:v>
+        <x:v>70548</x:v>
       </x:c>
       <x:c r="G1532" s="0" t="n">
-        <x:v>1351069321553.4</x:v>
+        <x:v>11740341341.6414</x:v>
       </x:c>
       <x:c r="H1532" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:20">
       <x:c r="A1533" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1533" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1533" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1533" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1533" s="0" t="n">
-        <x:v>47755</x:v>
+        <x:v>4286</x:v>
       </x:c>
       <x:c r="F1533" s="0" t="n">
-        <x:v>77992</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="G1533" s="0" t="n">
-        <x:v>5504136112.16448</x:v>
+        <x:v>3026882411.24255</x:v>
       </x:c>
       <x:c r="H1533" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:20">
       <x:c r="A1534" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1534" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1534" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1534" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1534" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>12157</x:v>
       </x:c>
       <x:c r="F1534" s="0" t="n">
-        <x:v>1071399</x:v>
+        <x:v>37938</x:v>
       </x:c>
       <x:c r="G1534" s="0" t="n">
-        <x:v>2948451988643.8</x:v>
+        <x:v>12074722929.5069</x:v>
       </x:c>
       <x:c r="H1534" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:20">
       <x:c r="A1535" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1535" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1535" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1535" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1535" s="0" t="n">
-        <x:v>14486</x:v>
+        <x:v>36681</x:v>
       </x:c>
       <x:c r="F1535" s="0" t="n">
-        <x:v>34179</x:v>
+        <x:v>149596</x:v>
       </x:c>
       <x:c r="G1535" s="0" t="n">
-        <x:v>1351069321553.4</x:v>
+        <x:v>26743879555.0578</x:v>
       </x:c>
       <x:c r="H1535" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:20">
       <x:c r="A1536" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1536" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1536" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1536" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E1536" s="0" t="n">
-        <x:v>2052534</x:v>
+        <x:v>83827</x:v>
       </x:c>
       <x:c r="F1536" s="0" t="n">
-        <x:v>9938751</x:v>
+        <x:v>314137</x:v>
       </x:c>
       <x:c r="G1536" s="0" t="n">
-        <x:v>4562540733091.04</x:v>
+        <x:v>84050022227.6489</x:v>
       </x:c>
       <x:c r="H1536" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:20">
       <x:c r="A1537" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1537" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1537" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D1537" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1537" s="0" t="n">
-        <x:v>2067046</x:v>
+        <x:v>2657</x:v>
       </x:c>
       <x:c r="F1537" s="0" t="n">
-        <x:v>11044329</x:v>
+        <x:v>6361</x:v>
       </x:c>
       <x:c r="G1537" s="0" t="n">
-        <x:v>8862062043288.37</x:v>
+        <x:v>643839114.48504</x:v>
       </x:c>
       <x:c r="H1537" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:20">
       <x:c r="A1538" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1538" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1538" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1538" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1538" s="0" t="n">
-        <x:v>28138</x:v>
+        <x:v>2916</x:v>
       </x:c>
       <x:c r="F1538" s="0" t="n">
-        <x:v>102171</x:v>
+        <x:v>6905</x:v>
       </x:c>
       <x:c r="G1538" s="0" t="n">
-        <x:v>47356690987.7891</x:v>
+        <x:v>863427297.93096</x:v>
       </x:c>
       <x:c r="H1538" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:20">
       <x:c r="A1539" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1539" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1539" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1539" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1539" s="0" t="n">
-        <x:v>36677</x:v>
+        <x:v>3317</x:v>
       </x:c>
       <x:c r="F1539" s="0" t="n">
-        <x:v>135517</x:v>
+        <x:v>8706</x:v>
       </x:c>
       <x:c r="G1539" s="0" t="n">
-        <x:v>41428866510.9233</x:v>
+        <x:v>1744548909.56166</x:v>
       </x:c>
       <x:c r="H1539" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:20">
       <x:c r="A1540" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1540" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1540" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1540" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1540" s="0" t="n">
-        <x:v>85151</x:v>
+        <x:v>3904</x:v>
       </x:c>
       <x:c r="F1540" s="0" t="n">
-        <x:v>339663</x:v>
+        <x:v>9257</x:v>
       </x:c>
       <x:c r="G1540" s="0" t="n">
-        <x:v>88115433061.6151</x:v>
+        <x:v>1311397778.77167</x:v>
       </x:c>
       <x:c r="H1540" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:20">
       <x:c r="A1541" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1541" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1541" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1541" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1541" s="0" t="n">
-        <x:v>104044</x:v>
+        <x:v>4700</x:v>
       </x:c>
       <x:c r="F1541" s="0" t="n">
-        <x:v>475031</x:v>
+        <x:v>12168</x:v>
       </x:c>
       <x:c r="G1541" s="0" t="n">
-        <x:v>246914679094.115</x:v>
+        <x:v>3474360977.4419</x:v>
       </x:c>
       <x:c r="H1541" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:20">
       <x:c r="A1542" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1542" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1542" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1542" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1542" s="0" t="n">
-        <x:v>143875</x:v>
+        <x:v>5796</x:v>
       </x:c>
       <x:c r="F1542" s="0" t="n">
-        <x:v>735853</x:v>
+        <x:v>15011</x:v>
       </x:c>
       <x:c r="G1542" s="0" t="n">
-        <x:v>217188050483.034</x:v>
+        <x:v>2909303302.30394</x:v>
       </x:c>
       <x:c r="H1542" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:20">
       <x:c r="A1543" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1543" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1543" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1543" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1543" s="0" t="n">
-        <x:v>822162</x:v>
+        <x:v>6132</x:v>
       </x:c>
       <x:c r="F1543" s="0" t="n">
-        <x:v>5031574</x:v>
+        <x:v>14889</x:v>
       </x:c>
       <x:c r="G1543" s="0" t="n">
-        <x:v>3103672273350.14</x:v>
+        <x:v>1771659019.15558</x:v>
       </x:c>
       <x:c r="H1543" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:20">
       <x:c r="A1544" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1544" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1544" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1544" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1544" s="0" t="n">
-        <x:v>2205</x:v>
+        <x:v>6478</x:v>
       </x:c>
       <x:c r="F1544" s="0" t="n">
-        <x:v>5608</x:v>
+        <x:v>16899</x:v>
       </x:c>
       <x:c r="G1544" s="0" t="n">
-        <x:v>553812886.95483</x:v>
+        <x:v>3025113792.07524</x:v>
       </x:c>
       <x:c r="H1544" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:20">
       <x:c r="A1545" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1545" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1545" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1545" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1545" s="0" t="n">
-        <x:v>3824</x:v>
+        <x:v>7586</x:v>
       </x:c>
       <x:c r="F1545" s="0" t="n">
-        <x:v>9808</x:v>
+        <x:v>18535</x:v>
       </x:c>
       <x:c r="G1545" s="0" t="n">
-        <x:v>1009426580.92855</x:v>
+        <x:v>3832820808.90587</x:v>
       </x:c>
       <x:c r="H1545" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:20">
       <x:c r="A1546" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1546" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1546" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1546" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1546" s="0" t="n">
-        <x:v>6458</x:v>
+        <x:v>8831</x:v>
       </x:c>
       <x:c r="F1546" s="0" t="n">
-        <x:v>17690</x:v>
+        <x:v>22925</x:v>
       </x:c>
       <x:c r="G1546" s="0" t="n">
-        <x:v>2529267266.32285</x:v>
+        <x:v>3997604961.11322</x:v>
       </x:c>
       <x:c r="H1546" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:20">
       <x:c r="A1547" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1547" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1547" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1547" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1547" s="0" t="n">
-        <x:v>6610</x:v>
+        <x:v>9294</x:v>
       </x:c>
       <x:c r="F1547" s="0" t="n">
-        <x:v>18338</x:v>
+        <x:v>23922</x:v>
       </x:c>
       <x:c r="G1547" s="0" t="n">
-        <x:v>2023694730.90753</x:v>
+        <x:v>3380069318.65201</x:v>
       </x:c>
       <x:c r="H1547" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:20">
       <x:c r="A1548" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1548" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1548" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1548" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1548" s="0" t="n">
-        <x:v>6957</x:v>
+        <x:v>9704</x:v>
       </x:c>
       <x:c r="F1548" s="0" t="n">
-        <x:v>18551</x:v>
+        <x:v>24432</x:v>
       </x:c>
       <x:c r="G1548" s="0" t="n">
-        <x:v>3208866639.11072</x:v>
+        <x:v>2687255230.62407</x:v>
       </x:c>
       <x:c r="H1548" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:20">
       <x:c r="A1549" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1549" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1549" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1549" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1549" s="0" t="n">
-        <x:v>7016</x:v>
+        <x:v>10452</x:v>
       </x:c>
       <x:c r="F1549" s="0" t="n">
-        <x:v>19214</x:v>
+        <x:v>27481</x:v>
       </x:c>
       <x:c r="G1549" s="0" t="n">
-        <x:v>3678133983.94704</x:v>
+        <x:v>4615773136.59109</x:v>
       </x:c>
       <x:c r="H1549" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:20">
       <x:c r="A1550" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1550" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1550" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1550" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1550" s="0" t="n">
-        <x:v>7253</x:v>
+        <x:v>11248</x:v>
       </x:c>
       <x:c r="F1550" s="0" t="n">
-        <x:v>20142</x:v>
+        <x:v>31738</x:v>
       </x:c>
       <x:c r="G1550" s="0" t="n">
-        <x:v>5216355328.11995</x:v>
+        <x:v>6387103822.1722</x:v>
       </x:c>
       <x:c r="H1550" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:20">
       <x:c r="A1551" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1551" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1551" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1551" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1551" s="0" t="n">
-        <x:v>7396</x:v>
+        <x:v>11851</x:v>
       </x:c>
       <x:c r="F1551" s="0" t="n">
-        <x:v>20321</x:v>
+        <x:v>29955</x:v>
       </x:c>
       <x:c r="G1551" s="0" t="n">
-        <x:v>3135996702.06272</x:v>
+        <x:v>5571209081.00767</x:v>
       </x:c>
       <x:c r="H1551" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:20">
       <x:c r="A1552" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1552" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1552" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1552" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1552" s="0" t="n">
-        <x:v>7995</x:v>
+        <x:v>12328</x:v>
       </x:c>
       <x:c r="F1552" s="0" t="n">
-        <x:v>22476</x:v>
+        <x:v>32528</x:v>
       </x:c>
       <x:c r="G1552" s="0" t="n">
-        <x:v>2252499755.46162</x:v>
+        <x:v>5748375461.45975</x:v>
       </x:c>
       <x:c r="H1552" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:20">
       <x:c r="A1553" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1553" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1553" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1553" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1553" s="0" t="n">
-        <x:v>8278</x:v>
+        <x:v>18347</x:v>
       </x:c>
       <x:c r="F1553" s="0" t="n">
-        <x:v>21771</x:v>
+        <x:v>55537</x:v>
       </x:c>
       <x:c r="G1553" s="0" t="n">
-        <x:v>3332003889.87561</x:v>
+        <x:v>11097530195.3327</x:v>
       </x:c>
       <x:c r="H1553" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:20">
       <x:c r="A1554" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1554" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1554" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1554" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1554" s="0" t="n">
-        <x:v>9559</x:v>
+        <x:v>19509</x:v>
       </x:c>
       <x:c r="F1554" s="0" t="n">
-        <x:v>26962</x:v>
+        <x:v>54751</x:v>
       </x:c>
       <x:c r="G1554" s="0" t="n">
-        <x:v>3474147087.24419</x:v>
+        <x:v>12419741970.3695</x:v>
       </x:c>
       <x:c r="H1554" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:20">
       <x:c r="A1555" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1555" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1555" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1555" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1555" s="0" t="n">
-        <x:v>11752</x:v>
+        <x:v>31529</x:v>
       </x:c>
       <x:c r="F1555" s="0" t="n">
-        <x:v>29090</x:v>
+        <x:v>110426</x:v>
       </x:c>
       <x:c r="G1555" s="0" t="n">
-        <x:v>5364682276.5689</x:v>
+        <x:v>23999144493.765</x:v>
       </x:c>
       <x:c r="H1555" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:20">
       <x:c r="A1556" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1556" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1556" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1556" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E1556" s="0" t="n">
-        <x:v>16341</x:v>
+        <x:v>37618</x:v>
       </x:c>
       <x:c r="F1556" s="0" t="n">
-        <x:v>50069</x:v>
+        <x:v>119625</x:v>
       </x:c>
       <x:c r="G1556" s="0" t="n">
-        <x:v>8026685631.25578</x:v>
+        <x:v>27723724765.824</x:v>
       </x:c>
       <x:c r="H1556" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:20">
       <x:c r="A1557" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1557" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1557" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1557" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1557" s="0" t="n">
-        <x:v>16523</x:v>
+        <x:v>3071</x:v>
       </x:c>
       <x:c r="F1557" s="0" t="n">
-        <x:v>49112</x:v>
+        <x:v>9275</x:v>
       </x:c>
       <x:c r="G1557" s="0" t="n">
-        <x:v>16853239211.4026</x:v>
+        <x:v>6345878392.23678</x:v>
       </x:c>
       <x:c r="H1557" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:20">
       <x:c r="A1558" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1558" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1558" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1558" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1558" s="0" t="n">
-        <x:v>17612</x:v>
+        <x:v>3188</x:v>
       </x:c>
       <x:c r="F1558" s="0" t="n">
-        <x:v>57997</x:v>
+        <x:v>9197</x:v>
       </x:c>
       <x:c r="G1558" s="0" t="n">
-        <x:v>9362498689.08045</x:v>
+        <x:v>1422096242.53019</x:v>
       </x:c>
       <x:c r="H1558" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:20">
       <x:c r="A1559" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1559" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1559" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1559" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1559" s="0" t="n">
-        <x:v>21813</x:v>
+        <x:v>4727</x:v>
       </x:c>
       <x:c r="F1559" s="0" t="n">
-        <x:v>61645</x:v>
+        <x:v>12742</x:v>
       </x:c>
       <x:c r="G1559" s="0" t="n">
-        <x:v>12573204240.138</x:v>
+        <x:v>2946459489.42996</x:v>
       </x:c>
       <x:c r="H1559" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:20">
       <x:c r="A1560" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1560" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1560" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1560" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1560" s="0" t="n">
-        <x:v>61409</x:v>
+        <x:v>5303</x:v>
       </x:c>
       <x:c r="F1560" s="0" t="n">
-        <x:v>225303</x:v>
+        <x:v>15188</x:v>
       </x:c>
       <x:c r="G1560" s="0" t="n">
-        <x:v>54549086114.9901</x:v>
+        <x:v>3736380367.31063</x:v>
       </x:c>
       <x:c r="H1560" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:20">
       <x:c r="A1561" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1561" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1561" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1561" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1561" s="0" t="n">
-        <x:v>4217</x:v>
+        <x:v>5579</x:v>
       </x:c>
       <x:c r="F1561" s="0" t="n">
-        <x:v>12727</x:v>
+        <x:v>16345</x:v>
       </x:c>
       <x:c r="G1561" s="0" t="n">
-        <x:v>3428262906.15009</x:v>
+        <x:v>3513346085.5093</x:v>
       </x:c>
       <x:c r="H1561" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:20">
       <x:c r="A1562" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1562" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1562" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1562" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1562" s="0" t="n">
-        <x:v>4868</x:v>
+        <x:v>5868</x:v>
       </x:c>
       <x:c r="F1562" s="0" t="n">
-        <x:v>13372</x:v>
+        <x:v>18497</x:v>
       </x:c>
       <x:c r="G1562" s="0" t="n">
-        <x:v>3543190327.99086</x:v>
+        <x:v>5308599816.24534</x:v>
       </x:c>
       <x:c r="H1562" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:20">
       <x:c r="A1563" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1563" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1563" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1563" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1563" s="0" t="n">
-        <x:v>4925</x:v>
+        <x:v>6161</x:v>
       </x:c>
       <x:c r="F1563" s="0" t="n">
-        <x:v>12386</x:v>
+        <x:v>15685</x:v>
       </x:c>
       <x:c r="G1563" s="0" t="n">
-        <x:v>2037941810.27775</x:v>
+        <x:v>3153273114.0647</x:v>
       </x:c>
       <x:c r="H1563" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:20">
       <x:c r="A1564" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1564" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1564" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1564" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1564" s="0" t="n">
-        <x:v>4997</x:v>
+        <x:v>6354</x:v>
       </x:c>
       <x:c r="F1564" s="0" t="n">
-        <x:v>13153</x:v>
+        <x:v>18300</x:v>
       </x:c>
       <x:c r="G1564" s="0" t="n">
-        <x:v>2386440139.72817</x:v>
+        <x:v>2291114714.17735</x:v>
       </x:c>
       <x:c r="H1564" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:20">
       <x:c r="A1565" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1565" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1565" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1565" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1565" s="0" t="n">
-        <x:v>5554</x:v>
+        <x:v>8036</x:v>
       </x:c>
       <x:c r="F1565" s="0" t="n">
-        <x:v>16315</x:v>
+        <x:v>21801</x:v>
       </x:c>
       <x:c r="G1565" s="0" t="n">
-        <x:v>3845214961.30037</x:v>
+        <x:v>5671556204.47171</x:v>
       </x:c>
       <x:c r="H1565" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:20">
       <x:c r="A1566" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1566" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1566" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1566" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1566" s="0" t="n">
-        <x:v>6396</x:v>
+        <x:v>9895</x:v>
       </x:c>
       <x:c r="F1566" s="0" t="n">
-        <x:v>15644</x:v>
+        <x:v>32849</x:v>
       </x:c>
       <x:c r="G1566" s="0" t="n">
-        <x:v>4366985650.71595</x:v>
+        <x:v>8706875039.10568</x:v>
       </x:c>
       <x:c r="H1566" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:20">
       <x:c r="A1567" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1567" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1567" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1567" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1567" s="0" t="n">
-        <x:v>9841</x:v>
+        <x:v>20270</x:v>
       </x:c>
       <x:c r="F1567" s="0" t="n">
-        <x:v>28591</x:v>
+        <x:v>59570</x:v>
       </x:c>
       <x:c r="G1567" s="0" t="n">
-        <x:v>8712887292.11271</x:v>
+        <x:v>11795712583.9574</x:v>
       </x:c>
       <x:c r="H1567" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:20">
       <x:c r="A1568" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1568" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1568" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1568" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1568" s="0" t="n">
-        <x:v>10864</x:v>
+        <x:v>20350</x:v>
       </x:c>
       <x:c r="F1568" s="0" t="n">
-        <x:v>32132</x:v>
+        <x:v>59340</x:v>
       </x:c>
       <x:c r="G1568" s="0" t="n">
-        <x:v>4865588694.46646</x:v>
+        <x:v>18993551717.2019</x:v>
       </x:c>
       <x:c r="H1568" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:20">
       <x:c r="A1569" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1569" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1569" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1569" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1569" s="0" t="n">
-        <x:v>11580</x:v>
+        <x:v>22364</x:v>
       </x:c>
       <x:c r="F1569" s="0" t="n">
-        <x:v>32831</x:v>
+        <x:v>78023</x:v>
       </x:c>
       <x:c r="G1569" s="0" t="n">
-        <x:v>12524529934.5054</x:v>
+        <x:v>29975138777.6882</x:v>
       </x:c>
       <x:c r="H1569" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:20">
       <x:c r="A1570" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1570" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1570" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1570" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E1570" s="0" t="n">
-        <x:v>12654</x:v>
+        <x:v>42011</x:v>
       </x:c>
       <x:c r="F1570" s="0" t="n">
-        <x:v>37691</x:v>
+        <x:v>158000</x:v>
       </x:c>
       <x:c r="G1570" s="0" t="n">
-        <x:v>14229636640.3493</x:v>
+        <x:v>34592679516.1167</x:v>
       </x:c>
       <x:c r="H1570" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:20">
       <x:c r="A1571" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1571" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1571" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1571" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E1571" s="0" t="n">
-        <x:v>13324</x:v>
+        <x:v>4683</x:v>
       </x:c>
       <x:c r="F1571" s="0" t="n">
-        <x:v>36079</x:v>
+        <x:v>8020</x:v>
       </x:c>
       <x:c r="G1571" s="0" t="n">
-        <x:v>8242368789.48664</x:v>
+        <x:v>18483869108.5877</x:v>
       </x:c>
       <x:c r="H1571" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:20">
       <x:c r="A1572" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1572" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1572" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1572" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E1572" s="0" t="n">
-        <x:v>14091</x:v>
+        <x:v>345228</x:v>
       </x:c>
       <x:c r="F1572" s="0" t="n">
-        <x:v>39930</x:v>
+        <x:v>851500</x:v>
       </x:c>
       <x:c r="G1572" s="0" t="n">
-        <x:v>11376747272.2677</x:v>
+        <x:v>54771984849.2859</x:v>
       </x:c>
       <x:c r="H1572" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:20">
       <x:c r="A1573" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1573" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1573" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1573" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E1573" s="0" t="n">
-        <x:v>18679</x:v>
+        <x:v>510342</x:v>
       </x:c>
       <x:c r="F1573" s="0" t="n">
-        <x:v>60795</x:v>
+        <x:v>2145571</x:v>
       </x:c>
       <x:c r="G1573" s="0" t="n">
-        <x:v>13939609729.2204</x:v>
+        <x:v>265577651128.144</x:v>
       </x:c>
       <x:c r="H1573" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:20">
       <x:c r="A1574" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1574" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1574" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1574" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E1574" s="0" t="n">
-        <x:v>20061</x:v>
+        <x:v>467586</x:v>
       </x:c>
       <x:c r="F1574" s="0" t="n">
-        <x:v>65078</x:v>
+        <x:v>2800343</x:v>
       </x:c>
       <x:c r="G1574" s="0" t="n">
-        <x:v>23637979987.5249</x:v>
+        <x:v>741007505017.382</x:v>
       </x:c>
       <x:c r="H1574" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:20">
       <x:c r="A1575" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1575" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1575" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1575" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E1575" s="0" t="n">
-        <x:v>21168</x:v>
+        <x:v>338763</x:v>
       </x:c>
       <x:c r="F1575" s="0" t="n">
-        <x:v>65452</x:v>
+        <x:v>2286686</x:v>
       </x:c>
       <x:c r="G1575" s="0" t="n">
-        <x:v>21987149372.0172</x:v>
+        <x:v>1208542293725.41</x:v>
       </x:c>
       <x:c r="H1575" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:20">
       <x:c r="A1576" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1576" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1576" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1576" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E1576" s="0" t="n">
-        <x:v>23125</x:v>
+        <x:v>338177</x:v>
       </x:c>
       <x:c r="F1576" s="0" t="n">
-        <x:v>72198</x:v>
+        <x:v>1768639</x:v>
       </x:c>
       <x:c r="G1576" s="0" t="n">
-        <x:v>15955962833.2843</x:v>
+        <x:v>2268653293150.1</x:v>
       </x:c>
       <x:c r="H1576" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:20">
       <x:c r="A1577" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1577" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1577" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1577" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E1577" s="0" t="n">
-        <x:v>4523</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F1577" s="0" t="n">
-        <x:v>12664</x:v>
+        <x:v>1071399</x:v>
       </x:c>
       <x:c r="G1577" s="0" t="n">
-        <x:v>3373033720.07569</x:v>
+        <x:v>2948451988643.8</x:v>
       </x:c>
       <x:c r="H1577" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:20">
       <x:c r="A1578" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1578" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1578" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1578" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1578" s="0" t="n">
-        <x:v>12805</x:v>
+        <x:v>14486</x:v>
       </x:c>
       <x:c r="F1578" s="0" t="n">
-        <x:v>39625</x:v>
+        <x:v>34179</x:v>
       </x:c>
       <x:c r="G1578" s="0" t="n">
-        <x:v>14174041979.1353</x:v>
+        <x:v>1351069321553.4</x:v>
       </x:c>
       <x:c r="H1578" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:20">
       <x:c r="A1579" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1579" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1579" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D1579" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E1579" s="0" t="n">
-        <x:v>38168</x:v>
+        <x:v>47755</x:v>
       </x:c>
       <x:c r="F1579" s="0" t="n">
-        <x:v>152955</x:v>
+        <x:v>77992</x:v>
       </x:c>
       <x:c r="G1579" s="0" t="n">
-        <x:v>31641755417.636</x:v>
+        <x:v>5504136112.16448</x:v>
       </x:c>
       <x:c r="H1579" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:20">
       <x:c r="A1580" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1580" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1580" s="0" t="s">
-        <x:v>8</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1580" s="0" t="n">
-        <x:v>87701</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F1580" s="0" t="n">
-        <x:v>323424</x:v>
+        <x:v>1071399</x:v>
       </x:c>
       <x:c r="G1580" s="0" t="n">
-        <x:v>87130312344.6925</x:v>
+        <x:v>2948451988643.8</x:v>
       </x:c>
       <x:c r="H1580" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:20">
       <x:c r="A1581" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1581" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1581" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1581" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E1581" s="0" t="n">
-        <x:v>2915</x:v>
+        <x:v>14486</x:v>
       </x:c>
       <x:c r="F1581" s="0" t="n">
-        <x:v>6883</x:v>
+        <x:v>34179</x:v>
       </x:c>
       <x:c r="G1581" s="0" t="n">
-        <x:v>622563997.00161</x:v>
+        <x:v>1351069321553.4</x:v>
       </x:c>
       <x:c r="H1581" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:20">
       <x:c r="A1582" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1582" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1582" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1582" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E1582" s="0" t="n">
-        <x:v>3268</x:v>
+        <x:v>2052534</x:v>
       </x:c>
       <x:c r="F1582" s="0" t="n">
-        <x:v>7639</x:v>
+        <x:v>9938751</x:v>
       </x:c>
       <x:c r="G1582" s="0" t="n">
-        <x:v>897304926.72569</x:v>
+        <x:v>4562540733091.04</x:v>
       </x:c>
       <x:c r="H1582" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:20">
       <x:c r="A1583" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1583" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1583" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D1583" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E1583" s="0" t="n">
-        <x:v>3537</x:v>
+        <x:v>2067046</x:v>
       </x:c>
       <x:c r="F1583" s="0" t="n">
-        <x:v>9325</x:v>
+        <x:v>11044329</x:v>
       </x:c>
       <x:c r="G1583" s="0" t="n">
-        <x:v>1994807040.43706</x:v>
+        <x:v>8862062043288.37</x:v>
       </x:c>
       <x:c r="H1583" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:20">
       <x:c r="A1584" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1584" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1584" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1584" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1584" s="0" t="n">
-        <x:v>4229</x:v>
+        <x:v>28138</x:v>
       </x:c>
       <x:c r="F1584" s="0" t="n">
-        <x:v>9975</x:v>
+        <x:v>102171</x:v>
       </x:c>
       <x:c r="G1584" s="0" t="n">
-        <x:v>1271057056.82888</x:v>
+        <x:v>47356690987.7891</x:v>
       </x:c>
       <x:c r="H1584" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:20">
       <x:c r="A1585" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1585" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1585" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1585" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1585" s="0" t="n">
-        <x:v>4948</x:v>
+        <x:v>36677</x:v>
       </x:c>
       <x:c r="F1585" s="0" t="n">
-        <x:v>12749</x:v>
+        <x:v>135517</x:v>
       </x:c>
       <x:c r="G1585" s="0" t="n">
-        <x:v>3508223242.915</x:v>
+        <x:v>41428866510.9233</x:v>
       </x:c>
       <x:c r="H1585" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:20">
       <x:c r="A1586" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1586" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1586" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1586" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1586" s="0" t="n">
-        <x:v>6212</x:v>
+        <x:v>85151</x:v>
       </x:c>
       <x:c r="F1586" s="0" t="n">
-        <x:v>15890</x:v>
+        <x:v>339663</x:v>
       </x:c>
       <x:c r="G1586" s="0" t="n">
-        <x:v>4425294414.55255</x:v>
+        <x:v>88115433061.6151</x:v>
       </x:c>
       <x:c r="H1586" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:20">
       <x:c r="A1587" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1587" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1587" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1587" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1587" s="0" t="n">
-        <x:v>6680</x:v>
+        <x:v>104044</x:v>
       </x:c>
       <x:c r="F1587" s="0" t="n">
-        <x:v>16257</x:v>
+        <x:v>475031</x:v>
       </x:c>
       <x:c r="G1587" s="0" t="n">
-        <x:v>1824560382.65019</x:v>
+        <x:v>246914679094.115</x:v>
       </x:c>
       <x:c r="H1587" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:20">
       <x:c r="A1588" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1588" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1588" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1588" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1588" s="0" t="n">
-        <x:v>6943</x:v>
+        <x:v>143875</x:v>
       </x:c>
       <x:c r="F1588" s="0" t="n">
-        <x:v>17949</x:v>
+        <x:v>735853</x:v>
       </x:c>
       <x:c r="G1588" s="0" t="n">
-        <x:v>3176284691.63603</x:v>
+        <x:v>217188050483.034</x:v>
       </x:c>
       <x:c r="H1588" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:20">
       <x:c r="A1589" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1589" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1589" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1589" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E1589" s="0" t="n">
-        <x:v>8215</x:v>
+        <x:v>822162</x:v>
       </x:c>
       <x:c r="F1589" s="0" t="n">
-        <x:v>19861</x:v>
+        <x:v>5031574</x:v>
       </x:c>
       <x:c r="G1589" s="0" t="n">
-        <x:v>4720784600.45022</x:v>
+        <x:v>3103672273350.14</x:v>
       </x:c>
       <x:c r="H1589" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:20">
       <x:c r="A1590" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1590" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1590" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1590" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1590" s="0" t="n">
-        <x:v>9590</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="F1590" s="0" t="n">
-        <x:v>24386</x:v>
+        <x:v>5608</x:v>
       </x:c>
       <x:c r="G1590" s="0" t="n">
-        <x:v>4522960160.92461</x:v>
+        <x:v>553812886.95483</x:v>
       </x:c>
       <x:c r="H1590" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:20">
       <x:c r="A1591" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1591" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1591" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1591" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1591" s="0" t="n">
-        <x:v>10014</x:v>
+        <x:v>3824</x:v>
       </x:c>
       <x:c r="F1591" s="0" t="n">
-        <x:v>25441</x:v>
+        <x:v>9808</x:v>
       </x:c>
       <x:c r="G1591" s="0" t="n">
-        <x:v>3450077610.35067</x:v>
+        <x:v>1009426580.92855</x:v>
       </x:c>
       <x:c r="H1591" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:20">
       <x:c r="A1592" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1592" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1592" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1592" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1592" s="0" t="n">
-        <x:v>10546</x:v>
+        <x:v>6458</x:v>
       </x:c>
       <x:c r="F1592" s="0" t="n">
-        <x:v>26181</x:v>
+        <x:v>17690</x:v>
       </x:c>
       <x:c r="G1592" s="0" t="n">
-        <x:v>4158023269.22026</x:v>
+        <x:v>2529267266.32285</x:v>
       </x:c>
       <x:c r="H1592" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:20">
       <x:c r="A1593" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1593" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1593" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1593" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1593" s="0" t="n">
-        <x:v>11322</x:v>
+        <x:v>6610</x:v>
       </x:c>
       <x:c r="F1593" s="0" t="n">
-        <x:v>29433</x:v>
+        <x:v>18338</x:v>
       </x:c>
       <x:c r="G1593" s="0" t="n">
-        <x:v>5008589442.81188</x:v>
+        <x:v>2023694730.90753</x:v>
       </x:c>
       <x:c r="H1593" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:20">
       <x:c r="A1594" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1594" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1594" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1594" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1594" s="0" t="n">
-        <x:v>12167</x:v>
+        <x:v>6957</x:v>
       </x:c>
       <x:c r="F1594" s="0" t="n">
-        <x:v>33816</x:v>
+        <x:v>18551</x:v>
       </x:c>
       <x:c r="G1594" s="0" t="n">
-        <x:v>6713203255.73997</x:v>
+        <x:v>3208866639.11072</x:v>
       </x:c>
       <x:c r="H1594" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:20">
       <x:c r="A1595" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1595" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1595" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1595" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1595" s="0" t="n">
-        <x:v>12709</x:v>
+        <x:v>7016</x:v>
       </x:c>
       <x:c r="F1595" s="0" t="n">
-        <x:v>31709</x:v>
+        <x:v>19214</x:v>
       </x:c>
       <x:c r="G1595" s="0" t="n">
-        <x:v>5726530690.43577</x:v>
+        <x:v>3678133983.94704</x:v>
       </x:c>
       <x:c r="H1595" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:20">
       <x:c r="A1596" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1596" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1596" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1596" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1596" s="0" t="n">
-        <x:v>13385</x:v>
+        <x:v>7253</x:v>
       </x:c>
       <x:c r="F1596" s="0" t="n">
-        <x:v>34983</x:v>
+        <x:v>20142</x:v>
       </x:c>
       <x:c r="G1596" s="0" t="n">
-        <x:v>14228378072.1749</x:v>
+        <x:v>5216355328.11995</x:v>
       </x:c>
       <x:c r="H1596" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:20">
       <x:c r="A1597" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1597" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1597" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1597" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1597" s="0" t="n">
-        <x:v>19672</x:v>
+        <x:v>7396</x:v>
       </x:c>
       <x:c r="F1597" s="0" t="n">
-        <x:v>58220</x:v>
+        <x:v>20321</x:v>
       </x:c>
       <x:c r="G1597" s="0" t="n">
-        <x:v>16725895291.1983</x:v>
+        <x:v>3135996702.06272</x:v>
       </x:c>
       <x:c r="H1597" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:20">
       <x:c r="A1598" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1598" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1598" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1598" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1598" s="0" t="n">
-        <x:v>20780</x:v>
+        <x:v>7995</x:v>
       </x:c>
       <x:c r="F1598" s="0" t="n">
-        <x:v>57542</x:v>
+        <x:v>22476</x:v>
       </x:c>
       <x:c r="G1598" s="0" t="n">
-        <x:v>13831850244.3033</x:v>
+        <x:v>2252499755.46162</x:v>
       </x:c>
       <x:c r="H1598" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:20">
       <x:c r="A1599" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1599" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1599" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1599" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1599" s="0" t="n">
-        <x:v>33026</x:v>
+        <x:v>8278</x:v>
       </x:c>
       <x:c r="F1599" s="0" t="n">
-        <x:v>113739</x:v>
+        <x:v>21771</x:v>
       </x:c>
       <x:c r="G1599" s="0" t="n">
-        <x:v>25541917274.8868</x:v>
+        <x:v>3332003889.87561</x:v>
       </x:c>
       <x:c r="H1599" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:20">
       <x:c r="A1600" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1600" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1600" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1600" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1600" s="0" t="n">
-        <x:v>39728</x:v>
+        <x:v>9559</x:v>
       </x:c>
       <x:c r="F1600" s="0" t="n">
-        <x:v>124499</x:v>
+        <x:v>26962</x:v>
       </x:c>
       <x:c r="G1600" s="0" t="n">
-        <x:v>31050299533.5875</x:v>
+        <x:v>3474147087.24419</x:v>
       </x:c>
       <x:c r="H1600" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:20">
       <x:c r="A1601" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1601" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1601" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1601" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1601" s="0" t="n">
-        <x:v>3221</x:v>
+        <x:v>11752</x:v>
       </x:c>
       <x:c r="F1601" s="0" t="n">
-        <x:v>9564</x:v>
+        <x:v>29090</x:v>
       </x:c>
       <x:c r="G1601" s="0" t="n">
-        <x:v>8832230743.91301</x:v>
+        <x:v>5364682276.5689</x:v>
       </x:c>
       <x:c r="H1601" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:20">
       <x:c r="A1602" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1602" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1602" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1602" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1602" s="0" t="n">
-        <x:v>3326</x:v>
+        <x:v>16341</x:v>
       </x:c>
       <x:c r="F1602" s="0" t="n">
-        <x:v>9558</x:v>
+        <x:v>50069</x:v>
       </x:c>
       <x:c r="G1602" s="0" t="n">
-        <x:v>1407075894.74155</x:v>
+        <x:v>8026685631.25578</x:v>
       </x:c>
       <x:c r="H1602" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:20">
       <x:c r="A1603" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1603" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1603" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1603" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1603" s="0" t="n">
-        <x:v>4948</x:v>
+        <x:v>16523</x:v>
       </x:c>
       <x:c r="F1603" s="0" t="n">
-        <x:v>13247</x:v>
+        <x:v>49112</x:v>
       </x:c>
       <x:c r="G1603" s="0" t="n">
-        <x:v>3094276112.19922</x:v>
+        <x:v>16853239211.4026</x:v>
       </x:c>
       <x:c r="H1603" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:20">
       <x:c r="A1604" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1604" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1604" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1604" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1604" s="0" t="n">
-        <x:v>5495</x:v>
+        <x:v>17612</x:v>
       </x:c>
       <x:c r="F1604" s="0" t="n">
-        <x:v>15716</x:v>
+        <x:v>57997</x:v>
       </x:c>
       <x:c r="G1604" s="0" t="n">
-        <x:v>3894104265.23772</x:v>
+        <x:v>9362498689.08045</x:v>
       </x:c>
       <x:c r="H1604" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:20">
       <x:c r="A1605" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1605" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1605" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1605" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E1605" s="0" t="n">
-        <x:v>5802</x:v>
+        <x:v>21813</x:v>
       </x:c>
       <x:c r="F1605" s="0" t="n">
-        <x:v>16780</x:v>
+        <x:v>61645</x:v>
       </x:c>
       <x:c r="G1605" s="0" t="n">
-        <x:v>3972714608.09232</x:v>
+        <x:v>12573204240.138</x:v>
       </x:c>
       <x:c r="H1605" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:20">
       <x:c r="A1606" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B1606" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1606" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D1606" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E1606" s="0" t="n">
+        <x:v>61409</x:v>
+      </x:c>
+      <x:c r="F1606" s="0" t="n">
+        <x:v>225303</x:v>
+      </x:c>
+      <x:c r="G1606" s="0" t="n">
+        <x:v>54549086114.9901</x:v>
+      </x:c>
+      <x:c r="H1606" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1607" spans="1:20">
+      <x:c r="A1607" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1607" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1607" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1607" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1607" s="0" t="n">
+        <x:v>4217</x:v>
+      </x:c>
+      <x:c r="F1607" s="0" t="n">
+        <x:v>12727</x:v>
+      </x:c>
+      <x:c r="G1607" s="0" t="n">
+        <x:v>3428262906.15009</x:v>
+      </x:c>
+      <x:c r="H1607" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1608" spans="1:20">
+      <x:c r="A1608" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1608" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1608" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1608" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1608" s="0" t="n">
+        <x:v>4868</x:v>
+      </x:c>
+      <x:c r="F1608" s="0" t="n">
+        <x:v>13372</x:v>
+      </x:c>
+      <x:c r="G1608" s="0" t="n">
+        <x:v>3543190327.99086</x:v>
+      </x:c>
+      <x:c r="H1608" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1609" spans="1:20">
+      <x:c r="A1609" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1609" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1609" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1609" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1609" s="0" t="n">
+        <x:v>4925</x:v>
+      </x:c>
+      <x:c r="F1609" s="0" t="n">
+        <x:v>12386</x:v>
+      </x:c>
+      <x:c r="G1609" s="0" t="n">
+        <x:v>2037941810.27775</x:v>
+      </x:c>
+      <x:c r="H1609" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1610" spans="1:20">
+      <x:c r="A1610" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1610" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1610" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1610" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1610" s="0" t="n">
+        <x:v>4997</x:v>
+      </x:c>
+      <x:c r="F1610" s="0" t="n">
+        <x:v>13153</x:v>
+      </x:c>
+      <x:c r="G1610" s="0" t="n">
+        <x:v>2386440139.72817</x:v>
+      </x:c>
+      <x:c r="H1610" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1611" spans="1:20">
+      <x:c r="A1611" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1611" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1611" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1611" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1611" s="0" t="n">
+        <x:v>5554</x:v>
+      </x:c>
+      <x:c r="F1611" s="0" t="n">
+        <x:v>16315</x:v>
+      </x:c>
+      <x:c r="G1611" s="0" t="n">
+        <x:v>3845214961.30037</x:v>
+      </x:c>
+      <x:c r="H1611" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1612" spans="1:20">
+      <x:c r="A1612" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1612" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1612" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1612" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1612" s="0" t="n">
+        <x:v>6396</x:v>
+      </x:c>
+      <x:c r="F1612" s="0" t="n">
+        <x:v>15644</x:v>
+      </x:c>
+      <x:c r="G1612" s="0" t="n">
+        <x:v>4366985650.71595</x:v>
+      </x:c>
+      <x:c r="H1612" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1613" spans="1:20">
+      <x:c r="A1613" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1613" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1613" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1613" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1613" s="0" t="n">
+        <x:v>9841</x:v>
+      </x:c>
+      <x:c r="F1613" s="0" t="n">
+        <x:v>28591</x:v>
+      </x:c>
+      <x:c r="G1613" s="0" t="n">
+        <x:v>8712887292.11271</x:v>
+      </x:c>
+      <x:c r="H1613" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1614" spans="1:20">
+      <x:c r="A1614" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1614" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1614" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1614" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1614" s="0" t="n">
+        <x:v>10864</x:v>
+      </x:c>
+      <x:c r="F1614" s="0" t="n">
+        <x:v>32132</x:v>
+      </x:c>
+      <x:c r="G1614" s="0" t="n">
+        <x:v>4865588694.46646</x:v>
+      </x:c>
+      <x:c r="H1614" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1615" spans="1:20">
+      <x:c r="A1615" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1615" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1615" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1615" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1615" s="0" t="n">
+        <x:v>11580</x:v>
+      </x:c>
+      <x:c r="F1615" s="0" t="n">
+        <x:v>32831</x:v>
+      </x:c>
+      <x:c r="G1615" s="0" t="n">
+        <x:v>12524529934.5054</x:v>
+      </x:c>
+      <x:c r="H1615" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1616" spans="1:20">
+      <x:c r="A1616" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1616" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1616" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1616" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1616" s="0" t="n">
+        <x:v>12654</x:v>
+      </x:c>
+      <x:c r="F1616" s="0" t="n">
+        <x:v>37691</x:v>
+      </x:c>
+      <x:c r="G1616" s="0" t="n">
+        <x:v>14229636640.3493</x:v>
+      </x:c>
+      <x:c r="H1616" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1617" spans="1:20">
+      <x:c r="A1617" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1617" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1617" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1617" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1617" s="0" t="n">
+        <x:v>13324</x:v>
+      </x:c>
+      <x:c r="F1617" s="0" t="n">
+        <x:v>36079</x:v>
+      </x:c>
+      <x:c r="G1617" s="0" t="n">
+        <x:v>8242368789.48664</x:v>
+      </x:c>
+      <x:c r="H1617" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1618" spans="1:20">
+      <x:c r="A1618" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1618" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1618" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1618" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1618" s="0" t="n">
+        <x:v>14091</x:v>
+      </x:c>
+      <x:c r="F1618" s="0" t="n">
+        <x:v>39930</x:v>
+      </x:c>
+      <x:c r="G1618" s="0" t="n">
+        <x:v>11376747272.2677</x:v>
+      </x:c>
+      <x:c r="H1618" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1619" spans="1:20">
+      <x:c r="A1619" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1619" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1619" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1619" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1619" s="0" t="n">
+        <x:v>18679</x:v>
+      </x:c>
+      <x:c r="F1619" s="0" t="n">
+        <x:v>60795</x:v>
+      </x:c>
+      <x:c r="G1619" s="0" t="n">
+        <x:v>13939609729.2204</x:v>
+      </x:c>
+      <x:c r="H1619" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1620" spans="1:20">
+      <x:c r="A1620" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1620" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1620" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1620" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1620" s="0" t="n">
+        <x:v>20061</x:v>
+      </x:c>
+      <x:c r="F1620" s="0" t="n">
+        <x:v>65078</x:v>
+      </x:c>
+      <x:c r="G1620" s="0" t="n">
+        <x:v>23637979987.5249</x:v>
+      </x:c>
+      <x:c r="H1620" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1621" spans="1:20">
+      <x:c r="A1621" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1621" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1621" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1621" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1621" s="0" t="n">
+        <x:v>21168</x:v>
+      </x:c>
+      <x:c r="F1621" s="0" t="n">
+        <x:v>65452</x:v>
+      </x:c>
+      <x:c r="G1621" s="0" t="n">
+        <x:v>21987149372.0172</x:v>
+      </x:c>
+      <x:c r="H1621" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1622" spans="1:20">
+      <x:c r="A1622" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1622" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1622" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1622" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1622" s="0" t="n">
+        <x:v>23125</x:v>
+      </x:c>
+      <x:c r="F1622" s="0" t="n">
+        <x:v>72198</x:v>
+      </x:c>
+      <x:c r="G1622" s="0" t="n">
+        <x:v>15955962833.2843</x:v>
+      </x:c>
+      <x:c r="H1622" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1623" spans="1:20">
+      <x:c r="A1623" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1623" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1623" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1623" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1623" s="0" t="n">
+        <x:v>4523</x:v>
+      </x:c>
+      <x:c r="F1623" s="0" t="n">
+        <x:v>12664</x:v>
+      </x:c>
+      <x:c r="G1623" s="0" t="n">
+        <x:v>3373033720.07569</x:v>
+      </x:c>
+      <x:c r="H1623" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1624" spans="1:20">
+      <x:c r="A1624" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1624" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1624" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1624" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1624" s="0" t="n">
+        <x:v>12805</x:v>
+      </x:c>
+      <x:c r="F1624" s="0" t="n">
+        <x:v>39625</x:v>
+      </x:c>
+      <x:c r="G1624" s="0" t="n">
+        <x:v>14174041979.1353</x:v>
+      </x:c>
+      <x:c r="H1624" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1625" spans="1:20">
+      <x:c r="A1625" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1625" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1625" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1625" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1625" s="0" t="n">
+        <x:v>38168</x:v>
+      </x:c>
+      <x:c r="F1625" s="0" t="n">
+        <x:v>152955</x:v>
+      </x:c>
+      <x:c r="G1625" s="0" t="n">
+        <x:v>31641755417.636</x:v>
+      </x:c>
+      <x:c r="H1625" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1626" spans="1:20">
+      <x:c r="A1626" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1626" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1626" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1626" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1626" s="0" t="n">
+        <x:v>87701</x:v>
+      </x:c>
+      <x:c r="F1626" s="0" t="n">
+        <x:v>323424</x:v>
+      </x:c>
+      <x:c r="G1626" s="0" t="n">
+        <x:v>87130312344.6925</x:v>
+      </x:c>
+      <x:c r="H1626" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1627" spans="1:20">
+      <x:c r="A1627" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1627" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1627" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1627" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1627" s="0" t="n">
+        <x:v>2915</x:v>
+      </x:c>
+      <x:c r="F1627" s="0" t="n">
+        <x:v>6883</x:v>
+      </x:c>
+      <x:c r="G1627" s="0" t="n">
+        <x:v>622563997.00161</x:v>
+      </x:c>
+      <x:c r="H1627" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1628" spans="1:20">
+      <x:c r="A1628" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1628" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1628" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1628" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1628" s="0" t="n">
+        <x:v>3268</x:v>
+      </x:c>
+      <x:c r="F1628" s="0" t="n">
+        <x:v>7639</x:v>
+      </x:c>
+      <x:c r="G1628" s="0" t="n">
+        <x:v>897304926.72569</x:v>
+      </x:c>
+      <x:c r="H1628" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1629" spans="1:20">
+      <x:c r="A1629" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1629" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1629" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1629" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1629" s="0" t="n">
+        <x:v>3537</x:v>
+      </x:c>
+      <x:c r="F1629" s="0" t="n">
+        <x:v>9325</x:v>
+      </x:c>
+      <x:c r="G1629" s="0" t="n">
+        <x:v>1994807040.43706</x:v>
+      </x:c>
+      <x:c r="H1629" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1630" spans="1:20">
+      <x:c r="A1630" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1630" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1630" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1630" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1630" s="0" t="n">
+        <x:v>4229</x:v>
+      </x:c>
+      <x:c r="F1630" s="0" t="n">
+        <x:v>9975</x:v>
+      </x:c>
+      <x:c r="G1630" s="0" t="n">
+        <x:v>1271057056.82888</x:v>
+      </x:c>
+      <x:c r="H1630" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1631" spans="1:20">
+      <x:c r="A1631" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1631" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1631" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1631" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1631" s="0" t="n">
+        <x:v>4948</x:v>
+      </x:c>
+      <x:c r="F1631" s="0" t="n">
+        <x:v>12749</x:v>
+      </x:c>
+      <x:c r="G1631" s="0" t="n">
+        <x:v>3508223242.915</x:v>
+      </x:c>
+      <x:c r="H1631" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1632" spans="1:20">
+      <x:c r="A1632" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1632" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1632" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1632" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1632" s="0" t="n">
+        <x:v>6212</x:v>
+      </x:c>
+      <x:c r="F1632" s="0" t="n">
+        <x:v>15890</x:v>
+      </x:c>
+      <x:c r="G1632" s="0" t="n">
+        <x:v>4425294414.55255</x:v>
+      </x:c>
+      <x:c r="H1632" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1633" spans="1:20">
+      <x:c r="A1633" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1633" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1633" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1633" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1633" s="0" t="n">
+        <x:v>6680</x:v>
+      </x:c>
+      <x:c r="F1633" s="0" t="n">
+        <x:v>16257</x:v>
+      </x:c>
+      <x:c r="G1633" s="0" t="n">
+        <x:v>1824560382.65019</x:v>
+      </x:c>
+      <x:c r="H1633" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1634" spans="1:20">
+      <x:c r="A1634" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1634" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1634" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1634" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1634" s="0" t="n">
+        <x:v>6943</x:v>
+      </x:c>
+      <x:c r="F1634" s="0" t="n">
+        <x:v>17949</x:v>
+      </x:c>
+      <x:c r="G1634" s="0" t="n">
+        <x:v>3176284691.63603</x:v>
+      </x:c>
+      <x:c r="H1634" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1635" spans="1:20">
+      <x:c r="A1635" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1635" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1635" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1635" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1635" s="0" t="n">
+        <x:v>8215</x:v>
+      </x:c>
+      <x:c r="F1635" s="0" t="n">
+        <x:v>19861</x:v>
+      </x:c>
+      <x:c r="G1635" s="0" t="n">
+        <x:v>4720784600.45022</x:v>
+      </x:c>
+      <x:c r="H1635" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1636" spans="1:20">
+      <x:c r="A1636" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1636" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1636" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1636" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1636" s="0" t="n">
+        <x:v>9590</x:v>
+      </x:c>
+      <x:c r="F1636" s="0" t="n">
+        <x:v>24386</x:v>
+      </x:c>
+      <x:c r="G1636" s="0" t="n">
+        <x:v>4522960160.92461</x:v>
+      </x:c>
+      <x:c r="H1636" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1637" spans="1:20">
+      <x:c r="A1637" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1637" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1637" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1637" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1637" s="0" t="n">
+        <x:v>10014</x:v>
+      </x:c>
+      <x:c r="F1637" s="0" t="n">
+        <x:v>25441</x:v>
+      </x:c>
+      <x:c r="G1637" s="0" t="n">
+        <x:v>3450077610.35067</x:v>
+      </x:c>
+      <x:c r="H1637" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1638" spans="1:20">
+      <x:c r="A1638" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1638" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1638" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1638" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1638" s="0" t="n">
+        <x:v>10546</x:v>
+      </x:c>
+      <x:c r="F1638" s="0" t="n">
+        <x:v>26181</x:v>
+      </x:c>
+      <x:c r="G1638" s="0" t="n">
+        <x:v>4158023269.22026</x:v>
+      </x:c>
+      <x:c r="H1638" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1639" spans="1:20">
+      <x:c r="A1639" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1639" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1639" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1639" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1639" s="0" t="n">
+        <x:v>11322</x:v>
+      </x:c>
+      <x:c r="F1639" s="0" t="n">
+        <x:v>29433</x:v>
+      </x:c>
+      <x:c r="G1639" s="0" t="n">
+        <x:v>5008589442.81188</x:v>
+      </x:c>
+      <x:c r="H1639" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1640" spans="1:20">
+      <x:c r="A1640" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1640" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1640" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1640" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1640" s="0" t="n">
+        <x:v>12167</x:v>
+      </x:c>
+      <x:c r="F1640" s="0" t="n">
+        <x:v>33816</x:v>
+      </x:c>
+      <x:c r="G1640" s="0" t="n">
+        <x:v>6713203255.73997</x:v>
+      </x:c>
+      <x:c r="H1640" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1641" spans="1:20">
+      <x:c r="A1641" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1641" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1641" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1641" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1641" s="0" t="n">
+        <x:v>12709</x:v>
+      </x:c>
+      <x:c r="F1641" s="0" t="n">
+        <x:v>31709</x:v>
+      </x:c>
+      <x:c r="G1641" s="0" t="n">
+        <x:v>5726530690.43577</x:v>
+      </x:c>
+      <x:c r="H1641" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1642" spans="1:20">
+      <x:c r="A1642" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1642" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1642" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1642" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1642" s="0" t="n">
+        <x:v>13385</x:v>
+      </x:c>
+      <x:c r="F1642" s="0" t="n">
+        <x:v>34983</x:v>
+      </x:c>
+      <x:c r="G1642" s="0" t="n">
+        <x:v>14228378072.1749</x:v>
+      </x:c>
+      <x:c r="H1642" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1643" spans="1:20">
+      <x:c r="A1643" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1643" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1643" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1643" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1643" s="0" t="n">
+        <x:v>19672</x:v>
+      </x:c>
+      <x:c r="F1643" s="0" t="n">
+        <x:v>58220</x:v>
+      </x:c>
+      <x:c r="G1643" s="0" t="n">
+        <x:v>16725895291.1983</x:v>
+      </x:c>
+      <x:c r="H1643" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1644" spans="1:20">
+      <x:c r="A1644" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1644" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1644" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1644" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1644" s="0" t="n">
+        <x:v>20780</x:v>
+      </x:c>
+      <x:c r="F1644" s="0" t="n">
+        <x:v>57542</x:v>
+      </x:c>
+      <x:c r="G1644" s="0" t="n">
+        <x:v>13831850244.3033</x:v>
+      </x:c>
+      <x:c r="H1644" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1645" spans="1:20">
+      <x:c r="A1645" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1645" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1645" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1645" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1645" s="0" t="n">
+        <x:v>33026</x:v>
+      </x:c>
+      <x:c r="F1645" s="0" t="n">
+        <x:v>113739</x:v>
+      </x:c>
+      <x:c r="G1645" s="0" t="n">
+        <x:v>25541917274.8868</x:v>
+      </x:c>
+      <x:c r="H1645" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1646" spans="1:20">
+      <x:c r="A1646" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1646" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1646" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1646" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1646" s="0" t="n">
+        <x:v>39728</x:v>
+      </x:c>
+      <x:c r="F1646" s="0" t="n">
+        <x:v>124499</x:v>
+      </x:c>
+      <x:c r="G1646" s="0" t="n">
+        <x:v>31050299533.5875</x:v>
+      </x:c>
+      <x:c r="H1646" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1647" spans="1:20">
+      <x:c r="A1647" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1647" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1647" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1647" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="E1606" s="0" t="n">
+      <x:c r="E1647" s="0" t="n">
+        <x:v>3221</x:v>
+      </x:c>
+      <x:c r="F1647" s="0" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="G1647" s="0" t="n">
+        <x:v>8832230743.91301</x:v>
+      </x:c>
+      <x:c r="H1647" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1648" spans="1:20">
+      <x:c r="A1648" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1648" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1648" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1648" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1648" s="0" t="n">
+        <x:v>3326</x:v>
+      </x:c>
+      <x:c r="F1648" s="0" t="n">
+        <x:v>9558</x:v>
+      </x:c>
+      <x:c r="G1648" s="0" t="n">
+        <x:v>1407075894.74155</x:v>
+      </x:c>
+      <x:c r="H1648" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1649" spans="1:20">
+      <x:c r="A1649" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1649" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1649" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1649" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1649" s="0" t="n">
+        <x:v>4948</x:v>
+      </x:c>
+      <x:c r="F1649" s="0" t="n">
+        <x:v>13247</x:v>
+      </x:c>
+      <x:c r="G1649" s="0" t="n">
+        <x:v>3094276112.19922</x:v>
+      </x:c>
+      <x:c r="H1649" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1650" spans="1:20">
+      <x:c r="A1650" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1650" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1650" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1650" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1650" s="0" t="n">
+        <x:v>5495</x:v>
+      </x:c>
+      <x:c r="F1650" s="0" t="n">
+        <x:v>15716</x:v>
+      </x:c>
+      <x:c r="G1650" s="0" t="n">
+        <x:v>3894104265.23772</x:v>
+      </x:c>
+      <x:c r="H1650" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1651" spans="1:20">
+      <x:c r="A1651" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1651" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1651" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1651" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1651" s="0" t="n">
+        <x:v>5802</x:v>
+      </x:c>
+      <x:c r="F1651" s="0" t="n">
+        <x:v>16780</x:v>
+      </x:c>
+      <x:c r="G1651" s="0" t="n">
+        <x:v>3972714608.09232</x:v>
+      </x:c>
+      <x:c r="H1651" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1652" spans="1:20">
+      <x:c r="A1652" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B1652" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1652" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1652" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1652" s="0" t="n">
         <x:v>6085</x:v>
       </x:c>
-      <x:c r="F1606" s="0" t="n">
+      <x:c r="F1652" s="0" t="n">
         <x:v>18919</x:v>
       </x:c>
-      <x:c r="G1606" s="0" t="n">
+      <x:c r="G1652" s="0" t="n">
         <x:v>13059210361.4953</x:v>
       </x:c>
-      <x:c r="H1606" s="0" t="s">
+      <x:c r="H1652" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1653" spans="1:20">
+      <x:c r="A1653" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1653" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1653" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1653" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1653" s="0" t="n">
+        <x:v>14436</x:v>
+      </x:c>
+      <x:c r="F1653" s="0" t="n">
+        <x:v>37622</x:v>
+      </x:c>
+      <x:c r="G1653" s="0" t="n">
+        <x:v>10458586329.2979</x:v>
+      </x:c>
+      <x:c r="H1653" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1654" spans="1:20">
+      <x:c r="A1654" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1654" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1654" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1654" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1654" s="0" t="n">
+        <x:v>15312</x:v>
+      </x:c>
+      <x:c r="F1654" s="0" t="n">
+        <x:v>41155</x:v>
+      </x:c>
+      <x:c r="G1654" s="0" t="n">
+        <x:v>13354717064.7092</x:v>
+      </x:c>
+      <x:c r="H1654" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1655" spans="1:20">
+      <x:c r="A1655" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1655" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1655" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1655" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1655" s="0" t="n">
+        <x:v>20242</x:v>
+      </x:c>
+      <x:c r="F1655" s="0" t="n">
+        <x:v>62671</x:v>
+      </x:c>
+      <x:c r="G1655" s="0" t="n">
+        <x:v>17751977011.3611</x:v>
+      </x:c>
+      <x:c r="H1655" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1656" spans="1:20">
+      <x:c r="A1656" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1656" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1656" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1656" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1656" s="0" t="n">
+        <x:v>21345</x:v>
+      </x:c>
+      <x:c r="F1656" s="0" t="n">
+        <x:v>66101</x:v>
+      </x:c>
+      <x:c r="G1656" s="0" t="n">
+        <x:v>30030248795.5407</x:v>
+      </x:c>
+      <x:c r="H1656" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1657" spans="1:20">
+      <x:c r="A1657" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1657" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1657" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1657" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1657" s="0" t="n">
+        <x:v>23126</x:v>
+      </x:c>
+      <x:c r="F1657" s="0" t="n">
+        <x:v>68381</x:v>
+      </x:c>
+      <x:c r="G1657" s="0" t="n">
+        <x:v>30384724235.6815</x:v>
+      </x:c>
+      <x:c r="H1657" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1658" spans="1:20">
+      <x:c r="A1658" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1658" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1658" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1658" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E1658" s="0" t="n">
+        <x:v>24943</x:v>
+      </x:c>
+      <x:c r="F1658" s="0" t="n">
+        <x:v>74187</x:v>
+      </x:c>
+      <x:c r="G1658" s="0" t="n">
+        <x:v>21449556624.4985</x:v>
+      </x:c>
+      <x:c r="H1658" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1659" spans="1:20">
+      <x:c r="A1659" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1659" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1659" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1659" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1659" s="0" t="n">
+        <x:v>5011</x:v>
+      </x:c>
+      <x:c r="F1659" s="0" t="n">
+        <x:v>13360</x:v>
+      </x:c>
+      <x:c r="G1659" s="0" t="n">
+        <x:v>4669895166.46714</x:v>
+      </x:c>
+      <x:c r="H1659" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1660" spans="1:20">
+      <x:c r="A1660" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1660" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1660" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1660" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1660" s="0" t="n">
+        <x:v>14072</x:v>
+      </x:c>
+      <x:c r="F1660" s="0" t="n">
+        <x:v>41576</x:v>
+      </x:c>
+      <x:c r="G1660" s="0" t="n">
+        <x:v>20684788736.6023</x:v>
+      </x:c>
+      <x:c r="H1660" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1661" spans="1:20">
+      <x:c r="A1661" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1661" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1661" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1661" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1661" s="0" t="n">
+        <x:v>41463</x:v>
+      </x:c>
+      <x:c r="F1661" s="0" t="n">
+        <x:v>157037</x:v>
+      </x:c>
+      <x:c r="G1661" s="0" t="n">
+        <x:v>42828782120.9605</x:v>
+      </x:c>
+      <x:c r="H1661" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1662" spans="1:20">
+      <x:c r="A1662" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1662" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1662" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1662" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E1662" s="0" t="n">
+        <x:v>95460</x:v>
+      </x:c>
+      <x:c r="F1662" s="0" t="n">
+        <x:v>335058</x:v>
+      </x:c>
+      <x:c r="G1662" s="0" t="n">
+        <x:v>112274003086.095</x:v>
+      </x:c>
+      <x:c r="H1662" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1663" spans="1:20">
+      <x:c r="A1663" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1663" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1663" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1663" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1663" s="0" t="n">
+        <x:v>3334</x:v>
+      </x:c>
+      <x:c r="F1663" s="0" t="n">
+        <x:v>7460</x:v>
+      </x:c>
+      <x:c r="G1663" s="0" t="n">
+        <x:v>783479044.72381</x:v>
+      </x:c>
+      <x:c r="H1663" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1664" spans="1:20">
+      <x:c r="A1664" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1664" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1664" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1664" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1664" s="0" t="n">
+        <x:v>3853</x:v>
+      </x:c>
+      <x:c r="F1664" s="0" t="n">
+        <x:v>8594</x:v>
+      </x:c>
+      <x:c r="G1664" s="0" t="n">
+        <x:v>1242058807.0422</x:v>
+      </x:c>
+      <x:c r="H1664" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1665" spans="1:20">
+      <x:c r="A1665" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1665" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1665" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1665" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1665" s="0" t="n">
+        <x:v>4116</x:v>
+      </x:c>
+      <x:c r="F1665" s="0" t="n">
+        <x:v>10355</x:v>
+      </x:c>
+      <x:c r="G1665" s="0" t="n">
+        <x:v>2669909286.43537</x:v>
+      </x:c>
+      <x:c r="H1665" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1666" spans="1:20">
+      <x:c r="A1666" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1666" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1666" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1666" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1666" s="0" t="n">
+        <x:v>4922</x:v>
+      </x:c>
+      <x:c r="F1666" s="0" t="n">
+        <x:v>11149</x:v>
+      </x:c>
+      <x:c r="G1666" s="0" t="n">
+        <x:v>1621796914.75081</x:v>
+      </x:c>
+      <x:c r="H1666" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1667" spans="1:20">
+      <x:c r="A1667" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1667" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1667" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1667" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1667" s="0" t="n">
+        <x:v>5637</x:v>
+      </x:c>
+      <x:c r="F1667" s="0" t="n">
+        <x:v>13849</x:v>
+      </x:c>
+      <x:c r="G1667" s="0" t="n">
+        <x:v>3997685968.69346</x:v>
+      </x:c>
+      <x:c r="H1667" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1668" spans="1:20">
+      <x:c r="A1668" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1668" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1668" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1668" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1668" s="0" t="n">
+        <x:v>7031</x:v>
+      </x:c>
+      <x:c r="F1668" s="0" t="n">
+        <x:v>17038</x:v>
+      </x:c>
+      <x:c r="G1668" s="0" t="n">
+        <x:v>3377763083.36876</x:v>
+      </x:c>
+      <x:c r="H1668" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1669" spans="1:20">
+      <x:c r="A1669" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1669" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1669" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1669" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1669" s="0" t="n">
+        <x:v>7802</x:v>
+      </x:c>
+      <x:c r="F1669" s="0" t="n">
+        <x:v>18164</x:v>
+      </x:c>
+      <x:c r="G1669" s="0" t="n">
+        <x:v>2365251458.19377</x:v>
+      </x:c>
+      <x:c r="H1669" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1670" spans="1:20">
+      <x:c r="A1670" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1670" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1670" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1670" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1670" s="0" t="n">
+        <x:v>7916</x:v>
+      </x:c>
+      <x:c r="F1670" s="0" t="n">
+        <x:v>19373</x:v>
+      </x:c>
+      <x:c r="G1670" s="0" t="n">
+        <x:v>3944092693.75821</x:v>
+      </x:c>
+      <x:c r="H1670" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1671" spans="1:20">
+      <x:c r="A1671" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1671" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1671" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1671" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1671" s="0" t="n">
+        <x:v>9436</x:v>
+      </x:c>
+      <x:c r="F1671" s="0" t="n">
+        <x:v>21997</x:v>
+      </x:c>
+      <x:c r="G1671" s="0" t="n">
+        <x:v>7117783819.98398</x:v>
+      </x:c>
+      <x:c r="H1671" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1672" spans="1:20">
+      <x:c r="A1672" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1672" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1672" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1672" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1672" s="0" t="n">
+        <x:v>10882</x:v>
+      </x:c>
+      <x:c r="F1672" s="0" t="n">
+        <x:v>26437</x:v>
+      </x:c>
+      <x:c r="G1672" s="0" t="n">
+        <x:v>6884193948.31272</x:v>
+      </x:c>
+      <x:c r="H1672" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1673" spans="1:20">
+      <x:c r="A1673" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1673" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1673" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1673" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1673" s="0" t="n">
+        <x:v>11367</x:v>
+      </x:c>
+      <x:c r="F1673" s="0" t="n">
+        <x:v>27859</x:v>
+      </x:c>
+      <x:c r="G1673" s="0" t="n">
+        <x:v>4683888440.48392</x:v>
+      </x:c>
+      <x:c r="H1673" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1674" spans="1:20">
+      <x:c r="A1674" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1674" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1674" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1674" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1674" s="0" t="n">
+        <x:v>12463</x:v>
+      </x:c>
+      <x:c r="F1674" s="0" t="n">
+        <x:v>28826</x:v>
+      </x:c>
+      <x:c r="G1674" s="0" t="n">
+        <x:v>4358126797.52808</x:v>
+      </x:c>
+      <x:c r="H1674" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1675" spans="1:20">
+      <x:c r="A1675" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1675" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1675" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1675" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1675" s="0" t="n">
+        <x:v>12997</x:v>
+      </x:c>
+      <x:c r="F1675" s="0" t="n">
+        <x:v>31900</x:v>
+      </x:c>
+      <x:c r="G1675" s="0" t="n">
+        <x:v>5869673891.01263</x:v>
+      </x:c>
+      <x:c r="H1675" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1676" spans="1:20">
+      <x:c r="A1676" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1676" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1676" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1676" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1676" s="0" t="n">
+        <x:v>14003</x:v>
+      </x:c>
+      <x:c r="F1676" s="0" t="n">
+        <x:v>36979</x:v>
+      </x:c>
+      <x:c r="G1676" s="0" t="n">
+        <x:v>9150753657.99893</x:v>
+      </x:c>
+      <x:c r="H1676" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1677" spans="1:20">
+      <x:c r="A1677" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1677" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1677" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1677" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1677" s="0" t="n">
+        <x:v>14602</x:v>
+      </x:c>
+      <x:c r="F1677" s="0" t="n">
+        <x:v>34773</x:v>
+      </x:c>
+      <x:c r="G1677" s="0" t="n">
+        <x:v>8338748044.00792</x:v>
+      </x:c>
+      <x:c r="H1677" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1678" spans="1:20">
+      <x:c r="A1678" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1678" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1678" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1678" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1678" s="0" t="n">
+        <x:v>15514</x:v>
+      </x:c>
+      <x:c r="F1678" s="0" t="n">
+        <x:v>37961</x:v>
+      </x:c>
+      <x:c r="G1678" s="0" t="n">
+        <x:v>22284240169.2304</x:v>
+      </x:c>
+      <x:c r="H1678" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1679" spans="1:20">
+      <x:c r="A1679" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1679" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1679" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1679" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1679" s="0" t="n">
+        <x:v>22633</x:v>
+      </x:c>
+      <x:c r="F1679" s="0" t="n">
+        <x:v>63384</x:v>
+      </x:c>
+      <x:c r="G1679" s="0" t="n">
+        <x:v>30715378982.6593</x:v>
+      </x:c>
+      <x:c r="H1679" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1680" spans="1:20">
+      <x:c r="A1680" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1680" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1680" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1680" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1680" s="0" t="n">
+        <x:v>22970</x:v>
+      </x:c>
+      <x:c r="F1680" s="0" t="n">
+        <x:v>60911</x:v>
+      </x:c>
+      <x:c r="G1680" s="0" t="n">
+        <x:v>15648827209.7722</x:v>
+      </x:c>
+      <x:c r="H1680" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1681" spans="1:20">
+      <x:c r="A1681" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1681" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1681" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1681" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1681" s="0" t="n">
+        <x:v>36640</x:v>
+      </x:c>
+      <x:c r="F1681" s="0" t="n">
+        <x:v>118881</x:v>
+      </x:c>
+      <x:c r="G1681" s="0" t="n">
+        <x:v>32142587332.6297</x:v>
+      </x:c>
+      <x:c r="H1681" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1682" spans="1:20">
+      <x:c r="A1682" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1682" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1682" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1682" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E1682" s="0" t="n">
+        <x:v>44500</x:v>
+      </x:c>
+      <x:c r="F1682" s="0" t="n">
+        <x:v>132297</x:v>
+      </x:c>
+      <x:c r="G1682" s="0" t="n">
+        <x:v>41200281578.9435</x:v>
+      </x:c>
+      <x:c r="H1682" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1683" spans="1:20">
+      <x:c r="A1683" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1683" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1683" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1683" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1683" s="0" t="n">
+        <x:v>3528</x:v>
+      </x:c>
+      <x:c r="F1683" s="0" t="n">
+        <x:v>9790</x:v>
+      </x:c>
+      <x:c r="G1683" s="0" t="n">
+        <x:v>12085641012.7101</x:v>
+      </x:c>
+      <x:c r="H1683" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1684" spans="1:20">
+      <x:c r="A1684" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1684" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1684" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1684" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1684" s="0" t="n">
+        <x:v>3634</x:v>
+      </x:c>
+      <x:c r="F1684" s="0" t="n">
+        <x:v>9823</x:v>
+      </x:c>
+      <x:c r="G1684" s="0" t="n">
+        <x:v>1831504206.24814</x:v>
+      </x:c>
+      <x:c r="H1684" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1685" spans="1:20">
+      <x:c r="A1685" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1685" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1685" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1685" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1685" s="0" t="n">
+        <x:v>5314</x:v>
+      </x:c>
+      <x:c r="F1685" s="0" t="n">
+        <x:v>13811</x:v>
+      </x:c>
+      <x:c r="G1685" s="0" t="n">
+        <x:v>4164534629.6831</x:v>
+      </x:c>
+      <x:c r="H1685" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1686" spans="1:20">
+      <x:c r="A1686" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1686" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1686" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1686" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1686" s="0" t="n">
+        <x:v>6024</x:v>
+      </x:c>
+      <x:c r="F1686" s="0" t="n">
+        <x:v>16525</x:v>
+      </x:c>
+      <x:c r="G1686" s="0" t="n">
+        <x:v>4754727175.99316</x:v>
+      </x:c>
+      <x:c r="H1686" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1687" spans="1:20">
+      <x:c r="A1687" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1687" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1687" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1687" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1687" s="0" t="n">
+        <x:v>6293</x:v>
+      </x:c>
+      <x:c r="F1687" s="0" t="n">
+        <x:v>17332</x:v>
+      </x:c>
+      <x:c r="G1687" s="0" t="n">
+        <x:v>4991479341.73882</x:v>
+      </x:c>
+      <x:c r="H1687" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1688" spans="1:20">
+      <x:c r="A1688" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1688" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1688" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1688" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1688" s="0" t="n">
+        <x:v>6606</x:v>
+      </x:c>
+      <x:c r="F1688" s="0" t="n">
+        <x:v>19254</x:v>
+      </x:c>
+      <x:c r="G1688" s="0" t="n">
+        <x:v>17936925628.1224</x:v>
+      </x:c>
+      <x:c r="H1688" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1689" spans="1:20">
+      <x:c r="A1689" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1689" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1689" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1689" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1689" s="0" t="n">
+        <x:v>7179</x:v>
+      </x:c>
+      <x:c r="F1689" s="0" t="n">
+        <x:v>17439</x:v>
+      </x:c>
+      <x:c r="G1689" s="0" t="n">
+        <x:v>4796706540.24987</x:v>
+      </x:c>
+      <x:c r="H1689" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1690" spans="1:20">
+      <x:c r="A1690" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1690" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1690" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1690" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1690" s="0" t="n">
+        <x:v>7346</x:v>
+      </x:c>
+      <x:c r="F1690" s="0" t="n">
+        <x:v>19993</x:v>
+      </x:c>
+      <x:c r="G1690" s="0" t="n">
+        <x:v>3189761612.92187</x:v>
+      </x:c>
+      <x:c r="H1690" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1691" spans="1:20">
+      <x:c r="A1691" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1691" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1691" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1691" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1691" s="0" t="n">
+        <x:v>9337</x:v>
+      </x:c>
+      <x:c r="F1691" s="0" t="n">
+        <x:v>24223</x:v>
+      </x:c>
+      <x:c r="G1691" s="0" t="n">
+        <x:v>9620326647.66827</x:v>
+      </x:c>
+      <x:c r="H1691" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1692" spans="1:20">
+      <x:c r="A1692" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1692" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1692" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1692" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1692" s="0" t="n">
+        <x:v>11207</x:v>
+      </x:c>
+      <x:c r="F1692" s="0" t="n">
+        <x:v>34877</x:v>
+      </x:c>
+      <x:c r="G1692" s="0" t="n">
+        <x:v>18881368670.9691</x:v>
+      </x:c>
+      <x:c r="H1692" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1693" spans="1:20">
+      <x:c r="A1693" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1693" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1693" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1693" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1693" s="0" t="n">
+        <x:v>23521</x:v>
+      </x:c>
+      <x:c r="F1693" s="0" t="n">
+        <x:v>65155</x:v>
+      </x:c>
+      <x:c r="G1693" s="0" t="n">
+        <x:v>17975363084.3278</x:v>
+      </x:c>
+      <x:c r="H1693" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1694" spans="1:20">
+      <x:c r="A1694" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1694" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1694" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1694" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1694" s="0" t="n">
+        <x:v>23557</x:v>
+      </x:c>
+      <x:c r="F1694" s="0" t="n">
+        <x:v>65186</x:v>
+      </x:c>
+      <x:c r="G1694" s="0" t="n">
+        <x:v>25016587419.9356</x:v>
+      </x:c>
+      <x:c r="H1694" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1695" spans="1:20">
+      <x:c r="A1695" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1695" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1695" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1695" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1695" s="0" t="n">
+        <x:v>25741</x:v>
+      </x:c>
+      <x:c r="F1695" s="0" t="n">
+        <x:v>84610</x:v>
+      </x:c>
+      <x:c r="G1695" s="0" t="n">
+        <x:v>39933605334.2884</x:v>
+      </x:c>
+      <x:c r="H1695" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1696" spans="1:20">
+      <x:c r="A1696" s="0" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B1696" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C1696" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D1696" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E1696" s="0" t="n">
+        <x:v>46277</x:v>
+      </x:c>
+      <x:c r="F1696" s="0" t="n">
+        <x:v>164422</x:v>
+      </x:c>
+      <x:c r="G1696" s="0" t="n">
+        <x:v>52396173176.4777</x:v>
+      </x:c>
+      <x:c r="H1696" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>