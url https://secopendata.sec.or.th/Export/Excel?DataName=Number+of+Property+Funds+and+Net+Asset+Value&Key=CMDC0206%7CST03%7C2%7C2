--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e576d8d823a4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c75224f197954132a6a0ca4845414193.psmdcp" Id="R4035d01ae3db4be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1a4ad231e2404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7adc1a8bf6b453b9dea5bb38160bbc5.psmdcp" Id="Ra832df62b6014c61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>fund_type</x:t>
   </x:si>
   <x:si>
     <x:t>num_fund</x:t>
   </x:si>
   <x:si>
     <x:t>nav</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
     <x:t>Infra Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
   <x:si>
     <x:t>Property Fund</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
@@ -388,613 +388,633 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:T28"/>
+  <x:dimension ref="A1:T29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:20">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:20">
       <x:c r="A2" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B2" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="n">
-        <x:v>395760891464.59</x:v>
+        <x:v>375350802278.93</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:20">
       <x:c r="A3" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B3" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
-        <x:v>395333796847.07</x:v>
+        <x:v>141833580141.48</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:20">
       <x:c r="A4" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B4" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
-        <x:v>369385352579.16</x:v>
+        <x:v>129793733202.76</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:20">
       <x:c r="A5" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B5" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
-        <x:v>357396861324.7</x:v>
+        <x:v>387583311378.33</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:20">
       <x:c r="A6" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B6" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
-        <x:v>354811145221.99</x:v>
+        <x:v>379906552291.79</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:20">
       <x:c r="A7" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B7" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
-        <x:v>140017882079.57</x:v>
+        <x:v>339487395959.63</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:20">
       <x:c r="A8" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B8" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
-        <x:v>387583311378.33</x:v>
+        <x:v>346038520307.08</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:20">
       <x:c r="A9" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B9" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
-        <x:v>379906552291.79</x:v>
+        <x:v>69515983045.38</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:20">
       <x:c r="A10" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B10" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
-        <x:v>339487395959.63</x:v>
+        <x:v>396038143276.04</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:20">
       <x:c r="A11" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B11" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
-        <x:v>69515983045.38</x:v>
+        <x:v>389251771284.2</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:20">
       <x:c r="A12" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B12" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
-        <x:v>386719188704.24</x:v>
+        <x:v>364494814571.98</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:20">
       <x:c r="A13" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B13" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
-        <x:v>342334965530.64</x:v>
+        <x:v>156553380009.42</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:20">
       <x:c r="A14" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B14" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
-        <x:v>340495451522.73</x:v>
+        <x:v>395760891464.59</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
-        <x:v>396038143276.04</x:v>
+        <x:v>395333796847.07</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
-        <x:v>389251771284.2</x:v>
+        <x:v>369385352579.16</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
-        <x:v>364494814571.98</x:v>
+        <x:v>357396861324.7</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
-        <x:v>156553380009.42</x:v>
+        <x:v>354811145221.99</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
-        <x:v>375350802278.93</x:v>
+        <x:v>140017882079.57</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:20">
       <x:c r="A20" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B20" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
-        <x:v>141833580141.48</x:v>
+        <x:v>386719188704.24</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:20">
       <x:c r="A21" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B21" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
-        <x:v>129793733202.76</x:v>
+        <x:v>342334965530.64</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:20">
       <x:c r="A22" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B22" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
-        <x:v>397131852717.15</x:v>
+        <x:v>340495451522.73</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:20">
       <x:c r="A23" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B23" s="0" t="n">
-        <x:v>3</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">
-        <x:v>377668592625.62</x:v>
+        <x:v>397131852717.15</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:20">
       <x:c r="A24" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B24" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D24" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E24" s="0" t="n">
-        <x:v>350946005470.66</x:v>
+        <x:v>377668592625.62</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:20">
       <x:c r="A25" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B25" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E25" s="0" t="n">
-        <x:v>142053328015.11</x:v>
+        <x:v>350946005470.66</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:20">
       <x:c r="A26" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B26" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E26" s="0" t="n">
-        <x:v>142195666731.03</x:v>
+        <x:v>142053328015.11</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:20">
       <x:c r="A27" s="0" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B27" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D27" s="0" t="n">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E27" s="0" t="n">
-        <x:v>141707180451.51</x:v>
+        <x:v>142195666731.03</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:20">
       <x:c r="A28" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B28" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D28" s="0" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E28" s="0" t="n">
+        <x:v>141707180451.51</x:v>
+      </x:c>
+      <x:c r="F28" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:20">
+      <x:c r="A29" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C29" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E28" s="0" t="n">
+      <x:c r="E29" s="0" t="n">
         <x:v>68311915178.31</x:v>
       </x:c>
-      <x:c r="F28" s="0" t="s">
+      <x:c r="F29" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>