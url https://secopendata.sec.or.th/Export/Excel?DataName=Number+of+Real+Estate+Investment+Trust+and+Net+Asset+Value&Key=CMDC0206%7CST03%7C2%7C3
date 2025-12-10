--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd072afcdf5244cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1e607bd661342fd8b6c9a99252af5c4.psmdcp" Id="R050d72c9b1d742ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f71d73d73844cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c4931186524445da5e98237eb5b8b69.psmdcp" Id="Rc967980e03f648c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <x:si>
     <x:t>report_year</x:t>
   </x:si>
   <x:si>
     <x:t>report_month</x:t>
   </x:si>
   <x:si>
     <x:t>num_fund</x:t>
   </x:si>
   <x:si>
     <x:t>nav</x:t>
   </x:si>
   <x:si>
     <x:t>last_updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-10-15</x:t>
+    <x:t>2025-12-10</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -379,51 +379,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:T19"/>
+  <x:dimension ref="A1:T20"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:20">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:20">
       <x:c r="A2" s="0" t="n">
         <x:v>2021</x:v>
@@ -642,113 +642,130 @@
         <x:v>235200889035.07</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:20">
       <x:c r="A15" s="0" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B15" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
         <x:v>262135343595.89</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:20">
       <x:c r="A16" s="0" t="n">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B16" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
-        <x:v>219592279828.36</x:v>
+        <x:v>329394939517.27</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:20">
       <x:c r="A17" s="0" t="n">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B17" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
-        <x:v>235995225433.93</x:v>
+        <x:v>219592279828.36</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:20">
       <x:c r="A18" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B18" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
-        <x:v>244130573362.42</x:v>
+        <x:v>235995225433.93</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:20">
       <x:c r="A19" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B19" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="n">
+        <x:v>244130573362.42</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:20">
+      <x:c r="A20" s="0" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="n">
+      <x:c r="D20" s="0" t="n">
         <x:v>326643354120.78</x:v>
       </x:c>
-      <x:c r="E19" s="0" t="s">
+      <x:c r="E20" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>